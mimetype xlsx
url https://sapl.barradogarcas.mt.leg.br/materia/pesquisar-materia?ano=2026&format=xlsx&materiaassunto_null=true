--- v0 (2026-01-23)
+++ v1 (2026-03-24)
@@ -10,188 +10,1844 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1248" uniqueCount="581">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4898</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Adilson Tavares Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade de realização urgente de serviço de cascalhamento na Avenida Principal s/nº, Chácara Monchão Aroeira, Bairro Anchieta, nas proximidades do Boa Spasso Buffet.</t>
+  </si>
+  <si>
+    <t>4899</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade de realização de tapa-buraco e nivelamento do asfalto na Rua XV de Novembro, nº 727, Bairro Campinas.</t>
+  </si>
+  <si>
+    <t>4901</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Ronair de Jesus Nunes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, sob a responsabilidade do Senhor Jairo Marques Ferreira, a realização de serviço de tapa-buraco na Rua Tapajós, Quadra 31, nº 2649, situada no bairro BNH/Jardim Amazonas, com a finalidade de melhorar as condições de trafegabilidade e assegurar maior segurança aos usuários da via.</t>
+  </si>
+  <si>
+    <t>4910</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Jaime Rodrigues Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Secretário Municipal de Infraestrutura e Serviços, Jairo Marques, a Solicitação de serviços de manutenção urbana – Residencial Nova Barra.</t>
+  </si>
+  <si>
+    <t>4911</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Águas de Barra do Garças, a solicitação de ligação de esgoto e agendamento de visita técnica – Bairro Wilmar Peres.</t>
+  </si>
+  <si>
+    <t>4919</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Pebinha/Valdeí Leite Guimarães</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria de Infraestrutura e Serviços e à Secretaria de Desenvolvimento Urbano e Sustentável a realização de calçamento na Rua da Olária, na Cidade Universitária.</t>
+  </si>
+  <si>
+    <t>4920</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria de Infraestrutura e Serviços a realização de recapeamento e limpeza das bocas de lobo na Rua Campo Grande, no bairro Vila Santo Antônio.</t>
+  </si>
+  <si>
+    <t>4921</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria de Infraestrutura e Serviços a realização de recapeamento e limpeza das bocas de lobo na Rua Caiapó, no bairro Cristino Cortes.</t>
+  </si>
+  <si>
+    <t>4917</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Armando Alves Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Educação, que sejam adotadas as providências necessárias para o enquadramento dos servidores públicos municipais ocupantes do cargo de Assistente Pedagógico, assegurando-lhes a remuneração conforme o piso salarial e demais valores estabelecidos pela Lei nº 15.326/2026.</t>
+  </si>
+  <si>
+    <t>4923</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria de Infraestrutura e Serviços que sejam adotadas as providências necessárias para a implantação de uma praça pública com área de lazer no Setor Novo Horizonte, em local próximo à continuação dos bairros Vila Maria e São José.</t>
+  </si>
+  <si>
+    <t>4924</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Chefe do Poder Executivo Municipal a criação do Programa Vale-Creche, com a utilização complementar da rede privada de educação infantil, visando à garantia do direito fundamental à educação na primeira infância, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4922</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Profª Maria Silvania Araújo Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, por meio do Secretário Thiago Marcelo Silva Barbosa, a necessidade de execução de meio-fio e sarjeta (drenagem superficial) na calçada do SENAI, situada em frente à Rodoviária de Barra do Garças, na Avenida Valdon Varjão, bairro Jardim Piracema, CEP 78.600-000, a fim de garantir adequada infraestrutura urbana, escoamento pluvial e segurança aos pedestres e usuários do local.</t>
+  </si>
+  <si>
+    <t>4930</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Elton Melo Marques</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria Municipal de Saúde (SMS) que providencie, com a máxima urgência, o reparo na cobertura (telhado) da Policlínica 3, localizada no bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>4946</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Hiago Teles Alves</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Governo do Estado de Mato Grosso, por meio da Secretaria de Estado de Infraestrutura e Logística – SINFRA/MT, que seja realizada, com urgência, a reinstalação dos tachões refletivos, conhecidos popularmente como “tartaruguinhas” na Rodovia Estadual MT-100, no trecho que liga Barra do Garças a Araguaiana.</t>
+  </si>
+  <si>
+    <t>4945</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade a adoção, com urgência, das providências cabíveis para a realização da limpeza dos terrenos localizados na Avenida Abel R. Oliveira, esquina com as Ruas 33 e 35.</t>
+  </si>
+  <si>
+    <t>4944</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a adoção, com urgência, das providências necessárias para a realização da limpeza, roçagem e poda da vegetação no canteiro central com passarela localizado na Avenida Presidente Vargas, no início do bairro Nova Barra Norte, na via que passa atrás da rodoviária.</t>
+  </si>
+  <si>
+    <t>4943</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretária Municipal de Educação, Esporte e Lazer a adoção das providências necessárias, com urgência, para a realização da reforma do Ginásio Antônio Brito (Antônio Flandeiro), localizado no Bairro Santo Antônio, na esquina da Rua Germano Bezerra com a Rua General Carneiro.</t>
+  </si>
+  <si>
+    <t>4931</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal que determine aos setores competentes a elaboração de projeto e posterior construção de banheiro público na Praça Sebastião Júnior, localizada no centro da cidade de Barra do Garças-MT.</t>
+  </si>
+  <si>
+    <t>4934</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) que realize, com urgência, o recolhimento dos resíduos provenientes do roçamento efetuado, os quais não foram retirados e permanecem acumulados há considerável período no local.</t>
+  </si>
+  <si>
+    <t>4935</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), com cópia à Prefeitura Municipal, a necessidade de providências urgentes na Rua Aurora, localizada no bairro Jardim Nova Barra. A referida via encontra-se em situação crítica por ser uma rua não pavimentada e, com o fluxo constante de chuvas, tem se tornado de difícil acesso.</t>
+  </si>
+  <si>
+    <t>4936</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), com cópia à Prefeitura Municipal, a necessidade de providências na Rua Nossa Senhora_x000D_
+Aparecida, Quadra 937, Lote 13, nº 1626, Bairro Jardim Nova Barra do Garças, tendo em vista os transtornos enfrentados pelos moradores.</t>
+  </si>
+  <si>
+    <t>4937</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), com cópia à Prefeitura Municipal, que a Rua Hortência, localizada no bairro Anchieta, necessita, com urgência, da retomada das obras de pavimentação.</t>
+  </si>
+  <si>
+    <t>4938</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, a elaboração de projeto técnico para solucionar os recorrentes alagamentos em trecho da Avenida Salomé José Rodrigues.</t>
+  </si>
+  <si>
+    <t>4941</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável que sejam adotadas as providências necessárias para a execução de obra de pavimentação asfáltica na Rua Palmeiras, localizada no bairro Nova Barra Sul.</t>
+  </si>
+  <si>
+    <t>4952</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Bianca Sousa de Freitas Almeida</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Secretário de Infraestrutura e Serviços, a solicitação de providências imediatas para providenciar a pavimentação asfáltica da Rua Fidalgo, localizada no Jardim Nova Barra Norte, nas proximidades da Escola Municipal Frederico Toscani.</t>
+  </si>
+  <si>
+    <t>4968</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura, a colocação de tampa em um bueiro localizado na Rua Emílio Resende, nº 940, no bairro Vila Maria, solicitando com urgência a resolução desta situação.</t>
+  </si>
+  <si>
+    <t>4969</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Armando Alves Brito, Dr. Neto/Geralmino Alves Rodrigues Neto, Ronair de Jesus Nunes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Educação, que analise a possibilidade e adote as providências necessárias para autorizar, nas escolas de tempo integral localizadas no Distrito do Vale dos Sonhos, a flexibilização da jornada escolar para meio período aos alunos residentes em fazendas e áreas rurais de difícil acesso.</t>
+  </si>
+  <si>
+    <t>4970</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que seja realizado, com urgência, o cascalhamento da Rua Dourado, localizada no Setor Nova Barra, no município de Barra do Garças.</t>
+  </si>
+  <si>
+    <t>4967</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretária Municipal de Educação, Esporte e Lazer, para que sejam tomadas as providências necessárias com urgência para realizar a reforma do Parquinho Infantil localizado no Ginásio Antônio Brito (Antônio Flandeiro), no Bairro Santo Antônio, na esquina da Rua Germano Bezerra com a Rua General Carneiro.</t>
+  </si>
+  <si>
+    <t>4981</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), com cópia à Prefeitura Municipal, que sejam tomadas, com a máxima urgência, providências quanto à situação da Rua São Paulo, localizada no bairro Jardim dos Ipês.</t>
+  </si>
+  <si>
+    <t>4988</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria de Infraestrutura e Serviços (SMIS), a solicitação de uma “Faixa de elevação”, na Avenida Ministro João Alberto, em frente à academia “Smark Fitness”.</t>
+  </si>
+  <si>
+    <t>4992</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços e à AEGEA/MT – Concessionária de Água e Esgoto, a adoção de providências urgentes para solucionar problema de escoamento de água na Rua Primavera, nº 1471, Quadra 361, Lote 25, Bairro Jardim Nova Barra do Garças.</t>
+  </si>
+  <si>
+    <t>4993</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia ao Excelentíssimo Senhor Governador do Estado de Mato Grosso e ao Excelentíssimo Senhor Deputado Estadual Max Joel Russi, que sejam tomadas as providências necessárias para a instalação de poços artesianos no Assentamento Passa Vinte, no Município de Barra do Garças – MT, a fim de atender mais de 272 (duzentas e setenta e duas) famílias residentes na localidade.</t>
+  </si>
+  <si>
+    <t>4994</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a necessidade de fornecimento de remédios, contratação de médicos e reforma do postinho de saúde do Assentamento Passa Vinte, localizado no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>4995</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a adoção de providências urgentes para a pavimentação asfáltica da Rua Fidalgo, localizada no bairro Jardim Nova Barra Norte, via que dá acesso à Escola Frederico Toscani.</t>
+  </si>
+  <si>
+    <t>4996</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS) que sejam adotadas, em caráter de urgência, as_x000D_
+providências necessárias para a reforma do barracão da sede, localizado no Assentamento Passa Vinte, no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>4997</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Inclusão e Assistência Social, a necessidade de fornecimento de cesta básica mensal para as 272 (duzentas e setenta e duas) famílias do Assentamento Passa Vinte, localizado no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>4998</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, que sejam adotadas, em caráter de urgência, as providências necessárias para a reforma da sede localizada no Assentamento Passa Vinte, no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>4999</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia aos gabinetes do Excelentíssimo Senhor Deputado Estadual de Mato Grosso, Max Joel Russi e do Excelentíssimo Senhor Deputado Federal, Fábio Paulino Garcia, bem como à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de construção de uma ponte de concreto para o córrego do Assentamento Passa Vinte, localizado no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a necessidade de abertura de estradas dentro do Assentamento Passa Vinte, localizado no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5001</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Educação, Esporte e Lazer, que seja realizada análise de viabilidade para a implantação de uma unidade escolar no Assentamento Passa Vinte.</t>
+  </si>
+  <si>
+    <t>5002</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria Municipal de Infraestrutura e Serviços, ao INCRA, à Empresa de Transporte Rio Novo Ltda. e à_x000D_
+Empresa Garças Tur Ltda., a necessidade de aquisição ou destinação de micro-ônibus, ou a criação de linha de transporte coletivo que atenda diretamente ao Assentamento Passa Vinte, incluindo passagem pela estrada principal do assentamento.</t>
+  </si>
+  <si>
+    <t>5004</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia à Secretaria Municipal de Saúde, que sejam adotadas as providências necessárias para disponibilizar, no Assentamento Passa Vinte, um espaço físico adequado, dotado de banheiro em condições salubres, a fim de viabilizar a realização de atendimentos médicos regulares pela equipe de saúde no referido assentamento, conforme já deliberado em reunião com as partes envolvidas.</t>
+  </si>
+  <si>
+    <t>5009</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, solicitando que sejam adotadas as providências necessárias para a execução de obra de pavimentação asfáltica na Rua das Hortênsias, localizada no bairro Anchieta.</t>
+  </si>
+  <si>
+    <t>5010</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia à Secretária Municipal de Saúde, Senhora Salete Terezinha Lauermann, e ao Hemocentro de Barra do Garças – MT, que sejam adotadas as providências necessárias para que a alimentação dos funcionários no horário da janta do Pronto Socorro Municipal seja preparada no próprio local, assim como já ocorre com a alimentação servida no horário do almoço.</t>
+  </si>
+  <si>
+    <t>5011</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia ao Secretário de Infraestrutura e Serviços, Senhor Jairo Marques, a adoção de providências imediatas para que seja realizada com extrema urgência a operação tapa-buracos na Rua A, localizada no Bairro Anchieta, neste município.</t>
+  </si>
+  <si>
+    <t>5012</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia ao Secretário Municipal de Infraestrutura e Serviços, Senhor Jairo Marques, a adoção de providências imediatas para que seja realizada a recuperação e manutenção do asfalto da Avenida Brasil, Localizada no Bairro Jardim Nova Barra, neste município.</t>
+  </si>
+  <si>
+    <t>5013</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia ao Secretário Municipal de Infraestrutura e Serviços, Senhor Jairo Marques, que sejam adotadas as providências necessárias para solucionar o problema de alagamento na Rua Olavo Bilac, localizada no Bairro Nova Barra, neste município.</t>
+  </si>
+  <si>
+    <t>5014</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia ao Secretário Municipal de Infraestrutura e Serviços, Senhor Jairo Marques, que seja realizada a substituição e instalação de um novo ponto de ônibus na avenida principal do Bairro Anchieta, no município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5015</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Adilson Gonçalves de Macedo, com cópia à Secretária Municipal de Saúde, Senhora Salete Terezinha Lauermann, e ao Hemocentro de Barra do Garças, que seja realizada a substituição dos colchões e das camas utilizadas pelos profissionais no Pronto Socorro Municipal, em Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5023</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a necessidade de implantação do preparo e fornecimento de jantar aos profissionais de saúde nas dependências da cozinha do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck.</t>
+  </si>
+  <si>
+    <t>5016</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a adoção de providências urgentes para a pavimentação asfáltica da Rua Salvador, localizada na Quadra 480, no bairro Jardim Nova Barra Norte, Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5017</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a adoção de providências urgentes para a pavimentação asfáltica do trecho que dá acesso à Casa de Saúde do Índio – CASAI.</t>
+  </si>
+  <si>
+    <t>5018</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde a necessidade urgente de substituição do piso escorregadio da cozinha do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, visando garantir mais segurança aos servidores que atuam no local.</t>
+  </si>
+  <si>
+    <t>5019</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a necessidade urgente de melhorias nas condições de trabalho da cozinha do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, tendo em vista que os funcionários enfrentam temperaturas extremas e condições insalubres, comprometendo a saúde e a segurança no ambiente laboral.</t>
+  </si>
+  <si>
+    <t>5020</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que seja realizado, em caráter de urgência, estudo para melhoria do trânsito na Av. Min. João Alberto, nas proximidades do nº 1941, no bairro Bela Vista, em Barra do Garças – MT, com a possibilidade de instalação de redutor de velocidade (quebra-molas) ou outra medida de sinalização viária adequada, devido aos acidentes recorrentes no local.</t>
+  </si>
+  <si>
+    <t>5036</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf</t>
+  </si>
+  <si>
+    <t>Indico, nos termos regimentais, após ouvido o Plenário, que seja encaminhado _x000D_
+expediente ao Senhor Secretário Municipal de Educação, com cópias ao Prefeito _x000D_
+Municipal, solicitando que seja analisada a possibilidade de ampliação do atendimento de _x000D_
+Equoterapia no Município de Barra do Garças, especialmente com a criação de uma turma no _x000D_
+período da manhã, considerando a elevada demanda de crianças atípicas que necessitam desse _x000D_
+acompanhamento terapêutico.</t>
+  </si>
+  <si>
+    <t>5035</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Prefeitura Municipal, com cópia à Secretaria Municipal de Saúde_x000D_
+(SMS), que sejam adotadas providências urgentes quanto à substituição da van utilizada no_x000D_
+transporte de pacientes que realizam hemodiálise, ou, alternativamente, a disponibilização de_x000D_
+outro veículo em condições adequadas de uso.</t>
+  </si>
+  <si>
+    <t>5030</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Prof. Alex Matos/Alessandro Matos do Nascimento</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de_x000D_
+Turismo e à Secretaria de Cultura, que sejam adotadas as providências necessárias para_x000D_
+promover o reconhecimento oficial de Barra do Garças – MT como a capital do turismo_x000D_
+místico e esotérico do Estado de Mato Grosso, por meio de articulação junto ao Governo do_x000D_
+Estado e à Assembleia Legislativa.</t>
+  </si>
+  <si>
+    <t>5034</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de_x000D_
+Obras e Serviços Públicos, a adoção das providências necessárias para resolução da_x000D_
+demanda da cidadã Maria de Fátima, referente ao fornecimento de energia elétrica no Lote 23,_x000D_
+Quadra 432, Loteamento Jardim Nova, Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5039</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretaria Municipal de Desenvolvimento Urbano e Sustentável_x000D_
+(SMDUS) a solicitação de providências imediatas para providenciar a pavimentação asfáltica_x000D_
+da Rua 3, localizada no Loteamento Roncador._x000D_
+A presente indicação se faz necessária diante das precárias condições em que_x000D_
+se encontra o pavimento da via, que apresenta irregularidades, especialmente em períodos de_x000D_
+chuva e seca, dificultando a circulação de veículos, motocicletas, bicicletas e pedestres, além_x000D_
+de gerar riscos constantes de acidentes.</t>
+  </si>
+  <si>
+    <t>4902</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo o colaborador da empresa Mendonça, o Sr. Jeremias da Silva Sousa, pelos relevantes serviços prestados à população Barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
+  </si>
+  <si>
+    <t>4949</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimentamos e parabenizamos os profissionais que atuaram de forma rápida, corajosa e exemplar no atendimento e salvamento de um cidadão em situação de risco de morte, conforme registrado no Boletim de Ocorrência nº 2026.37402.</t>
+  </si>
+  <si>
+    <t>4933</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo a Tenente-Coronel PM Valéria Fleck, em razão de sua nomeação para a função de Comandante do Batalhão de Força Tática Capital, bem como pelos relevantes e valorosos serviços prestados à Polícia Militar do Estado de Mato Grosso e à segurança pública.</t>
+  </si>
+  <si>
+    <t>4953</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo aos servidores da 1ª Delegacia de Polícia Civil de Barra do Garças como forma de reconhecimento e homenagem, pelo empenho, competência técnica e elevado comprometimento demonstrados no êxito da Operação Cenário Montado, conduzida de maneira firme, responsável e eficiente no combate a um complexo esquema criminoso relacionado a licitações públicas.</t>
+  </si>
+  <si>
+    <t>4932</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Barra do Garças, por iniciativa do Vereador Dr. Neto, manifesta Moção de Aplausos, de forma individual e coletiva, a todos os organizadores, estabelecimentos participantes, vencedores do concurso gastronômico, artistas e apoiadores da 1ª Feira Gastronômica de Barra do Garças, realizada no dia 7 de fevereiro de 2026, no Porto do Baé, em reconhecimento à relevante contribuição cultural, social e econômica prestada ao _x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>4963</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal, por iniciativa do Vereador Dr. Neto/Geralmino Alves Rodrigues Neto, manifesta MOÇÃO DE APLAUSOS à Dra. Tatiana Sampaio, bióloga, professora e pesquisadora da Universidade Federal do Rio de Janeiro (UFRJ), pelo extraordinário avanço científico alcançado com a descoberta da polilaminina, proteína recriada em laboratório, com potencial revolucionário no tratamento de lesões medulares.</t>
+  </si>
+  <si>
+    <t>4966</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Barra do Garças – MT, por iniciativa do Vereador Hiago Teles Alves que esta subscreve, e com a devida aprovação do Plenário, destina MOÇÃO DE APLAUSOS à Academia CT MTHOR, na pessoa de seu proprietário, Lupércio Alves Santana, pela inauguração de sua nova estrutura em nosso município, representando relevante investimento no desenvolvimento econômico e social local.</t>
+  </si>
+  <si>
+    <t>4977</t>
+  </si>
+  <si>
+    <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Barra do Garças, por iniciativa da Vereadora Bianca Sousa de Freitas Almeida, manifesta MOÇÃO DE REPÚDIO ao suplente de vereador e assessor parlamentar do Deputado Estadual Elizeu Nascimento, Alberto Antônio de Souza Betti, em razão das declarações públicas ofensivas e desrespeitosas dirigidas ao Poder Legislativo Municipal e aos vereadores que compõem esta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>4978</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Barra do Garças, por iniciativa do Vereador Dr. Neto,  manifesta MOÇÃO DE APLAUSOS aos Policiais Militares que integram o Núcleo de Polícia Militar do Distrito de Indianópolis, pelos relevantes serviços prestados à segurança pública e pelos expressivos resultados operacionais alcançados nos últimos 90 dias.</t>
+  </si>
+  <si>
+    <t>4989</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e congratulo Natalia Aparecida Pereira de Souza, psicóloga, parceira da Mensa Brasil e psicóloga aplicadora de testes, pela dedicação, competência técnica e contribuição decisiva na realização do Evento de Formação de Professores, promovido pela Escola do Legislativo, em parceria com a Prefeitura Municipal e com a Mensa Brasil, realizado nos dias 25, 26 e 27 de fevereiro de 2026, cujo êxito refletiu a qualidade do trabalho desenvolvido e o compromisso com a educação e com o desenvolvimento do potencial humano.</t>
+  </si>
+  <si>
+    <t>4990</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e congratulo o Coronel Hélio Ricardo Bezerra Sampaio, comandante do 58º Batalhão de Infantaria Motorizado, sediado em Aragarças – GO, pelos relevantes serviços prestados e pela postura institucional exemplar, marcada pela disponibilidade permanente e pelo elevado senso de cooperação, no constante apoio às ações e eventos de interesse público realizados no Município de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>4987</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Barra do Garças, por iniciativa do Vereador Allan Construtor, manifesta MOÇÃO DE APLAUSOS aos Policiais Militares PM Cabo Lucas Campos Vieira Silva e PM Soldado Danilo Campos Vieira Silva, que demonstraram coragem, profissionalismo e compromisso com a proteção da vida durante uma ocorrência de violência doméstica atendida pelo Núcleo da Polícia Militar (NPM) de Itaquerê – MT.</t>
+  </si>
+  <si>
+    <t>5007</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo a Sra. Márcia Cristina Moraes, Secretária Executiva do Consórcio Portal do Araguaia, pelo relevante trabalho desenvolvido no exercício de suas funções, reconhecendo sua dedicação, compromisso e contribuição para o fortalecimento das políticas públicas e sociais em benefício da população dos municípios que integram a região do Portal do Araguaia, no estado de Mato Grosso.</t>
+  </si>
+  <si>
+    <t>5008</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo o Sr. Wallece Freitas e o Sr. Bruno Andrade, representantes da "Mil Grau Produções", que se destacaram na organização da Festa Abelvolks, realizada no dia 07 de março de 2026, no Parque de Exposições de Barra do Garças, evento que contou com a apresentação do artista MC Pedrinho e reuniu grande público, proporcionando entretenimento, cultura e lazer à população.</t>
+  </si>
+  <si>
+    <t>5040</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf</t>
+  </si>
+  <si>
+    <t>A presente Moção de Aplausos tem por finalidade reconhecer e enaltecer a_x000D_
+trajetória pública e os relevantes serviços prestados pelo DEPUTADO ESTADUAL_x000D_
+JANOVAN RIOS DE SOUSA, conhecido parlamentarmente como JANOVAN RIOS,_x000D_
+filiado ao Partido Socialista Brasileiro (PSB).</t>
+  </si>
+  <si>
+    <t>4900</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, nos termos regimentais, após ouvido o Plenário, que seja encaminhado expediente ao Senhor Secretário Municipal de Educação, solicitando que preste as informações detalhadas, no prazo legal.</t>
+  </si>
+  <si>
+    <t>4918</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro à Mesa, após o cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente ao Exmo. Prefeito Municipal de Barra do Garças e à Secretaria Municipal de Educação, solicitando informações e providências quanto à aplicação da Lei Federal nº 15.326/2026, especialmente no que se refere ao enquadramento dos Educadores Assistentes Pedagógicos na Carreira do Magistério Municipal.</t>
+  </si>
+  <si>
+    <t>4976</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, após ouvido o Plenário, requer à Prefeitura Municipal de Barra do Garças, por meio da Secretaria Municipal de Administração, que encaminhe a esta Casa de Leis as seguintes informações e esclarecimentos.</t>
+  </si>
+  <si>
+    <t>5024</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, solicitando a implementação e efetiva aplicação do disposto no artigo 4º da Lei Complementar nº 295, de 09 de setembro de 2021, no âmbito da rede municipal de saúde de Barra do Garças, especialmente na unidade do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck e na UPA (Unidade de Pronto_x000D_
+Atendimento).</t>
+  </si>
+  <si>
+    <t>5037</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Dr. Neto, no uso de suas atribuições legais e regimentais, vem _x000D_
+respeitosamente requerer que seja encaminhado expediente ao Chefe do Poder Executivo _x000D_
+Municipal, com cópia à Secretaria Municipal de Meio Ambiente e à Procuradoria-Geral _x000D_
+do Município, solicitando informações detalhadas acerca da situação de regularização dos _x000D_
+estabelecimentos comerciais instalados no Complexo Turístico do Porto do Baé, _x000D_
+especialmente bares, restaurantes e estruturas flutuantes (duas) ali existentes.</t>
+  </si>
+  <si>
+    <t>5031</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Turismo,_x000D_
+para que sejam prestadas informações e adotadas as providências necessárias quanto à criação_x000D_
+do Programa Municipal de Visitação da População Local aos atrativos turísticos de Barra do_x000D_
+Garças – MT, com o objetivo de garantir condições facilitadas de acesso aos cidadãos_x000D_
+barragarcenses, devendo ser contemplados</t>
+  </si>
+  <si>
+    <t>5032</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Educação,_x000D_
+para que sejam prestadas informações e adotadas as providências necessárias quanto à criação_x000D_
+de projeto interdisciplinar nas escolas da rede municipal de ensino, com a temática voltada à_x000D_
+educação, empreendedorismo e turismo, devendo ser contemplados:</t>
+  </si>
+  <si>
+    <t>5033</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de_x000D_
+Administração e à EGEA Barra do Garças - MT, para que sejam prestadas informações_x000D_
+detalhadas acerca da cobrança de tarifa de água destinada a hotéis, pousadas e estabelecimentos_x000D_
+similares no município de Barra do Garças – MT, devendo ser contemplados:_x000D_
+• Critérios utilizados para cálculo da tarifa de água nesses empreendimentos;_x000D_
+• Relação das tarifas aplicadas atualmente por categoria de estabelecimento;_x000D_
+• Existência de diferenciação ou descontos para determinados tipos de_x000D_
+empreendimentos;_x000D_
+• Procedimentos adotados para revisão ou ajuste das tarifas;_x000D_
+• Medidas de fiscalização e controle sobre a correta cobrança e fornecimento de_x000D_
+água a esses estabelecimentos.</t>
+  </si>
+  <si>
+    <t>4961</t>
+  </si>
+  <si>
+    <t>ELOML</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à LOM (origem: Legislativo)</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nova Lei Orgânica do Município de Barra do Garças-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4975</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Adilson Gonçalves de Macedo</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Institui mudanças na Lei Complementar nº 385, de 20 de dezembro de 2024 e a Lei Complementar nº 366, de 19 de dezembro de 2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4985</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar nº 295 de 9 de setembro de 2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4986</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar nº 383 de 16 de dezembro de 2024, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5044</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Complementar nº 049, de 17 de maio de 1999 do Município de Barra do Garças - MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5045</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Complementar nº 366, de 19 de dezembro de 2023, que institui o Código Tributário do Município de Barra do Garças, para adequar a disciplina da atualização monetária e dos juros de mora dos créditos tributários e não tributários ao entendimento jurisprudencial vinculante aplicável, bem como para harmonizar a disciplina do Imposto sobre a Transmissão Inter Vivos de Bens Imóveis - ITBI ao momento da ocorrência do fato gerador, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4907</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
+  </si>
+  <si>
+    <t>Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prioridade de matrícula de crianças filhas de mães atípicas em creches e unidades escolares da rede pública municipal, preferencialmente próximas à residência ou ao local de trabalho da responsável legal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4908</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a possibilidade de conversão de multas de trânsito de natureza leve ou média em doação voluntária de sangue ou cadastro para doação de medula óssea, no âmbito do Município de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4909</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Municipal para a saúde mental e assistência psicossocial à gestante, à parturiente e à puérpera.</t>
+  </si>
+  <si>
+    <t>4912</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Ronair de Jesus Nunes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público no âmbito da Câmara Municipal de Barra do Garças-MT, nos termos do inciso IX do art. 37 da Constituição Federal.</t>
+  </si>
+  <si>
+    <t>4913</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei Municipal nº 4.365 de 22 de dezembro de 2021.</t>
+  </si>
+  <si>
+    <t>4927</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal do Samba e do Pagode no Município de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4928</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a garantia de fornecimento de uniformes escolares aos alunos da rede municipal de ensino, no início do ano letivo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4929</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Altera o inciso I do art. 1º da Lei Municipal nº 5.074, de 4 de fevereiro de 2026, que dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público no âmbito da Câmara Municipal de Barra do Garças.</t>
+  </si>
+  <si>
+    <t>4942</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de cestos coletores com sensor nas bocas de lobo do sistema de drenagem urbana do Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4950</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a priorização da pavimentação asfáltica de vias públicas localizadas em frente às escolas, unidades básicas de saúde e hospitais que não possuem pavimentação asfáltica no âmbito do Município de Barra do Garças-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4951</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o relatório temático Orçamento Mulheres como instrumento de controle social e fiscalização do orçamento público no âmbito do município de Barra do Garças-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4960</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão da Revisão Geral Anual (RGA) aos servidores do Poder Legislativo Municipal de Barra do Garças-MT e altera os Anexos III, VI e VII da Lei Municipal nº 4.365, de 22 de dezembro de 2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4991</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui a política municipal de conscientização e atenção integral à saúde das mulheres no climatério e na menopausa, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5038</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Declara de utilidade pública municipal o Instituto Araras.</t>
+  </si>
+  <si>
+    <t>5041</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes da Política Municipal de Enfrentamento à Violência contra as Mulheres no Município de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5042</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de contratação, pela administração pública municipal, de pessoas condenadas por crimes de violência contra a mulher, no âmbito do Município de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
     <t>4887</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Adilson Gonçalves de Macedo</t>
-[...2 lines deleted...]
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado de servidores no cargo de Médico da Estratégia da Saúde da Família para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>Altera a Lei Municipal nº 4.995 de 02 de julho de 2025, e dá outras providências.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 4.995 de 2 de julho de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão da Agenda Transversal no Plano Plurianual do Município na LDO e PPA, e dá outras providências.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração do termo de fomento com repasse de recursos financeiros à entidade que menciona.</t>
   </si>
   <si>
+    <t>4897</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização do Sistema Municipal de Cultura de Barra do Garças/MT, seus princípios, objetivos, estrutura, organização, gestão, inter-relações entre os seus componentes, recursos humanos, financiamento, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4903</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei nº 5.056, de 16 de dezembro de 2025, que autoriza o Poder Executivo a realizar abertura de Créditos Adicionais Suplementares, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4904</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a locação de imóveis para os fins que menciona.</t>
+  </si>
+  <si>
+    <t>4905</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de Crédito Adicional Especial no orçamento vigente da Câmara Municipal de Barra do Garças/MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4914</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente da Prefeitura Municipal de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4925</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>4926</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Conselho Municipal de Comunicação Social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4947</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Espaço Ser Criança "Eurídice Gomes da Silva", equipamento de Programa Social do Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4948</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para celebrar convênio de Cooperação com o Centro Universitário do Vale do Araguaia, para os fins que especifica.</t>
+  </si>
+  <si>
+    <t>4954</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do serviço de inspeção municipal e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal no Município de Barra do Garças-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4955</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a celebração de termo de fomento com a entidade que menciona.</t>
+  </si>
+  <si>
+    <t>4956</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>4957</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a celebração do termo de convênio com repasse de recursos financeiros à entidade que menciona.</t>
+  </si>
+  <si>
+    <t>4958</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>4959</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>4982</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4983</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina, no âmbito do Município de Barra do Garças, Estado de Mato Grosso, o tratamento favorecido, diferenciado, simplificado e regionalizado para as microempresas e empresas de pequeno porte nos processos de licitações públicas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4984</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>5021</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>5022</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>5025</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei nº 3.008/2009, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5046</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>4962</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o novo Regimento Interno da Câmara Municipal de Barra do Garças-MT.</t>
+  </si>
+  <si>
+    <t>4971</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o encaminhamento, apreciação, registro no SAPL e assinatura digital das atas das sessões plenárias e das reuniões das Comissões da Câmara Municipal de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5003</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Parlamentar Modificativa ao Projeto de Resolução nº 001/2026, de 23 de fevereiro de 2026, que dispõe sobre o novo Regimento Interno da Câmara Municipal de Barra do Garças – MT.</t>
+  </si>
+  <si>
+    <t>5026</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 021/2026, de 05/03/2026, de autoria do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>4915</t>
+  </si>
+  <si>
+    <t>AESO</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Ronair de Jesus Nunes, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 39ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4939</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 40ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4965</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 41ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4979</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 42ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5005</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 43ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5029</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 44ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>4894</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>AESE</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Extraordinária</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Guinha/Hadeilton Tanner Araújo, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 10ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>AESS</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Solene</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Ronair de Jesus Nunes, Adilson Tavares Lopes, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Guinha/Hadeilton Tanner Araújo, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf</t>
+  </si>
+  <si>
     <t>Ata Eletrônica da 4ª Sessão Solene da 20ª Legislatura</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>ARCP</t>
   </si>
   <si>
     <t>Ata da Reunião das Comissões Permanentes</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Guinha/Hadeilton Tanner Araújo, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf</t>
+  </si>
+  <si>
     <t>Ata Eletrônica da 46ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4916</t>
+  </si>
+  <si>
+    <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 47ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4940</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 48ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4964</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 49ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4980</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 50ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5006</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 51ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5028</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 52ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4906</t>
+  </si>
+  <si>
+    <t>5835</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Decreto Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cessão da servidora municipal ao órgão que menciona.</t>
+  </si>
+  <si>
+    <t>5043</t>
+  </si>
+  <si>
+    <t>5857</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre prorrogação de cessão da servidora municipal ao órgão que menciona.</t>
+  </si>
+  <si>
+    <t>4973</t>
+  </si>
+  <si>
+    <t>VET</t>
+  </si>
+  <si>
+    <t>Veto</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Comunicação de Veto ao Projeto de Lei nº 002/2026, de autoria do Vereador Elton Melo Marques – PODEMOS.</t>
+  </si>
+  <si>
+    <t>4974</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Comunicação de Veto ao Projeto de Lei nº 007/2026, de autoria do Vereador Geralmino Alves Rodrigues Neto - DEMOCRATA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -495,68 +2151,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.5703125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="193.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="215.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -610,172 +2266,4168 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>42</v>
       </c>
-      <c r="E8" t="s">
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
         <v>43</v>
       </c>
-      <c r="F8" t="s">
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="G8" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>100</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H23" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H24" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H25" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>118</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H26" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>127</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H28" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H29" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>73</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H30" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>144</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H32" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H33" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>155</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H35" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>159</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>160</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>27</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H36" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>163</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H37" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>167</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>27</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H38" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>171</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>172</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>27</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H39" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>27</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H40" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>180</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>27</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H41" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>27</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H42" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>27</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H43" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>192</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H44" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>195</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H45" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>199</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>200</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>118</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H46" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>118</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H47" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>207</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>118</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H48" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>211</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>212</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>118</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H49" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H50" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>219</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H51" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>224</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H52" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>227</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>228</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>27</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H53" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>231</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>232</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H54" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>235</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>236</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H55" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>239</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>240</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H56" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>243</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>244</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>49</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H57" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>247</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>248</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>54</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H58" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>251</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>252</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>68</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H59" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>255</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>256</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>257</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H60" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>260</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>261</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>257</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H61" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>264</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>265</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>118</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H62" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>268</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>269</v>
+      </c>
+      <c r="E63" t="s">
+        <v>270</v>
+      </c>
+      <c r="F63" t="s">
+        <v>271</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H63" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>274</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" t="s">
+        <v>269</v>
+      </c>
+      <c r="E64" t="s">
+        <v>270</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H64" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>277</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" t="s">
+        <v>269</v>
+      </c>
+      <c r="E65" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H65" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>280</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>26</v>
+      </c>
+      <c r="D66" t="s">
+        <v>269</v>
+      </c>
+      <c r="E66" t="s">
+        <v>270</v>
+      </c>
+      <c r="F66" t="s">
+        <v>118</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H66" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>283</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D67" t="s">
+        <v>269</v>
+      </c>
+      <c r="E67" t="s">
+        <v>270</v>
+      </c>
+      <c r="F67" t="s">
+        <v>54</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H67" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>286</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>35</v>
+      </c>
+      <c r="D68" t="s">
+        <v>269</v>
+      </c>
+      <c r="E68" t="s">
+        <v>270</v>
+      </c>
+      <c r="F68" t="s">
+        <v>54</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H68" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>289</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>40</v>
+      </c>
+      <c r="D69" t="s">
+        <v>269</v>
+      </c>
+      <c r="E69" t="s">
+        <v>270</v>
+      </c>
+      <c r="F69" t="s">
+        <v>73</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H69" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>44</v>
+      </c>
+      <c r="D70" t="s">
+        <v>269</v>
+      </c>
+      <c r="E70" t="s">
+        <v>270</v>
+      </c>
+      <c r="F70" t="s">
+        <v>293</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H70" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>48</v>
+      </c>
+      <c r="D71" t="s">
+        <v>269</v>
+      </c>
+      <c r="E71" t="s">
+        <v>270</v>
+      </c>
+      <c r="F71" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H71" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D72" t="s">
+        <v>269</v>
+      </c>
+      <c r="E72" t="s">
+        <v>270</v>
+      </c>
+      <c r="F72" t="s">
+        <v>63</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H72" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>58</v>
+      </c>
+      <c r="D73" t="s">
+        <v>269</v>
+      </c>
+      <c r="E73" t="s">
+        <v>270</v>
+      </c>
+      <c r="F73" t="s">
+        <v>63</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H73" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>62</v>
+      </c>
+      <c r="D74" t="s">
+        <v>269</v>
+      </c>
+      <c r="E74" t="s">
+        <v>270</v>
+      </c>
+      <c r="F74" t="s">
+        <v>144</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H74" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>67</v>
+      </c>
+      <c r="D75" t="s">
+        <v>269</v>
+      </c>
+      <c r="E75" t="s">
+        <v>270</v>
+      </c>
+      <c r="F75" t="s">
+        <v>68</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H75" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>311</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>72</v>
+      </c>
+      <c r="D76" t="s">
+        <v>269</v>
+      </c>
+      <c r="E76" t="s">
+        <v>270</v>
+      </c>
+      <c r="F76" t="s">
+        <v>68</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H76" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>314</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>77</v>
+      </c>
+      <c r="D77" t="s">
+        <v>269</v>
+      </c>
+      <c r="E77" t="s">
+        <v>270</v>
+      </c>
+      <c r="F77" t="s">
+        <v>27</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H77" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>317</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>10</v>
+      </c>
+      <c r="D78" t="s">
+        <v>318</v>
+      </c>
+      <c r="E78" t="s">
+        <v>319</v>
+      </c>
+      <c r="F78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H78" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>322</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" t="s">
+        <v>318</v>
+      </c>
+      <c r="E79" t="s">
+        <v>319</v>
+      </c>
+      <c r="F79" t="s">
+        <v>49</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H79" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>21</v>
+      </c>
+      <c r="D80" t="s">
+        <v>318</v>
+      </c>
+      <c r="E80" t="s">
+        <v>319</v>
+      </c>
+      <c r="F80" t="s">
+        <v>293</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H80" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>26</v>
+      </c>
+      <c r="D81" t="s">
+        <v>318</v>
+      </c>
+      <c r="E81" t="s">
+        <v>319</v>
+      </c>
+      <c r="F81" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H81" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>331</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>31</v>
+      </c>
+      <c r="D82" t="s">
+        <v>318</v>
+      </c>
+      <c r="E82" t="s">
+        <v>319</v>
+      </c>
+      <c r="F82" t="s">
+        <v>54</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H82" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>334</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>35</v>
+      </c>
+      <c r="D83" t="s">
+        <v>318</v>
+      </c>
+      <c r="E83" t="s">
+        <v>319</v>
+      </c>
+      <c r="F83" t="s">
+        <v>257</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H83" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>337</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D84" t="s">
+        <v>318</v>
+      </c>
+      <c r="E84" t="s">
+        <v>319</v>
+      </c>
+      <c r="F84" t="s">
+        <v>257</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H84" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>44</v>
+      </c>
+      <c r="D85" t="s">
+        <v>318</v>
+      </c>
+      <c r="E85" t="s">
+        <v>319</v>
+      </c>
+      <c r="F85" t="s">
+        <v>257</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H85" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" t="s">
+        <v>344</v>
+      </c>
+      <c r="E86" t="s">
+        <v>345</v>
+      </c>
+      <c r="F86" t="s">
+        <v>293</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H86" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>348</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>349</v>
+      </c>
+      <c r="E87" t="s">
+        <v>350</v>
+      </c>
+      <c r="F87" t="s">
+        <v>351</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H87" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>354</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>349</v>
+      </c>
+      <c r="E88" t="s">
+        <v>350</v>
+      </c>
+      <c r="F88" t="s">
+        <v>351</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H88" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>357</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>21</v>
+      </c>
+      <c r="D89" t="s">
+        <v>349</v>
+      </c>
+      <c r="E89" t="s">
+        <v>350</v>
+      </c>
+      <c r="F89" t="s">
+        <v>351</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H89" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>360</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>26</v>
+      </c>
+      <c r="D90" t="s">
+        <v>349</v>
+      </c>
+      <c r="E90" t="s">
+        <v>350</v>
+      </c>
+      <c r="F90" t="s">
+        <v>351</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H90" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>363</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>31</v>
+      </c>
+      <c r="D91" t="s">
+        <v>349</v>
+      </c>
+      <c r="E91" t="s">
+        <v>350</v>
+      </c>
+      <c r="F91" t="s">
+        <v>351</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H91" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>366</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" t="s">
+        <v>367</v>
+      </c>
+      <c r="E92" t="s">
+        <v>368</v>
+      </c>
+      <c r="F92" t="s">
+        <v>369</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H92" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>372</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" t="s">
+        <v>367</v>
+      </c>
+      <c r="E93" t="s">
+        <v>368</v>
+      </c>
+      <c r="F93" t="s">
+        <v>68</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H93" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>375</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" t="s">
+        <v>367</v>
+      </c>
+      <c r="E94" t="s">
+        <v>368</v>
+      </c>
+      <c r="F94" t="s">
+        <v>63</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H94" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>378</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>26</v>
+      </c>
+      <c r="D95" t="s">
+        <v>367</v>
+      </c>
+      <c r="E95" t="s">
+        <v>368</v>
+      </c>
+      <c r="F95" t="s">
+        <v>379</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H95" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>382</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>31</v>
+      </c>
+      <c r="D96" t="s">
+        <v>367</v>
+      </c>
+      <c r="E96" t="s">
+        <v>368</v>
+      </c>
+      <c r="F96" t="s">
+        <v>379</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H96" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>385</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>35</v>
+      </c>
+      <c r="D97" t="s">
+        <v>367</v>
+      </c>
+      <c r="E97" t="s">
+        <v>368</v>
+      </c>
+      <c r="F97" t="s">
+        <v>369</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H97" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>388</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>40</v>
+      </c>
+      <c r="D98" t="s">
+        <v>367</v>
+      </c>
+      <c r="E98" t="s">
+        <v>368</v>
+      </c>
+      <c r="F98" t="s">
+        <v>54</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H98" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>391</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>44</v>
+      </c>
+      <c r="D99" t="s">
+        <v>367</v>
+      </c>
+      <c r="E99" t="s">
+        <v>368</v>
+      </c>
+      <c r="F99" t="s">
+        <v>379</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H99" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>394</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>48</v>
+      </c>
+      <c r="D100" t="s">
+        <v>367</v>
+      </c>
+      <c r="E100" t="s">
+        <v>368</v>
+      </c>
+      <c r="F100" t="s">
+        <v>68</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H100" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>397</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>53</v>
+      </c>
+      <c r="D101" t="s">
+        <v>367</v>
+      </c>
+      <c r="E101" t="s">
+        <v>368</v>
+      </c>
+      <c r="F101" t="s">
+        <v>118</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H101" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>400</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>58</v>
+      </c>
+      <c r="D102" t="s">
+        <v>367</v>
+      </c>
+      <c r="E102" t="s">
+        <v>368</v>
+      </c>
+      <c r="F102" t="s">
+        <v>118</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H102" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>403</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>62</v>
+      </c>
+      <c r="D103" t="s">
+        <v>367</v>
+      </c>
+      <c r="E103" t="s">
+        <v>368</v>
+      </c>
+      <c r="F103" t="s">
+        <v>379</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H103" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>406</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>67</v>
+      </c>
+      <c r="D104" t="s">
+        <v>367</v>
+      </c>
+      <c r="E104" t="s">
+        <v>368</v>
+      </c>
+      <c r="F104" t="s">
+        <v>63</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H104" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>409</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>72</v>
+      </c>
+      <c r="D105" t="s">
+        <v>367</v>
+      </c>
+      <c r="E105" t="s">
+        <v>368</v>
+      </c>
+      <c r="F105" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H105" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>412</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>77</v>
+      </c>
+      <c r="D106" t="s">
+        <v>367</v>
+      </c>
+      <c r="E106" t="s">
+        <v>368</v>
+      </c>
+      <c r="F106" t="s">
+        <v>369</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H106" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>415</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>81</v>
+      </c>
+      <c r="D107" t="s">
+        <v>367</v>
+      </c>
+      <c r="E107" t="s">
+        <v>368</v>
+      </c>
+      <c r="F107" t="s">
+        <v>369</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H107" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>418</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>419</v>
+      </c>
+      <c r="E108" t="s">
+        <v>420</v>
+      </c>
+      <c r="F108" t="s">
+        <v>351</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H108" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>423</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>17</v>
+      </c>
+      <c r="D109" t="s">
+        <v>419</v>
+      </c>
+      <c r="E109" t="s">
+        <v>420</v>
+      </c>
+      <c r="F109" t="s">
+        <v>351</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H109" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>426</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>21</v>
+      </c>
+      <c r="D110" t="s">
+        <v>419</v>
+      </c>
+      <c r="E110" t="s">
+        <v>420</v>
+      </c>
+      <c r="F110" t="s">
+        <v>351</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H110" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>429</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>26</v>
+      </c>
+      <c r="D111" t="s">
+        <v>419</v>
+      </c>
+      <c r="E111" t="s">
+        <v>420</v>
+      </c>
+      <c r="F111" t="s">
+        <v>351</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H111" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>432</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>31</v>
+      </c>
+      <c r="D112" t="s">
+        <v>419</v>
+      </c>
+      <c r="E112" t="s">
+        <v>420</v>
+      </c>
+      <c r="F112" t="s">
+        <v>351</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H112" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>435</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>35</v>
+      </c>
+      <c r="D113" t="s">
+        <v>419</v>
+      </c>
+      <c r="E113" t="s">
+        <v>420</v>
+      </c>
+      <c r="F113" t="s">
+        <v>351</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H113" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>438</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>40</v>
+      </c>
+      <c r="D114" t="s">
+        <v>419</v>
+      </c>
+      <c r="E114" t="s">
+        <v>420</v>
+      </c>
+      <c r="F114" t="s">
+        <v>351</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H114" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>441</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>44</v>
+      </c>
+      <c r="D115" t="s">
+        <v>419</v>
+      </c>
+      <c r="E115" t="s">
+        <v>420</v>
+      </c>
+      <c r="F115" t="s">
+        <v>351</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H115" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>444</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>48</v>
+      </c>
+      <c r="D116" t="s">
+        <v>419</v>
+      </c>
+      <c r="E116" t="s">
+        <v>420</v>
+      </c>
+      <c r="F116" t="s">
+        <v>351</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H116" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>447</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>53</v>
+      </c>
+      <c r="D117" t="s">
+        <v>419</v>
+      </c>
+      <c r="E117" t="s">
+        <v>420</v>
+      </c>
+      <c r="F117" t="s">
+        <v>351</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H117" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>449</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>58</v>
+      </c>
+      <c r="D118" t="s">
+        <v>419</v>
+      </c>
+      <c r="E118" t="s">
+        <v>420</v>
+      </c>
+      <c r="F118" t="s">
+        <v>351</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H118" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>452</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>62</v>
+      </c>
+      <c r="D119" t="s">
+        <v>419</v>
+      </c>
+      <c r="E119" t="s">
+        <v>420</v>
+      </c>
+      <c r="F119" t="s">
+        <v>351</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H119" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>455</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>67</v>
+      </c>
+      <c r="D120" t="s">
+        <v>419</v>
+      </c>
+      <c r="E120" t="s">
+        <v>420</v>
+      </c>
+      <c r="F120" t="s">
+        <v>351</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H120" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>458</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>72</v>
+      </c>
+      <c r="D121" t="s">
+        <v>419</v>
+      </c>
+      <c r="E121" t="s">
+        <v>420</v>
+      </c>
+      <c r="F121" t="s">
+        <v>351</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H121" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>461</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>77</v>
+      </c>
+      <c r="D122" t="s">
+        <v>419</v>
+      </c>
+      <c r="E122" t="s">
+        <v>420</v>
+      </c>
+      <c r="F122" t="s">
+        <v>351</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H122" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>464</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>81</v>
+      </c>
+      <c r="D123" t="s">
+        <v>419</v>
+      </c>
+      <c r="E123" t="s">
+        <v>420</v>
+      </c>
+      <c r="F123" t="s">
+        <v>351</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H123" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>466</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>85</v>
+      </c>
+      <c r="D124" t="s">
+        <v>419</v>
+      </c>
+      <c r="E124" t="s">
+        <v>420</v>
+      </c>
+      <c r="F124" t="s">
+        <v>351</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H124" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>469</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>89</v>
+      </c>
+      <c r="D125" t="s">
+        <v>419</v>
+      </c>
+      <c r="E125" t="s">
+        <v>420</v>
+      </c>
+      <c r="F125" t="s">
+        <v>351</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H125" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>471</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>93</v>
+      </c>
+      <c r="D126" t="s">
+        <v>419</v>
+      </c>
+      <c r="E126" t="s">
+        <v>420</v>
+      </c>
+      <c r="F126" t="s">
+        <v>351</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H126" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>473</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>97</v>
+      </c>
+      <c r="D127" t="s">
+        <v>419</v>
+      </c>
+      <c r="E127" t="s">
+        <v>420</v>
+      </c>
+      <c r="F127" t="s">
+        <v>351</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H127" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>476</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>101</v>
+      </c>
+      <c r="D128" t="s">
+        <v>419</v>
+      </c>
+      <c r="E128" t="s">
+        <v>420</v>
+      </c>
+      <c r="F128" t="s">
+        <v>351</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H128" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>479</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>105</v>
+      </c>
+      <c r="D129" t="s">
+        <v>419</v>
+      </c>
+      <c r="E129" t="s">
+        <v>420</v>
+      </c>
+      <c r="F129" t="s">
+        <v>351</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H129" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>481</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>109</v>
+      </c>
+      <c r="D130" t="s">
+        <v>419</v>
+      </c>
+      <c r="E130" t="s">
+        <v>420</v>
+      </c>
+      <c r="F130" t="s">
+        <v>351</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H130" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>483</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>113</v>
+      </c>
+      <c r="D131" t="s">
+        <v>419</v>
+      </c>
+      <c r="E131" t="s">
+        <v>420</v>
+      </c>
+      <c r="F131" t="s">
+        <v>351</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H131" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>117</v>
+      </c>
+      <c r="D132" t="s">
+        <v>419</v>
+      </c>
+      <c r="E132" t="s">
+        <v>420</v>
+      </c>
+      <c r="F132" t="s">
+        <v>351</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H132" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>488</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>122</v>
+      </c>
+      <c r="D133" t="s">
+        <v>419</v>
+      </c>
+      <c r="E133" t="s">
+        <v>420</v>
+      </c>
+      <c r="F133" t="s">
+        <v>351</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H133" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>490</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>10</v>
+      </c>
+      <c r="D134" t="s">
+        <v>491</v>
+      </c>
+      <c r="E134" t="s">
+        <v>492</v>
+      </c>
+      <c r="F134" t="s">
+        <v>293</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H134" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>495</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>17</v>
+      </c>
+      <c r="D135" t="s">
+        <v>491</v>
+      </c>
+      <c r="E135" t="s">
+        <v>492</v>
+      </c>
+      <c r="F135" t="s">
+        <v>379</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H135" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>498</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>10</v>
+      </c>
+      <c r="D136" t="s">
+        <v>499</v>
+      </c>
+      <c r="E136" t="s">
+        <v>500</v>
+      </c>
+      <c r="F136" t="s">
+        <v>379</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H136" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" t="s">
+        <v>499</v>
+      </c>
+      <c r="E137" t="s">
+        <v>500</v>
+      </c>
+      <c r="F137" t="s">
+        <v>118</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H137" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>506</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>176</v>
+      </c>
+      <c r="D138" t="s">
+        <v>507</v>
+      </c>
+      <c r="E138" t="s">
+        <v>508</v>
+      </c>
+      <c r="F138" t="s">
+        <v>509</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H138" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>512</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>180</v>
+      </c>
+      <c r="D139" t="s">
+        <v>507</v>
+      </c>
+      <c r="E139" t="s">
+        <v>508</v>
+      </c>
+      <c r="F139" t="s">
+        <v>509</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H139" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>515</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>184</v>
+      </c>
+      <c r="D140" t="s">
+        <v>507</v>
+      </c>
+      <c r="E140" t="s">
+        <v>508</v>
+      </c>
+      <c r="F140" t="s">
+        <v>509</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H140" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>518</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>188</v>
+      </c>
+      <c r="D141" t="s">
+        <v>507</v>
+      </c>
+      <c r="E141" t="s">
+        <v>508</v>
+      </c>
+      <c r="F141" t="s">
+        <v>509</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H141" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>521</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>192</v>
+      </c>
+      <c r="D142" t="s">
+        <v>507</v>
+      </c>
+      <c r="E142" t="s">
+        <v>508</v>
+      </c>
+      <c r="F142" t="s">
+        <v>509</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H142" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>524</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>196</v>
+      </c>
+      <c r="D143" t="s">
+        <v>507</v>
+      </c>
+      <c r="E143" t="s">
+        <v>508</v>
+      </c>
+      <c r="F143" t="s">
+        <v>509</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H143" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>527</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>53</v>
+      </c>
+      <c r="D144" t="s">
+        <v>528</v>
+      </c>
+      <c r="E144" t="s">
+        <v>529</v>
+      </c>
+      <c r="F144" t="s">
+        <v>530</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H144" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>533</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>26</v>
+      </c>
+      <c r="D145" t="s">
+        <v>534</v>
+      </c>
+      <c r="E145" t="s">
+        <v>535</v>
+      </c>
+      <c r="F145" t="s">
+        <v>536</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H145" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>539</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>204</v>
+      </c>
+      <c r="D146" t="s">
+        <v>540</v>
+      </c>
+      <c r="E146" t="s">
+        <v>541</v>
+      </c>
+      <c r="F146" t="s">
+        <v>542</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H146" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>545</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>208</v>
+      </c>
+      <c r="D147" t="s">
+        <v>540</v>
+      </c>
+      <c r="E147" t="s">
+        <v>541</v>
+      </c>
+      <c r="F147" t="s">
+        <v>546</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H147" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>549</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>212</v>
+      </c>
+      <c r="D148" t="s">
+        <v>540</v>
+      </c>
+      <c r="E148" t="s">
+        <v>541</v>
+      </c>
+      <c r="F148" t="s">
+        <v>546</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H148" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>552</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>216</v>
+      </c>
+      <c r="D149" t="s">
+        <v>540</v>
+      </c>
+      <c r="E149" t="s">
+        <v>541</v>
+      </c>
+      <c r="F149" t="s">
+        <v>546</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H149" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>555</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>220</v>
+      </c>
+      <c r="D150" t="s">
+        <v>540</v>
+      </c>
+      <c r="E150" t="s">
+        <v>541</v>
+      </c>
+      <c r="F150" t="s">
+        <v>546</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H150" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>558</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>224</v>
+      </c>
+      <c r="D151" t="s">
+        <v>540</v>
+      </c>
+      <c r="E151" t="s">
+        <v>541</v>
+      </c>
+      <c r="F151" t="s">
+        <v>546</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H151" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>561</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>228</v>
+      </c>
+      <c r="D152" t="s">
+        <v>540</v>
+      </c>
+      <c r="E152" t="s">
+        <v>541</v>
+      </c>
+      <c r="F152" t="s">
+        <v>546</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H152" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>563</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>564</v>
+      </c>
+      <c r="D153" t="s">
+        <v>565</v>
+      </c>
+      <c r="E153" t="s">
+        <v>566</v>
+      </c>
+      <c r="F153" t="s">
+        <v>351</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H153" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>569</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>570</v>
+      </c>
+      <c r="D154" t="s">
+        <v>565</v>
+      </c>
+      <c r="E154" t="s">
+        <v>566</v>
+      </c>
+      <c r="F154" t="s">
+        <v>351</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H154" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>573</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" t="s">
+        <v>574</v>
+      </c>
+      <c r="E155" t="s">
+        <v>575</v>
+      </c>
+      <c r="F155" t="s">
+        <v>351</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H155" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>578</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>17</v>
+      </c>
+      <c r="D156" t="s">
+        <v>574</v>
+      </c>
+      <c r="E156" t="s">
+        <v>575</v>
+      </c>
+      <c r="F156" t="s">
+        <v>351</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H156" t="s">
+        <v>580</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>