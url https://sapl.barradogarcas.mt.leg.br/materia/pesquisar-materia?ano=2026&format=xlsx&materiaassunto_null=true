--- v1 (2026-03-24)
+++ v2 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1248" uniqueCount="581">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1264" uniqueCount="585">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -765,123 +765,102 @@
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a necessidade urgente de melhorias nas condições de trabalho da cozinha do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, tendo em vista que os funcionários enfrentam temperaturas extremas e condições insalubres, comprometendo a saúde e a segurança no ambiente laboral.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que seja realizado, em caráter de urgência, estudo para melhoria do trânsito na Av. Min. João Alberto, nas proximidades do nº 1941, no bairro Bela Vista, em Barra do Garças – MT, com a possibilidade de instalação de redutor de velocidade (quebra-molas) ou outra medida de sinalização viária adequada, devido aos acidentes recorrentes no local.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf</t>
   </si>
   <si>
-    <t>Indico, nos termos regimentais, após ouvido o Plenário, que seja encaminhado _x000D_
-[...4 lines deleted...]
-acompanhamento terapêutico.</t>
+    <t>Indica, nos termos regimentais, após ouvido o Plenário, que seja encaminhado expediente ao Senhor Secretário Municipal de Educação, com cópia ao Prefeito Municipal, solicitando que seja analisada a possibilidade de ampliação do atendimento de Equoterapia no Município de Barra do Garças, especialmente com a criação de uma turma no período da manhã, considerando a elevada demanda de crianças atípicas que necessitam desse acompanhamento terapêutico.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf</t>
   </si>
   <si>
-    <t>Indico à Prefeitura Municipal, com cópia à Secretaria Municipal de Saúde_x000D_
-[...2 lines deleted...]
-outro veículo em condições adequadas de uso.</t>
+    <t>Indica à Prefeitura Municipal, com cópia à Secretaria Municipal de Saúde (SMS), que sejam adotadas providências urgentes quanto à substituição da van utilizada no transporte de pacientes que realizam hemodiálise, ou, alternativamente, a disponibilização de outro veículo em condições adequadas de uso.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Prof. Alex Matos/Alessandro Matos do Nascimento</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf</t>
   </si>
   <si>
-    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de_x000D_
-[...3 lines deleted...]
-Estado e à Assembleia Legislativa.</t>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Turismo e à Secretaria de Cultura, que sejam adotadas as providências necessárias para promover o reconhecimento oficial de Barra do Garças - MT, como a capital do turismo místico e esotérico do Estado de Mato Grosso, por meio de articulação junto ao Governo do Estado e à Assembleia Legislativa.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf</t>
   </si>
   <si>
-    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de_x000D_
-[...2 lines deleted...]
-Quadra 432, Loteamento Jardim Nova, Barra do Garças – MT.</t>
+    <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Obras e Serviços Públicos, a adoção das providências necessárias para resolução da demanda da cidadã Maria de Fátima, referente ao fornecimento de energia elétrica no Lote 23, Quadra 432, Loteamento Jardim Nova em Barra do Garças - MT.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf</t>
   </si>
   <si>
-    <t>Indica a Secretaria Municipal de Desenvolvimento Urbano e Sustentável_x000D_
-[...5 lines deleted...]
-de gerar riscos constantes de acidentes.</t>
+    <t>Indica a Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) à solicitação de providências imediatas para providenciar a pavimentação asfáltica da Rua 3, localizada no Loteamento Roncador.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o colaborador da empresa Mendonça, o Sr. Jeremias da Silva Sousa, pelos relevantes serviços prestados à população Barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf</t>
   </si>
@@ -985,54 +964,51 @@
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Márcia Cristina Moraes, Secretária Executiva do Consórcio Portal do Araguaia, pelo relevante trabalho desenvolvido no exercício de suas funções, reconhecendo sua dedicação, compromisso e contribuição para o fortalecimento das políticas públicas e sociais em benefício da população dos municípios que integram a região do Portal do Araguaia, no estado de Mato Grosso.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Wallece Freitas e o Sr. Bruno Andrade, representantes da "Mil Grau Produções", que se destacaram na organização da Festa Abelvolks, realizada no dia 07 de março de 2026, no Parque de Exposições de Barra do Garças, evento que contou com a apresentação do artista MC Pedrinho e reuniu grande público, proporcionando entretenimento, cultura e lazer à população.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf</t>
   </si>
   <si>
-    <t>A presente Moção de Aplausos tem por finalidade reconhecer e enaltecer a_x000D_
-[...2 lines deleted...]
-filiado ao Partido Socialista Brasileiro (PSB).</t>
+    <t>A presente Moção de Aplausos tem por finalidade reconhecer e enaltecer a trajetória pública e os relevantes serviços prestados pelo Deputado Estadual, Janovan Rios De Sousa, conhecido parlamentarmente como Janovan Rios, filiado ao Partido Socialista Brasileiro (PSB).</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, após ouvido o Plenário, que seja encaminhado expediente ao Senhor Secretário Municipal de Educação, solicitando que preste as informações detalhadas, no prazo legal.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após o cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente ao Exmo. Prefeito Municipal de Barra do Garças e à Secretaria Municipal de Educação, solicitando informações e providências quanto à aplicação da Lei Federal nº 15.326/2026, especialmente no que se refere ao enquadramento dos Educadores Assistentes Pedagógicos na Carreira do Magistério Municipal.</t>
   </si>
@@ -1040,100 +1016,78 @@
     <t>4976</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, após ouvido o Plenário, requer à Prefeitura Municipal de Barra do Garças, por meio da Secretaria Municipal de Administração, que encaminhe a esta Casa de Leis as seguintes informações e esclarecimentos.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, solicitando a implementação e efetiva aplicação do disposto no artigo 4º da Lei Complementar nº 295, de 09 de setembro de 2021, no âmbito da rede municipal de saúde de Barra do Garças, especialmente na unidade do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck e na UPA (Unidade de Pronto_x000D_
 Atendimento).</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf</t>
   </si>
   <si>
-    <t>O Vereador Dr. Neto, no uso de suas atribuições legais e regimentais, vem _x000D_
-[...4 lines deleted...]
-especialmente bares, restaurantes e estruturas flutuantes (duas) ali existentes.</t>
+    <t>Requeiro que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Meio Ambiente e à Procuradoria-Geral do Município, solicitando informações detalhadas acerca da situação de regularização dos estabelecimentos comerciais instalados no Complexo Turístico do Porto do Baé, especialmente bares, restaurantes e estruturas flutuantes (duas) ali existentes.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf</t>
   </si>
   <si>
-    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Turismo,_x000D_
-[...3 lines deleted...]
-barragarcenses, devendo ser contemplados</t>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Turismo, para que sejam prestadas informações e adotadas as providências necessárias quanto à criação do Programa Municipal de Visitação da População Local aos atrativos turísticos de Barra do Garças - MT, com o objetivo de garantir condições facilitadas de acesso aos cidadãos barra-garcenses.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf</t>
   </si>
   <si>
-    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Educação,_x000D_
-[...2 lines deleted...]
-educação, empreendedorismo e turismo, devendo ser contemplados:</t>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Educação, para que sejam prestadas informações e adotadas as providências necessárias quanto à criação de projeto interdisciplinar nas escolas da rede municipal de ensino, com a temática voltada à educação, empreendedorismo e turismo.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf</t>
   </si>
   <si>
-    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de_x000D_
-[...9 lines deleted...]
-água a esses estabelecimentos.</t>
+    <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Administração e à EGEA Barra do Garças - MT, para que sejam prestadas informações detalhadas acerca da cobrança de tarifa de água destinada a hotéis, pousadas e estabelecimentos similares no município de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>ELOML</t>
   </si>
   <si>
     <t>Proposta de Emenda à LOM (origem: Legislativo)</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova Lei Orgânica do Município de Barra do Garças-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
@@ -1149,60 +1103,60 @@
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 295 de 9 de setembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 383 de 16 de dezembro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf</t>
   </si>
   <si>
-    <t>Altera dispositivos da Lei Complementar nº 049, de 17 de maio de 1999 do Município de Barra do Garças - MT, e dá outras providências.</t>
+    <t>Altera dispositivos da Lei Complementar nº 049, de 17 de maio de 1999 do Município de Barra do Garças - MT e dá outras providências.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf</t>
   </si>
   <si>
-    <t>Altera dispositivos da Lei Complementar nº 366, de 19 de dezembro de 2023, que institui o Código Tributário do Município de Barra do Garças, para adequar a disciplina da atualização monetária e dos juros de mora dos créditos tributários e não tributários ao entendimento jurisprudencial vinculante aplicável, bem como para harmonizar a disciplina do Imposto sobre a Transmissão Inter Vivos de Bens Imóveis - ITBI ao momento da ocorrência do fato gerador, e dá outras providências.</t>
+    <t>Altera dispositivos da Lei Complementar nº 366, de 19 de dezembro de 2023, que institui o Código Tributário do Município de Barra do Garças, para adequar a disciplina da atualização monetária e dos juros de mora dos créditos tributários e não tributários ao entendimento jurisprudencial vinculante aplicável, bem como para harmonizar a disciplina do Imposto sobre a Transmissão Inter Vivos de Bens Imóveis - ITBI ao momento da ocorrência do fato gerador e dá outras providências.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade de matrícula de crianças filhas de mães atípicas em creches e unidades escolares da rede pública municipal, preferencialmente próximas à residência ou ao local de trabalho da responsável legal, e dá outras providências.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf</t>
   </si>
@@ -1305,60 +1259,60 @@
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal de conscientização e atenção integral à saúde das mulheres no climatério e na menopausa, e dá outras providências.</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal o Instituto Araras.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre as diretrizes da Política Municipal de Enfrentamento à Violência contra as Mulheres no Município de Barra do Garças, e dá outras providências.</t>
+    <t>Dispõe sobre as diretrizes da Política Municipal de Enfrentamento à Violência contra as Mulheres no Município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre a proibição de contratação, pela administração pública municipal, de pessoas condenadas por crimes de violência contra a mulher, no âmbito do Município de Barra do Garças, e dá outras providências.</t>
+    <t>Dispõe sobre a proibição de contratação, pela administração pública municipal, de pessoas condenadas por crimes de violência contra a mulher, no âmbito do Município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado de servidores no cargo de Médico da Estratégia da Saúde da Família para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.995 de 2 de julho de 2025, e dá outras providências.</t>
   </si>
@@ -1644,50 +1598,56 @@
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 42ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 43ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Ata Eletrônica da 44ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
+    <t>5047</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 45ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>4894</t>
   </si>
   <si>
     <t>AESE</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Extraordinária</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Guinha/Hadeilton Tanner Araújo, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 10ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>AESS</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Solene</t>
@@ -1750,50 +1710,56 @@
     <t>Ata Eletrônica da 49ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 50ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 51ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>Ata Eletrônica da 52ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5048</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 53ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Decreto Executivo</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão da servidora municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>5857</t>
   </si>
@@ -2151,56 +2117,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H156"/>
+  <dimension ref="A1:H158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="215.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5897,378 +5863,430 @@
       </c>
       <c r="D143" t="s">
         <v>507</v>
       </c>
       <c r="E143" t="s">
         <v>508</v>
       </c>
       <c r="F143" t="s">
         <v>509</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H143" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>527</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>53</v>
+        <v>200</v>
       </c>
       <c r="D144" t="s">
+        <v>507</v>
+      </c>
+      <c r="E144" t="s">
+        <v>508</v>
+      </c>
+      <c r="F144" t="s">
+        <v>509</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H144" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>529</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>53</v>
+      </c>
+      <c r="D145" t="s">
+        <v>530</v>
+      </c>
+      <c r="E145" t="s">
+        <v>531</v>
+      </c>
+      <c r="F145" t="s">
+        <v>532</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B145" t="s">
-[...5 lines deleted...]
-      <c r="D145" t="s">
+      <c r="H145" t="s">
         <v>534</v>
-      </c>
-[...10 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>535</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>26</v>
+      </c>
+      <c r="D146" t="s">
+        <v>536</v>
+      </c>
+      <c r="E146" t="s">
+        <v>537</v>
+      </c>
+      <c r="F146" t="s">
+        <v>538</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="B146" t="s">
-[...5 lines deleted...]
-      <c r="D146" t="s">
+      <c r="H146" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>541</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>204</v>
+      </c>
+      <c r="D147" t="s">
+        <v>542</v>
+      </c>
+      <c r="E147" t="s">
+        <v>543</v>
+      </c>
+      <c r="F147" t="s">
+        <v>544</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="B147" t="s">
-[...11 lines deleted...]
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>547</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>208</v>
+      </c>
+      <c r="D148" t="s">
+        <v>542</v>
+      </c>
+      <c r="E148" t="s">
+        <v>543</v>
+      </c>
+      <c r="F148" t="s">
+        <v>548</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="B148" t="s">
-[...14 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>551</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>212</v>
+      </c>
+      <c r="D149" t="s">
+        <v>542</v>
+      </c>
+      <c r="E149" t="s">
+        <v>543</v>
+      </c>
+      <c r="F149" t="s">
+        <v>548</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B149" t="s">
-[...14 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>554</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>216</v>
+      </c>
+      <c r="D150" t="s">
+        <v>542</v>
+      </c>
+      <c r="E150" t="s">
+        <v>543</v>
+      </c>
+      <c r="F150" t="s">
+        <v>548</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B150" t="s">
-[...14 lines deleted...]
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>557</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>220</v>
+      </c>
+      <c r="D151" t="s">
+        <v>542</v>
+      </c>
+      <c r="E151" t="s">
+        <v>543</v>
+      </c>
+      <c r="F151" t="s">
+        <v>548</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="B151" t="s">
-[...14 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>560</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>224</v>
+      </c>
+      <c r="D152" t="s">
+        <v>542</v>
+      </c>
+      <c r="E152" t="s">
+        <v>543</v>
+      </c>
+      <c r="F152" t="s">
+        <v>548</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>561</v>
-      </c>
-[...16 lines deleted...]
-        <v>525</v>
       </c>
       <c r="H152" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>563</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
+        <v>228</v>
+      </c>
+      <c r="D153" t="s">
+        <v>542</v>
+      </c>
+      <c r="E153" t="s">
+        <v>543</v>
+      </c>
+      <c r="F153" t="s">
+        <v>548</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H153" t="s">
         <v>564</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>570</v>
+        <v>232</v>
       </c>
       <c r="D154" t="s">
-        <v>565</v>
+        <v>542</v>
       </c>
       <c r="E154" t="s">
+        <v>543</v>
+      </c>
+      <c r="F154" t="s">
+        <v>548</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H154" t="s">
         <v>566</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>568</v>
       </c>
       <c r="D155" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="E155" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="F155" t="s">
         <v>351</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="H155" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>17</v>
+        <v>574</v>
       </c>
       <c r="D156" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="E156" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="F156" t="s">
         <v>351</v>
       </c>
       <c r="G156" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H156" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>577</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>10</v>
+      </c>
+      <c r="D157" t="s">
+        <v>578</v>
+      </c>
+      <c r="E157" t="s">
         <v>579</v>
       </c>
-      <c r="H156" t="s">
+      <c r="F157" t="s">
+        <v>351</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>580</v>
+      </c>
+      <c r="H157" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>582</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>17</v>
+      </c>
+      <c r="D158" t="s">
+        <v>578</v>
+      </c>
+      <c r="E158" t="s">
+        <v>579</v>
+      </c>
+      <c r="F158" t="s">
+        <v>351</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H158" t="s">
+        <v>584</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6384,50 +6402,52 @@
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>