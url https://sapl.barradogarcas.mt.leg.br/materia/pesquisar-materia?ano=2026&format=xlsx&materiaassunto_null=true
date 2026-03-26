--- v2 (2026-03-24)
+++ v3 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1264" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1272" uniqueCount="587">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1485,50 +1485,56 @@
     <t>5021</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 3.008/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf</t>
+  </si>
+  <si>
+    <t>5049</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5049/pl_027_de_24_de_marco_de_2026_executivo.pdf</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Regimento Interno da Câmara Municipal de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o encaminhamento, apreciação, registro no SAPL e assinatura digital das atas das sessões plenárias e das reuniões das Comissões da Câmara Municipal de Barra do Garças, e dá outras providências.</t>
   </si>
@@ -2117,56 +2123,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4898/indicacao_001-_adilson-_solicitacao_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4899/indicacao_002-_adilson-_solicitacao_de_operacao_tapa-buraco_e_nivelamento_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4901/indicacao_003-_ronair-_rua_tapajo_-_tapaburacos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4910/indicacao_004_-_jaime-_tapa-buraco_residencial_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4911/indicacao_005-_jaime_-_wilmar_peres.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4919/indicacao__006_-_valdei_leite_guimaraes_-_calcamento_na_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4920/indicacao_007_-_valdei_leite_guimaraes_-_recapiamento_do_nilim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4921/indicacao_008_-_valdei_leite_guimaraes_-_recapiamento_do_nilo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4917/indicacao_009_-_armando_alves_brito__01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4923/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4924/indicacao_011-_geralmino_alves_rodrigues_neto_-_vale-creche_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4922/indicacao_012_-_maria_silvania_araujo_ramos-__meio_fio_e_a_sarjeta_senai.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4930/indicacao_013-2026_autoria_-_elton_melo_marques_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4946/indicacao_014_-_hiago_-_indicacao_de_reinstacao_de_tachoes-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4945/indicacao_015_-_hiago_-_providencias_para_limpeza_de_terrenos-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4944/indicacao_016_-_hiago_-_limpeza_rocagem_e_poda_da_vegetacao-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4943/indicacao_017_-_hiago_-_reforma_do_ginasio_antonio_brito-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4931/indicacao_018_-_armando_-_construcao_de_banheiro_publico_na_paraca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4934/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4935/indicacao_020_novo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4936/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4937/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4938/indicacao_023_-_neto_-_av._salome_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4941/indicacao_024_-_neto_-_pavimentacao_rua_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4952/indicacao_025_-_bianca_-_rua_da_escola_frederico_toscani__assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4968/indicacao_026-2026_autoria_-_armando_alves_brito_-_democrata.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4969/indicacao_027__vereadores_-_neto_ronair_e_armando_-_flexibilizacao_de_tempo_escolar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4970/indicacao_028_-_armando_-_cascalhamento_da_rua_dourado_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4967/indicacao_029-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4981/indicacao_030_-_elton_melo_-_rua_sao_paulo__2026_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4988/indicacao_031_-allankley_-_faixa_de_elevacao_-_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4992/indicacao_032_-_jaime_neto_-_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4993/indicacao_033_-_jaime_rodrigues_-__passavinte_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4994/indicacao_034_-_jaime_rodrigues_passavinte_07.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4995/indicacao_035_-_jaime_neto-_pavimentacao_rua_fidalgo_3.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4996/indicacao_036_-_jaime_neto_-_passavinte_04_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4997/indicacao_037_-_passavinte_08_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4998/indicacao_038_-_jaime_neto_-_passavinte.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4999/indicacao_039_-_jaime_neto_-_passavinte_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5000/indicacao_040_-_jaime_rodrigues_-_passavinte_09_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5001/indicacao_041_-_jaime_rodrigues_passavinte_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5002/indicacao_042_-_jaime_rodrigues_-__passavinte_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5004/indicacao_043_-_adilson_e_ronair_-_disponibilizacao_de_espaco_salubre_com_banheiro_para_atendimento_medico_no_assentamento_passa_vinte_1-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5009/indicacao_044_-_neto_-_pavimentacao_rua_hortensias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5010/indicacao_045_-_bianca_-_sec._saude_-_jantar_dos_funcionarios_do_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5011/indicacao_046_-_bianca_sec._infraestrutura_e_servicos_-rua_a_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5012/indicacao_047_-_bianca_-_sec._infraestrutura_e_servicos_-av._brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5013/indicacao_048_-_bianca_-_sec._infraestrutura_e_servicos_-rua_olavo_bilac_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5014/indicacao_049_-_bianca_-_sec._infraestrutura_e_servicos_-ponto_de_onibus_na_rua_principal_do_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5015/indicacao_050_-_bianca_-_sec._saude__camas_e_colhocoes_para_o_pronto_socorro_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5023/indicacao_051-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5016/indicacao_052_-_jaime_-_rua_salvador_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5017/indicacao_053_-_jaime_-_casai_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5018/indicacao_054_-_jaime_-_piso_antiderrapante_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5019/indicacao_055_-_jaime_-_ar_condicionado_pronto_socorro_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5020/indicacao_056_-_armando_-_06-2026_-_estudo_de_transito__av._ministro_joao_alberto.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5036/indicacao_057_-_neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5035/indicacao_058_-_elton_melo_-_veiculo_vam_2026_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5030/indicacao_059_-_alex_matos__econhecimento_de_barra_do_garcas_como_capital_do_turismo_mistico_e_esoterico_de_mato_grosso__1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5034/indicacao_060-2026_autoria_-_alessandro_matos_do_nascimento_-_podemos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5039/indicacao_061_-_bianca__-_sec._infraestrutura_e_servicos_-rua_03_loteamento_roncador_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4902/mocao_001-_dr._paulo_raye-_jeremias1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4949/mocao_de_aplausos_002_-_ronair_-_pm_alexsander_e_renato.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4933/mocao_de_aplausos__003_-_adilson_-_tenente-coronel_pm_valeria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4953/mocao_de_aplausos_004_-_bianca_-_operacao_policial_assinado_oficial.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4932/mocao_de_aplausos_005_-_neto_-_feira_gastronomica_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4963/mocao_de_aplausos_-_006_-_neto_-_dra_tatiana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4966/mocao_de_aplausos_e_congratulacoes_007-2026_autoria_-_hiago_teles_alves_-_pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4977/mocao_de_repudio_008-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4978/mocao_009_-_neto_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4989/mocao_de_aplausos_010_-_maria_silvania-_psicologa_-_natalia_aparecida_pereira_da_souza_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4990/mocao_de_aplausos_011_-_maria_silvania_-_exercito_-_coronel_helio_ricardo_bezerra_sampaio_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4987/mocao_de_aplausos_-_012_-_allankley_lopes_10_policiais_militares_-_ass.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5007/mocao_013_-_elton_melo_-_marcia_cristina_moraes__marco_2026_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5008/mocao_014_-_elton_melo_-_wallece_freitas_e_bruno_andrade_2026_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5040/mocao_015_-_jaime_-_janovan_rios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4900/requerimento_001-dr._neto_-educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4918/requerimento_-_002_-_armando_alves_brito_enquadramento_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4976/requerimento_003-2026_autoria_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5024/requerimento_004-2026_autoria_-_vereadores_de_casa_de_leis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5037/requerimento_-_005__-_neto_-_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5031/requerimento_-_006_-_alex_matoscriacao_de_programa_municipal_de_visitacao_aos_atrativos_turisticos_com_desconto_para_moradores__2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5032/requerimento_-_007_-_alex_matos_-_criacao_de_projeto_interdisciplinar_sobre_educacao_empreendedorismo_e_turismo_nas_escolas_municipais__1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5033/requerimento_-_008_-_alex_matos_solicitacao_de_informacoes_sobre_cobranca_de_tarifa_de_agua_para_hoteis_pousadas_e_similares__2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4961/pelom_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4975/plc_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4985/plc_002_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4986/plc_003_de_05_de_marco_de_2026_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5044/plc_004_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5045/plc_005_de_20_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4907/pl_001_de_21_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4908/pl_002_de_19_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4909/pl_003_de_23_de_janeiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4912/pl_004_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4913/pl_005_de_02_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4927/pl_006_de_04_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4928/pl_007_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4929/pl_008_de_06_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4942/pl_009_de_12_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4950/pl_010_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4951/pl_011_de_13_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4960/pl_012_de_19_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4991/pl_013_de_26_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5038/pl_014_de_19_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5041/pl_015_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5042/pl_016_de_16_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4887/pl_001_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4888/pl_002_de_16_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4890/pl_003_de_19_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4891/pl_004_de_20_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_005_de_23_de_janeiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4903/pl_exc06-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4904/pl_exc_07-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4905/pl_exc_08-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4914/pl_009_de_02_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4925/pl_010_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4926/pl_011_de_05_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4947/pl_012_de_06_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4948/pl_013_de_12_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4954/pl_014_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4955/pl_015_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4956/pl_016_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4957/pl_017_de_20_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4958/pl_018_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4959/pl_019_de_20_de_fevereiro_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4982/pl_020_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4983/pl_021_de_05_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4984/pl_022_de_05_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5021/pl_023_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5022/pl_024_de_13_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5025/pl_025_de_16_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5046/pl_023_de_23_de_marco_de_2026_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5049/pl_027_de_24_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4962/pr_001_de_23_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4971/pr_002_de_24_de_fevereiro_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5003/emenda_modificativa_001_de_09_de_marco_de_2026_legislativo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5026/emenda_modificativa_002_de_16_de_marco_de_2026_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4915/ata_da_39a_sessao_ordinaria_da_20a_legislatura_02-02-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4939/ata_da_40a_sessao_ordinaria_da_20a_legislatura_09-02-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4965/ata_da_41a_sessao_ordinaria_da_20a_legislatura_23-02-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4979/ata_da_42a_sessao_ordinaria_da_20a_legislatura_02-03-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5005/ata_da_43a_sessao_ordinaria_da_20a_legislatura_09-03-2026.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4894/ata_eletronica_da_10a_sessao_extraordinaria_da_20a_legislatura_-_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4895/ata_eletronica_da_4a_sessao_solene_da_20a_legislatura_-_20-01-26_-_posse.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4896/ata_eletronica_da_46a_reuniao_das_comissoes_permanentes_20-01-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4916/ata_eletronica_da_47a_reuniao_das_comissoes_permanentes_02-02-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4940/ata_eletronica_da_48a_reuniao_das_comissoes_permanentes_09-02-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4964/ata_eletronica_da_49a_reuniao_das_comissoes_permanentes_23-02-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4980/ata_eletronica_da_50a_reuniao_das_comissoes_permanentes_02-03-26.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5006/ata_eletronica_da_51a_reuniao_das_comissoes_permanentes_09-03-26.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4906/decreto_5835_de_26_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/5043/decreto_executivo_5857_de_17_de_marco_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4973/veto_001_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2026/4974/veto_002_de_27_de_fevereiro_de_2026_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H158"/>
+  <dimension ref="A1:H159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="215.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5603,690 +5609,716 @@
       </c>
       <c r="D133" t="s">
         <v>419</v>
       </c>
       <c r="E133" t="s">
         <v>420</v>
       </c>
       <c r="F133" t="s">
         <v>351</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H133" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>490</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="D134" t="s">
+        <v>419</v>
+      </c>
+      <c r="E134" t="s">
+        <v>420</v>
+      </c>
+      <c r="F134" t="s">
+        <v>351</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="E134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H134" t="s">
-        <v>494</v>
+        <v>440</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>492</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
+        <v>493</v>
+      </c>
+      <c r="E135" t="s">
+        <v>494</v>
+      </c>
+      <c r="F135" t="s">
+        <v>293</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B135" t="s">
-[...14 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D136" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="E136" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="F136" t="s">
         <v>379</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="H136" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>500</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
+        <v>501</v>
+      </c>
+      <c r="E137" t="s">
+        <v>502</v>
+      </c>
+      <c r="F137" t="s">
+        <v>379</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B137" t="s">
-[...14 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>505</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>17</v>
+      </c>
+      <c r="D138" t="s">
+        <v>501</v>
+      </c>
+      <c r="E138" t="s">
+        <v>502</v>
+      </c>
+      <c r="F138" t="s">
+        <v>118</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="B138" t="s">
-[...5 lines deleted...]
-      <c r="D138" t="s">
+      <c r="H138" t="s">
         <v>507</v>
-      </c>
-[...10 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>508</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>176</v>
+      </c>
+      <c r="D139" t="s">
+        <v>509</v>
+      </c>
+      <c r="E139" t="s">
+        <v>510</v>
+      </c>
+      <c r="F139" t="s">
+        <v>511</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B139" t="s">
-[...14 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>514</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>180</v>
+      </c>
+      <c r="D140" t="s">
+        <v>509</v>
+      </c>
+      <c r="E140" t="s">
+        <v>510</v>
+      </c>
+      <c r="F140" t="s">
+        <v>511</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>517</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>184</v>
+      </c>
+      <c r="D141" t="s">
+        <v>509</v>
+      </c>
+      <c r="E141" t="s">
+        <v>510</v>
+      </c>
+      <c r="F141" t="s">
+        <v>511</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B141" t="s">
-[...14 lines deleted...]
-      <c r="G141" s="1" t="s">
+      <c r="H141" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>520</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>188</v>
+      </c>
+      <c r="D142" t="s">
+        <v>509</v>
+      </c>
+      <c r="E142" t="s">
+        <v>510</v>
+      </c>
+      <c r="F142" t="s">
+        <v>511</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="B142" t="s">
-[...14 lines deleted...]
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>523</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>192</v>
+      </c>
+      <c r="D143" t="s">
+        <v>509</v>
+      </c>
+      <c r="E143" t="s">
+        <v>510</v>
+      </c>
+      <c r="F143" t="s">
+        <v>511</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B143" t="s">
-[...14 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>526</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>196</v>
+      </c>
+      <c r="D144" t="s">
+        <v>509</v>
+      </c>
+      <c r="E144" t="s">
+        <v>510</v>
+      </c>
+      <c r="F144" t="s">
+        <v>511</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>527</v>
-      </c>
-[...16 lines deleted...]
-        <v>525</v>
       </c>
       <c r="H144" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>529</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>53</v>
+        <v>200</v>
       </c>
       <c r="D145" t="s">
+        <v>509</v>
+      </c>
+      <c r="E145" t="s">
+        <v>510</v>
+      </c>
+      <c r="F145" t="s">
+        <v>511</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H145" t="s">
         <v>530</v>
-      </c>
-[...10 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>531</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>53</v>
+      </c>
+      <c r="D146" t="s">
+        <v>532</v>
+      </c>
+      <c r="E146" t="s">
+        <v>533</v>
+      </c>
+      <c r="F146" t="s">
+        <v>534</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B146" t="s">
-[...5 lines deleted...]
-      <c r="D146" t="s">
+      <c r="H146" t="s">
         <v>536</v>
-      </c>
-[...10 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>537</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>26</v>
+      </c>
+      <c r="D147" t="s">
+        <v>538</v>
+      </c>
+      <c r="E147" t="s">
+        <v>539</v>
+      </c>
+      <c r="F147" t="s">
+        <v>540</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B147" t="s">
-[...5 lines deleted...]
-      <c r="D147" t="s">
+      <c r="H147" t="s">
         <v>542</v>
-      </c>
-[...10 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>543</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>204</v>
+      </c>
+      <c r="D148" t="s">
+        <v>544</v>
+      </c>
+      <c r="E148" t="s">
+        <v>545</v>
+      </c>
+      <c r="F148" t="s">
+        <v>546</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B148" t="s">
-[...11 lines deleted...]
-      <c r="F148" t="s">
+      <c r="H148" t="s">
         <v>548</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>549</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>208</v>
+      </c>
+      <c r="D149" t="s">
+        <v>544</v>
+      </c>
+      <c r="E149" t="s">
+        <v>545</v>
+      </c>
+      <c r="F149" t="s">
+        <v>550</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B149" t="s">
-[...14 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>553</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>212</v>
+      </c>
+      <c r="D150" t="s">
+        <v>544</v>
+      </c>
+      <c r="E150" t="s">
+        <v>545</v>
+      </c>
+      <c r="F150" t="s">
+        <v>550</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B150" t="s">
-[...14 lines deleted...]
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>556</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>216</v>
+      </c>
+      <c r="D151" t="s">
+        <v>544</v>
+      </c>
+      <c r="E151" t="s">
+        <v>545</v>
+      </c>
+      <c r="F151" t="s">
+        <v>550</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B151" t="s">
-[...14 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>559</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>220</v>
+      </c>
+      <c r="D152" t="s">
+        <v>544</v>
+      </c>
+      <c r="E152" t="s">
+        <v>545</v>
+      </c>
+      <c r="F152" t="s">
+        <v>550</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B152" t="s">
-[...14 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>562</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>224</v>
+      </c>
+      <c r="D153" t="s">
+        <v>544</v>
+      </c>
+      <c r="E153" t="s">
+        <v>545</v>
+      </c>
+      <c r="F153" t="s">
+        <v>550</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>563</v>
-      </c>
-[...16 lines deleted...]
-        <v>525</v>
       </c>
       <c r="H153" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>565</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D154" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E154" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F154" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="H154" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>567</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
+        <v>232</v>
+      </c>
+      <c r="D155" t="s">
+        <v>544</v>
+      </c>
+      <c r="E155" t="s">
+        <v>545</v>
+      </c>
+      <c r="F155" t="s">
+        <v>550</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H155" t="s">
         <v>568</v>
-      </c>
-[...13 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D156" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="E156" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F156" t="s">
         <v>351</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="H156" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>10</v>
+        <v>576</v>
       </c>
       <c r="D157" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="E157" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="F157" t="s">
         <v>351</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="H157" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E158" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F158" t="s">
         <v>351</v>
       </c>
       <c r="G158" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H158" t="s">
         <v>583</v>
       </c>
-      <c r="H158" t="s">
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
         <v>584</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>17</v>
+      </c>
+      <c r="D159" t="s">
+        <v>580</v>
+      </c>
+      <c r="E159" t="s">
+        <v>581</v>
+      </c>
+      <c r="F159" t="s">
+        <v>351</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H159" t="s">
+        <v>586</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6404,50 +6436,51 @@
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>