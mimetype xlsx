--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -10,11702 +10,12187 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8832" uniqueCount="3871">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9328" uniqueCount="4034">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Hiago Teles Alves</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_-_criacao_de_cargo-_hiago_001_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_-_criacao_de_cargo-_hiago_001_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a solicitação de elaboração de projeto de Lei para criação de cargo de Segurança Pública 24 horas no Terminal Rodoviário Municipal Lido Pereira.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao-reforma_de_asfalto_hiago_002_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao-reforma_de_asfalto_hiago_002_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação para a recuperação do asfalto da Rua Diacuí, localizada no bairro Nova Barra Sul.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_criacao_de_quebra_molas_av._ana_lira_e_rua_21_hiago_003_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_criacao_de_quebra_molas_av._ana_lira_e_rua_21_hiago_003_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a solicitação de instalação de um quebra-molas (lombada) na Rua 21, Villa Serrinha, Barra do Garças – MT e outro quebra-molas na Av. Ana Lira.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Profª Maria Silvania Araújo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Inclusão e Assistência Social (SMIAS) o reajuste dos Conselheiros Tutelares para o DSA-4, pois com a nova reforma sobre as alterações nas verbas indenizatórias do Executivo Municipal foram movidos para DSA-3.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3704/indicaa_a_o_separaac2a7ac2a3o_do_lixo_28maria_silvania29_005_assinado_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3704/indicaa_a_o_separaac2a7ac2a3o_do_lixo_28maria_silvania29_005_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Câmara Municipal de Barra do Garças a separação do lixo reciclável do comum.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao-_farmacia_basica_paulo_raye_e_outros_006_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao-_farmacia_basica_paulo_raye_e_outros_006_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Saúde que providencie, com a máxima brevidade possível, a inauguração da Farmácia Básica no Bairro Vila Maria, cuja construção já foi concluída, e que sejam instaladas Farmácias Básicas nos Bairros Mangueiras, Nova Barra Sul, Palmares, Anchieta e Sena Marques, visando descentralizar a distribuição de medicamentos e garantir maior acessibilidade aos usuários do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao-_ana_lira_28paulo_raye29_007_assinado_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao-_ana_lira_28paulo_raye29_007_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Avenida Ana Lira, Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao-_avenida_brasil_28paulo_raye29_008_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao-_avenida_brasil_28paulo_raye29_008_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Avenida Brasil, Bairro Nova Barra, rotatória.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao-_bairro_peixinho_28paulo_raye29_009_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao-_bairro_peixinho_28paulo_raye29_009_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Avenida Serra Azul, Bairro Peixinho.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao-_bairro_uniao_28paulo_raye29_10_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao-_bairro_uniao_28paulo_raye29_10_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Rua Otacilio José dos Santos Neto, Bairro União.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao-_buraco_ypes_28paulo_raye29_11_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao-_buraco_ypes_28paulo_raye29_11_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Avenida Cristal esquina com Avenida Amazonas, Bairro Jardim dos Ypes.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao-_lombada_28paulo_raye29_12_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao-_lombada_28paulo_raye29_12_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de instalação de uma lombada na Avenida Principal, no Bairro Ouro Fino.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao-_nova_barra_28paulo_raye29_13_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao-_nova_barra_28paulo_raye29_13_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Avenida Perimetral, Bairro Nova Barra.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_playgraunds_28paulo_raye29_14_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_playgraunds_28paulo_raye29_14_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a realização dos serviços de retirada do playgraund localizado na Avenida Perimetral, no Bairro Vila Maria.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao-centro_28paulo_raye29_15_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao-centro_28paulo_raye29_15_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a solicitação de serviços de tapa-buracos na Rua Goiás, Bairro Centro.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Prof. Alex Matos/Alessandro Matos do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_-_bebedouros_publicos_alex_16_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_-_bebedouros_publicos_alex_16_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a solicitação de instalação de bebedouros públicos para a pista de caminhada do Bairro Nova Barra situada na Av. Amazonas, para a pista de caminhada situada na Av. Margarida Afonso de Oliveira e para a pista de caminhada situada na Rua Salomé José Rodrigues, Centro.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_-_desconto_iptu_alex_17_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_-_desconto_iptu_alex_17_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Planejamento e Finanças, a criação de regulamentação municipal para aplicação e efetivação das diretrizes da Lei Federal nº 12.783/2013, a fim de conceder desconto no Imposto Predial e Territorial Urbano (IPTU) para imóveis que utilizam sistemas de geração de energia solar, promovendo a sustentabilidade e a modicidade tarifária.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_-_passagem_para_pacientes_de_cancer_alex_18_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_-_passagem_para_pacientes_de_cancer_alex_18_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços com cópia à Secretaria Municipal de Saúde, a criação de uma Política Municipal de Fornecimento de Passagens para pacientes com diagnóstico de câncer que necessitam se deslocar para outras cidades para o tratamento da doença.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_alagamento_rua_gaviao_dr._neto_19.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_alagamento_rua_gaviao_dr._neto_19.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável, a solicitação da adoção de medidas urgentes para solucionar o problema de alagamento na Rua Gavião, Bairro Jardim Nova Barra Norte.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_baile_da_terceira_idade_dr._neto_20.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_baile_da_terceira_idade_dr._neto_20.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Inclusão e Assistência Social, que promova um Baile da Terceira Idade para os idosos das comunidades de Indianópolis e Vale dos Sonhos, com o objetivo de proporcionar momentos de lazer e confraternização, nos mesmos moldes das festas realizadas no Centro Social Urbano (CSU).</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_faixa_de_pedestres_dr._neto_21.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_faixa_de_pedestres_dr._neto_21.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a solicitação da implantação de uma faixa de pedestres na Avenida Otacílio José dos Santos, no Bairro Jardim Toledo, na pista dupla, em frente à VIP Academia.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_limpeza_cachoeiras_dr._neto_22.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_limpeza_cachoeiras_dr._neto_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal com cópia à Secretaria Municipal de Meio Ambiente, solicitando a realização de um mutirão de limpeza nas trilhas das cachoeiras do município de Barra do Garças.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_praca_vale_dos_sonhos_dr._neto_23.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_praca_vale_dos_sonhos_dr._neto_23.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável, solicitando a elaboração de um projeto para a construção de uma praça no distrito de Vale dos Sonhos, utilizando como local a rotatória próxima à Escola Castro Alves.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_-_quebra_molas_ze_gota_24.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_-_quebra_molas_ze_gota_24.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a instalação de um quebra-molas no Bairro Residencial Tambury, Quadra W42, Lote 19, Rua W5, Cep 78600-640.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_mutirao_de_limpeza_distritos_ze_gota_25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_mutirao_de_limpeza_distritos_ze_gota_25.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Meio Ambiente, a realização de um mutirão de limpezas nos distritos do município, sendo eles: Toriqueije, Indianópolis e Vale dos Sonhos.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao-_parque_infantil_ze_gota_26.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao-_parque_infantil_ze_gota_26.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a instalação de um parque infantil na praça Benjamim Antunes Teixeira, localizada no Setor Dermat.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_tapa-buracos_ze_gota_27.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_tapa-buracos_ze_gota_27.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização de uma campanha de tapa-buracos em nossa cidade.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacaomutirao_de_limpeza_ze_gota_28.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacaomutirao_de_limpeza_ze_gota_28.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Meio Ambiente, a realização de um mutirão de limpeza em todos os bairros do município.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_abrigo_animais_dr._neto_29.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_abrigo_animais_dr._neto_29.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente, solicitando a construção de um abrigo destinado a abrigar e cuidar dos animais em situação de abandono.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_centro_ambulatorial_dr._neto_30.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_centro_ambulatorial_dr._neto_30.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável a elaboração de um projeto para a criação de um Centro Ambulatorial destinado à realização de tratamentos de quimioterapia na cidade.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_cronograma_mutirao_dr._neto_31.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_cronograma_mutirao_dr._neto_31.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a elaboração e divulgação do cronograma do Mutirão de Limpeza, que está sendo realizado nos bairros da cidade de Barra do Garças.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_descarte_inserviveis_dr._neto_32.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_descarte_inserviveis_dr._neto_32.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a disponibilização de um local adequado para o descarte de objetos inservíveis no município de Barra do Garças.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_va_dr._neto_33.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_va_dr._neto_33.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, com cópia ao Excelentíssimo Prefeito Municipal, a aquisição de vans para o transporte de pacientes que necessitam de tratamentos médicos especializados em cidades como Cuiabá, Barretos e Goiânia.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_-_intercambio_alex_34.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_-_intercambio_alex_34.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação, Esporte e Lazer, solicitação de criação de Programa de Intercâmbio para alunos do 9° ano do ensino público municipal, com aulas intensivas de inglês e seleção de estudantes para uma temporada em países de língua inglesa.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_-_poste_sem_iluminacao_alex_35.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_-_poste_sem_iluminacao_alex_35.pdf</t>
   </si>
   <si>
     <t>Indica à Empresa Distribuidora de Energia Elétrica de Mato Grosso - ENERGISA, em atendimento à solicitação do senhor Valdilson Rafael  de Sousa, a realização da manutenção dos postes de iluminação pública, localizados na Rua General Carneiro, Vila São José, especificamente na quadra onde se situa a casa nº 1063, tendo como ponto de referência a Barbearia, visto que se encontram sem iluminação.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3747/indicacao_-_praca_da_juventude_alex_36.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3747/indicacao_-_praca_da_juventude_alex_36.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Inclusão e Assistência Social o desenvolvimento de programas que estimulem o crescimento e o bem-estar de crianças e adolescentes, a serem aplicados na praça do Bairro Palmares, a ser denominada “Praça da Juventude”, com a inclusão de atividades recreativas, instalação de brinquedos, e outros recursos.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3748/indicacao_-_quebra-mola_av._mato_grosso_alex_37.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3748/indicacao_-_quebra-mola_av._mato_grosso_alex_37.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, em atendimento a solicitação do senhor Edésio Della Justina, a instalação de quebra-molas na Av. Mato Grosso, entre a Rua A e Rua Otacílio José dos Santos Neto, nos fundos da Agroboi, com a finalidade de reduzir o excesso de velocidade dos automóveis na localidade.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3749/indicacao_-_quebra-mola_av._ministro_joao_alberto_alex_38.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3749/indicacao_-_quebra-mola_av._ministro_joao_alberto_alex_38.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura de Transportes – DNIT, em atendimento à solicitação do senhor Edésio Della Justina, a instalação de quebra-molas nos dois sentidos da Avenida Ministro João Alberto, em frente ao Posto Fiscal, com a finalidade de reduzir o excesso de velocidade dos automóveis na localidade.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_-_adilson_tavares_-_quebra-molas_e_sinalizacao_viaria_39_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_-_adilson_tavares_-_quebra-molas_e_sinalizacao_viaria_39_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de realização de um estudo técnico para a instalação de quebra-molas e sinalização viária em pontos estratégicos do Bairro Cidade Jardim, visando reduzir acidentes e garantir maior segurança para motoristas e pedestres.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_-_adilson_tavares_-_mutirao_de_limpeza_e_fiscalizacao_ambiental_40_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_-_adilson_tavares_-_mutirao_de_limpeza_e_fiscalizacao_ambiental_40_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Meio Ambiente e Sustentabilidade, a necessidade de realização de um mutirão de limpeza e fiscalização ambiental no Bairro Cidade Jardim. Moradores relatam que áreas do bairro têm sido usadas como depósito_x000D_
 irregular de lixo, com descarte inadequado de resíduos e animais mortos, agravando problemas sanitários, gerando mau cheiro e atraindo vetores de doenças. Além disso, lotes com mato alto contribuem para a proliferação de insetos e animais peçonhentos, comprometendo a segurança da comunidade.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_041_-_hiago_teles_-_instalacao_de_cabine_no_ponto_de_onibus_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_041_-_hiago_teles_-_instalacao_de_cabine_no_ponto_de_onibus_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a instalação de cabines nos pontos de paradas de ônibus na Avenida Presidente Vargas e na Rua do Orvalho, esquina com a Av. Presidente Vargas, ambos localizados no bairro São José.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_042_-_hiago_teles_-_instalacao_de_faixa_de_pedestres_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_042_-_hiago_teles_-_instalacao_de_faixa_de_pedestres_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a instalação de faixas de pedestres ao longo de toda a Avenida Presidente Vargas, que interliga os bairros Nova Barra, São José e Vila Maria, bem como a instalação de faixa de pedestre no Anel Viário, que faz a ligação com a Av. Presidente Vargas.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3779/indicacao_043_-_hiago_teles_-_instalacao_de_passarela_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3779/indicacao_043_-_hiago_teles_-_instalacao_de_passarela_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia para a Secretaria de Desenvolvimento Urbano e Sustentável, a instalação de passarelas cimentadas ao longo de toda a Avenida Presidente Vargas, que interliga os bairros Nova Barra, São José e Vila Maria, visando oferecer um espaço adequado para caminhada. Além disso, recomenda-se a implantação de arbustos, bancos e postes de iluminação ao longo das passarelas, proporcionando mais conforto, segurança e qualidade de vida aos pedestres.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3780/indicacao_044_-_hiago_teles_-_instalacao_de_quebra-molas_duque_de_caxias_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3780/indicacao_044_-_hiago_teles_-_instalacao_de_quebra-molas_duque_de_caxias_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura e Transportes (DNIT) com cópia à Secretaria Municipal de Infraestrutura e Serviços, a instalação de 4 (quatro) quebra-molas, com antecedência de 100 metros da rotatória na Av. Duque de Caxias (Rodovia do Anel Viário), Setor Nova Barra.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3781/indicacao_045_-_hiago_teles_-_instalacao_de_quebra-molas_presidente_vargas_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3781/indicacao_045_-_hiago_teles_-_instalacao_de_quebra-molas_presidente_vargas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a instalação de um quebra-molas na Avenida Presidente Vargas, em ambos os lados, 50 metros antes de chegar à Av. Duque de Caxias (Rodovia do Anel Viário).</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3782/indicacao_-_maria_silvania_-_playground_matriz_46.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3782/indicacao_-_maria_silvania_-_playground_matriz_46.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia a Infraestrutura e Serviços, a instalação de um novo playground na praça da Matriz, localizada na Rua Antônio Cristino Cortes, esquina com a Rua José Pedro, s/n, Bairro Cidade Velha, Barra do Garças - MT.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3783/indicacao_047_-_hiago_teles_-_criacao_de_projeto_para_reducao_de_impostos_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3783/indicacao_047_-_hiago_teles_-_criacao_de_projeto_para_reducao_de_impostos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de envio de um Projeto de Lei à Câmara Municipal, dispondo sobre a concessão de isenção e redução temporária de tributos municipais para empresas estabelecidas no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3784/indicacao_048_-_hiago_teles_-_educacao_financeira_e_empreendedorismo_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3784/indicacao_048_-_hiago_teles_-_educacao_financeira_e_empreendedorismo_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação, Esporte e Lazer, a necessidade de implementar as disciplinas de Educação Financeira e Empreendedorismo na grade curricular das escolas municipais de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3785/indicacao_049_-_hiago_teles_-_instalacao_de_postes_de_iluminacao_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3785/indicacao_049_-_hiago_teles_-_instalacao_de_postes_de_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a instalação de iluminação pública nos postes da Rua Brilhante, no Bairro Nova Barra.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Armando Alves Brito</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3786/indicacao_050-_armando_brito_-_aparelhos_de_informatica.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3786/indicacao_050-_armando_brito_-_aparelhos_de_informatica.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário Municipal de Administração, a aquisição de novos equipamentos de informática para atender à Coordenação de Vigilância Epidemiológica, em virtude da defasagem e obsolescência dos aparelhos atualmente em uso.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3787/indicacao_051_-_armando_brito_-_tampa_de_bueiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3787/indicacao_051_-_armando_brito_-_tampa_de_bueiro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização da tampa de um bueiro que se encontra aberto na Rua Joaninha Acena da Silva, Bairro Anchieta, próximo ao número 101.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Bianca Sousa de Freitas Almeida</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3788/indicacao_052_-_bianca_freitas_-_asfaltamento_ouro_fino_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3788/indicacao_052_-_bianca_freitas_-_asfaltamento_ouro_fino_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário de Infraestrutura e Serviços, a adoção de providências imediatas para o asfaltamento da Rua 32, localizada no bairro Jardim Ouro Fino, nesta cidade.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3789/indicacao_053_-_dr._neto_-_asfaltamento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3789/indicacao_053_-_dr._neto_-_asfaltamento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável, a pavimentação asfáltica de aproximadamente 100 metros no final da Rua Manoel Ferreira da Luz, localizada nos fundos do Fórum, no Bairro Sena Marques.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3790/indicacao_054_-_dr._neto_-_equoterapia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3790/indicacao_054_-_dr._neto_-_equoterapia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Saúde, o retorno do serviço de equoterapia no município de Barra do Garças, considerando sua importância no tratamento e reabilitação de pessoas com deficiência e outras condições que afetam o desenvolvimento motor e cognitivo.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3791/indicacao_055_-_dr._neto_-_ultrassom.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3791/indicacao_055_-_dr._neto_-_ultrassom.pdf</t>
   </si>
   <si>
     <t>Indica à Chefe do Poder Executivo Municipal, com cópia à Secretaria de Saúde, a aquisição de um novo equipamento de ultrassom para o município de Barra do Garças.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3794/indicacao_056_-_jaime_neto_-_tapar_buracos_cohab_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3794/indicacao_056_-_jaime_neto_-_tapar_buracos_cohab_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria de Infraestrutura e Serviços, a viabilidade de tapar os inúmeros buracos localizados na Rua_x000D_
 Cícero Pereira de Oliveira, Bairro Cohab.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3797/indicacao_057_-_paulo_raye_-_abel_lira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3797/indicacao_057_-_paulo_raye_-_abel_lira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a viabilidade de implantação de_x000D_
 pavimentação asfáltica na Rua 32, Bairro Abel Lira.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3798/indicacao_058_-_paulo_raye_-_jardim_amazonia_ii.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3798/indicacao_058_-_paulo_raye_-_jardim_amazonia_ii.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria Municipal de Infraestrutura e Serviços (SMIS), a viabilidade de implantação de pavimentação asfáltica na Rua Piauí, Bairro Jardim Amazônia II.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3799/indicacao_059_-_paulo_raye_-_praca_jardim_das_mangueiras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3799/indicacao_059_-_paulo_raye_-_praca_jardim_das_mangueiras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria de Educação, Esporte e Lazer, a realização de um estudo de viabilidade para a implementação de uma praça pública poliesportiva no Bairro Jardim das Mangueiras.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_060_-_paulo_raye_-_protecao_de_encosta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_060_-_paulo_raye_-_protecao_de_encosta.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, a viabilidade para implantação de proteção de_x000D_
 encosta em todas as áreas de risco do Bairro União.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_061_-_adilson_tavares_-_assentamento_passa_20_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_061_-_adilson_tavares_-_assentamento_passa_20_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Desenvolvimento Econômico, na pessoa do Secretário José Bispo dos Santos, e à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade urgente de uma ação conjunta entre as referidas pastas para a abertura e manutenção das vias principais do Assentamento Passa 20, que recentemente recebeu a entrega oficial de 270 lotes.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_062_-_adilson_tavares_-_ploriferacao_de_mosquitos_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_062_-_adilson_tavares_-_ploriferacao_de_mosquitos_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Meio Ambiente e Sustentabilidade, a necessidade urgente de intensificar as ações de combate à proliferação de mosquitos transmissores de doenças, especialmente leishmaniose e dengue, nos bairros São José, Palmares e em toda a região do Nova Barra.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_063-_alex_matos_-_bueiro_vazando.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_063-_alex_matos_-_bueiro_vazando.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, em atendimento à solicitação dos funcionários da Unopar, a manutenção de um bueiro que está vazando constantemente com as chuvas na Rua Guadiato Mendes de Souza, nº 1295, Setor Dermat, próximo à Unopar.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_064_-_alex_matos_-_faixa_de_pedestres_av._salome_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_064_-_alex_matos_-_faixa_de_pedestres_av._salome_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a revitalização das faixas de pedestres em frente ao Ganha Tempo, localizado na Av. Salomé José Rodrigues, no Centro.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_065_-_alex_matos_-_praca_sebastiao_junior.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_065_-_alex_matos_-_praca_sebastiao_junior.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a revitalização da Praça Sebastião Júnior, localizada no cruzamento da Av. Ministro João Alberto com a Rua Mato Grosso e a Rua XV de Novembro, para a realização de atividades culturais e oficinas comunitárias.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3806/indicacao_066-_alex_matos_-_quebra-molas_jardim_mariano.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3806/indicacao_066-_alex_matos_-_quebra-molas_jardim_mariano.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização de estudo de viabilidade para a instalação de dois quebra-molas na Rua Borges, nº 599, Bairro Jardim Mariano.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_067_-_alex_matos_-_recapeamento_r._cicero.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_067_-_alex_matos_-_recapeamento_r._cicero.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, em atendimento à solicitação do senhor Leonardo Cunha Lima, o recapeamento asfáltico da Rua Cícero Pereira de Oliveira, localizada no Bairro Jardim Rainha de Fátima (Cohab), especialmente no trecho correspondente à Qd. 6, Lt. 05, considerando a grande quantidade de buracos e desníveis que comprometem a trafegabilidade e a segurança dos munícipes.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3808/indicacao_068-_armando_brito_-_compensacao_de_horas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3808/indicacao_068-_armando_brito_-_compensacao_de_horas.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e ao Secretário Municipal de Turismo que, considerando as recentes mudanças na folha de pagamento dos servidores do Parque das Águas Quentes e a retirada das horas extras de suas remunerações, seja realizada a devida complementação das horas extras suprimidas, de forma a garantir um pagamento justo aos trabalhadores que atuam sob condições que exigem tal compensação.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3809/indicacao_069-_jaime_neto_-_alteracao_do_fluxo_rua_cuiaba_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3809/indicacao_069-_jaime_neto_-_alteracao_do_fluxo_rua_cuiaba_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Urbanismo, a necessidade de alteração do fluxo da Rua Cuiabá, tornando-a mão única no sentido Rua Gabriel Ferreira → Rua Cuiabá → Rua Abel Lira, visando à organização do trânsito e à redução do risco de acidentes.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Elton Melo Marques</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_070_-_elton_-_estacionamento_diagonal_av._amazonia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_070_-_elton_-_estacionamento_diagonal_av._amazonia.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) e ao Departamento Municipal de Trânsito, a realização de estudos técnicos para viabilizar a implantação de estacionamento diagonal no canteiro central da Avenida Amazônia, prioritariamente em áreas com grande fluxo comercial e que apresentem necessidade de organização e otimização do espaço público.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_071_-_elton_-_faixa_elevada_rua_alpes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_071_-_elton_-_faixa_elevada_rua_alpes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS), a implantação de uma faixa de pedestres elevada em frente à Arena de Vôlei, localizada na Rua Alpes, no Bairro Sena Marques.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_072_-_elton_-_fios_soltos_e_bambos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_072_-_elton_-_fios_soltos_e_bambos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que promova, em conjunto com as empresas concessionárias de energia elétrica, telecomunicações e internet, como a JWL (empresa responsável pela instalação de fios para a Inforbarra), a realização de um levantamento em toda a cidade para identificar fios soltos ou bambos. Após a identificação, solicita-se a devida manutenção, remoção ou substituição dos cabos que apresentem riscos à população ou causem obstrução nas vias públicas.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_073_-_elton_-_guarda_municipal_praca_da_matriz.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_073_-_elton_-_guarda_municipal_praca_da_matriz.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a necessidade urgente de designar um guarda municipal para atuar na Praça da Matriz, garantindo maior segurança aos frequentadores do local.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_074_-_elton_-_policia_na_porta_das_escolas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_074_-_elton_-_policia_na_porta_das_escolas.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Educação, a necessidade urgente de disponibilizar policiamento ostensivo nas portas das escolas situadas em locais com alto fluxo de trânsito na região central de Barra do Garças.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_075_-_elton_-_praca_jardim_araguaia_rainha_e_fatima_e_varjao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_075_-_elton_-_praca_jardim_araguaia_rainha_e_fatima_e_varjao.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS), a construção de uma praça com um parque infantil e uma academia ao ar livre para a população dos bairros Jardim Araguaia, Rainha de Fátima e Vila Varjão.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_076_-_elton_-_remocao_de_quebra-molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_076_-_elton_-_remocao_de_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária de Infraestrutura e Serviços, com cópia à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, a remoção do quebra-molas localizado nas proximidades do lote 736, quadra 525, Rua Diacuí, no Bairro Jardim Nova Barra Sul, em razão dos transtornos causados aos moradores. Durante o período chuvoso, o quebra-molas faz com que a enchente transborde para a residência do morador e de sua empresa (marmoraria). A pavimentação desse trecho é essencial para melhorar o acesso e garantir maior segurança e qualidade de vida.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3829/indicacao_077_-_alex_matos_-_demarcacao_de_estacionamento_de_motocicletas_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3829/indicacao_077_-_alex_matos_-_demarcacao_de_estacionamento_de_motocicletas_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura de Transportes (DNIT), com cópia à Secretaria Municipal de Infraestrutura e Serviços, a demarcação de vagas específicas para o estacionamento de motocicletas no perímetro urbano da área central da cidade, a fim de organizar o estacionamento de motos, que atualmente ocorre de maneira desordenada, inclusive em locais não destinados a esse fim.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3830/indicacao_078-_alex_matos_-_horario_para_limpeza_das_ruas_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3830/indicacao_078-_alex_matos_-_horario_para_limpeza_das_ruas_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Concessionária de Serviços Públicos Clean Master Ambiental Unipessoal Ltda., que a limpeza das ruas na área central da cidade seja realizada até as 7h30min da manhã, visto que o estacionamento de veículos após esse horário, prejudica a execução adequada do serviço.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3831/indicacao_079-_alex_matos_-_manutencao_asfaltica_av._gabriel_ferreira_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3831/indicacao_079-_alex_matos_-_manutencao_asfaltica_av._gabriel_ferreira_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a necessidade de realização de manutenção asfáltica na Avenida Gabriel Ferreira, no trecho correspondente ao cruzamento com a Rua Domingos Mariano, em virtude da presença de duas rachaduras significativas na via.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3832/indicacao_080-_alex_matos_-_pl_resolucao_de_conflitos_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3832/indicacao_080-_alex_matos_-_pl_resolucao_de_conflitos_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação de uma lei que institua a Política de Prevenção e Resolução de Conflitos na Rede Municipal de Educação de Barra do Garças/MT, bem como a implementação do Centro Municipal de Mediação.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3833/indicacao_081-_alex_matos_-_volei_nas_escolas_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3833/indicacao_081-_alex_matos_-_volei_nas_escolas_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação, Esporte e Lazer, a disponibilização de horários fixos nas quadras das escolas Dom Bosco, Elza Rodrigues, Delice Farias e no Ginásio do Santo Antônio para a Comunidade Amigos do Vôlei, em razão do Projeto Infantojuvenil de Vôlei nas Escolas.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3834/indicacao_082-_alex_matos_-_liberacao_de_entrada_carros_aguas_quentes_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3834/indicacao_082-_alex_matos_-_liberacao_de_entrada_carros_aguas_quentes_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Parque das Águas Quentes, com cópia à Secretaria de Cultura e Turismo e à Secretaria de Inclusão e Assistência Social, em atendimento a solicitação de Gleide Assunção Feitosa, a liberação da entrada de veículos para a retirada de pessoas idosas e pessoas com deficiência, especialmente cadeirantes, das dependências do local.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3836/indicacao_083-_elton_-_limpeza_e_tapa-buraco_abel_lira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3836/indicacao_083-_elton_-_limpeza_e_tapa-buraco_abel_lira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente da realização de serviços de limpeza urbana e operação tapa-buracos no bairro Abel Lira.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3837/indicacao_084-_elton_-_placas_de_sinalizacao_cidade_jardim.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3837/indicacao_084-_elton_-_placas_de_sinalizacao_cidade_jardim.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente da instalação de placas de sinalização no bairro Cidade Jardim.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3838/indicacao_085-_elton_-_poda_de_galhos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3838/indicacao_085-_elton_-_poda_de_galhos.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria de Infraestrutura e Serviços, para que responda a esta Casa de Leis, dentro do prazo legal, com informações sobre a intenção, perspectiva e planejamento para a pavimentação asfáltica da Rua Elviro B. dos Santos, localizada no Bairro Sena Marques, também conhecido como Zeca Ribeiro, bem como sobre a implantação de faixas elevadas para a travessia de pedestres em frente à Arena Evolution. Além disso, solicita-se a implantação de faixas elevadas na Avenida Otacílio José dos Santos, localizada no Bairro Jardim Toledo.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3839/indicacao_086-_jaime_neto_-_construcao_de_ponte_ou_aduela_corrego_fundo_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3839/indicacao_086-_jaime_neto_-_construcao_de_ponte_ou_aduela_corrego_fundo_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de construção de uma ponte ou aduela no Córrego Fundo, visando dar continuidade à Rua Francisco Lira (Rua do Fórum) e possibilitar o acesso aos bairros São Conrado e Toledo.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3840/indicacao_087-_jaime_neto_-_fechamento_de_acesso_e_rotatoria_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3840/indicacao_087-_jaime_neto_-_fechamento_de_acesso_e_rotatoria_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de fechamento de acesso e criação de uma rotatória na Avenida Pedro F. Deo.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3841/indicacao_088_-_jaime_neto_-_mao_dupla_rua_xv_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3841/indicacao_088_-_jaime_neto_-_mao_dupla_rua_xv_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de tornar mão dupla o trecho da Rua XV de Novembro, entre a Rua dos Garimpeiros e a Rua Liberdade.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3842/indicacao_089_-_jaime_neto_-_tapa-buraco_rua_cuiaba_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3842/indicacao_089_-_jaime_neto_-_tapa-buraco_rua_cuiaba_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a realização de operação tapa-buracos na Rua Cuiabá, Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3843/indicacao_090_-_ronair-_projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3843/indicacao_090_-_ronair-_projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a necessidade de encaminhamento de um Projeto de Lei Complementar para alterar o art. 34 da Lei_x000D_
 Complementar nº 3, de 4 de dezembro de 1991, com a inserção do inciso VII, conforme especificado no Projeto de Lei anexo.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_091-_adilson_tavares_-_quebra-molas_av._principal_1_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_091-_adilson_tavares_-_quebra-molas_av._principal_1_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a implantação urgente de quebra-molas na Avenida Principal 1, esquina com a Rua W-31, divisa entre o Setor Tamburi e o Jardim Ouro Fino.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_092-_adilson_tavares_-_semaforo_av._salome_jose_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_092-_adilson_tavares_-_semaforo_av._salome_jose_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a realização de um estudo técnico para avaliar a viabilidade da implantação de um semáforo no cruzamento da Avenida Salomé José Rodrigues com a Rua Waldir Rabelo, conforme detalhado no anexo.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3867/indicacao_093-_dr._neto_-_ar_condicionado_pronto_socorro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3867/indicacao_093-_dr._neto_-_ar_condicionado_pronto_socorro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde, com cópia ao Chefe do Poder Executivo Municipal, a necessidade de manutenção dos aparelhos de ar-condicionado do Pronto-Socorro Municipal Milton Pessoa Morbeck, bem como a aquisição de novos equipamentos.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3868/indicacao_094-_jaime_neto_-_3_ambulancias_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3868/indicacao_094-_jaime_neto_-_3_ambulancias_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretária Municipal de Saúde, a necessidade de aquisição de três ambulâncias para o município de Barra do Garças, visando a melhoria da prestação de serviços de saúde e emergência médica à população.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Armando Alves Brito, Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_095-_jaime_neto_e_armando-_medida_de_seguranca_ufmt_ofc_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_095-_jaime_neto_e_armando-_medida_de_seguranca_ufmt_ofc_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de adoção de medidas para a melhoria da segurança no trânsito em frente à Universidade Federal de Mato Grosso (UFMT), campus de Barra do Garças.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3870/indicacao_096-_jaime_neto_-_quebra-mola_rua_miralda_alves_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3870/indicacao_096-_jaime_neto_-_quebra-mola_rua_miralda_alves_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a necessidade de instalação de quebra-molas na Rua Miralda Alves, no Bairro Jardim Paraíso, visando garantir a segurança dos moradores, especialmente crianças e animais de estimação que circulam na área.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3871/indicacao_097-_maria_silvania_-_uti_neo_natal_-_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3871/indicacao_097-_maria_silvania_-_uti_neo_natal_-_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável e a Secretaria de Planejamento e Finanças, solicitação para estudar a viabilidade orçamentária para implantação da UTI Neonatal no Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck. Caso não seja possível a construção no Pronto Socorro, que seja feito um levantamento do tamanho da área necessária e orçamento para construção e implantação do mesmo.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_098-_alex_matos_-_atendimento_pediatrico_24h.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_098-_alex_matos_-_atendimento_pediatrico_24h.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde, a implementação de atendimento pediátrico até às 24 horas nas policlínicas do município, garantindo acesso contínuo e de qualidade aos serviços de saúde para as crianças da cidade.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_099-_alex_matos_-_demandas_bairro_recanto_das_acacias.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_099-_alex_matos_-_demandas_bairro_recanto_das_acacias.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Administração, à Secretaria de Saúde, à Secretaria de Educação, Esporte e Lazer e à Secretaria de Infraestrutura e Serviços, a adoção de medidas para atender às demandas da população do Bairro Recanto das Acácias, visando à melhoria da qualidade de vida da comunidade.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_100-_alex_matos_-_estatuto_da_primeira_infancia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_100-_alex_matos_-_estatuto_da_primeira_infancia.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Inclusão e Assistência Social, criação de regulamentação municipal para aplicação e efetivação das diretrizes do Estatuto da Primeira Infância - Lei Federal nº 13.257, de 8 de março de 2016.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_101-_bianca_freitas_-_barra_luz_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_101-_bianca_freitas_-_barra_luz_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à concessionária de serviços, Barra Luz Ltda., a solicitação de providências imediatas para a iluminação pública da Rua Serra Dourada, nº 631, localizada no Bairro São José, nesta cidade.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_102-_dr._neto_-_ampliacao_de_estacionamento_ina.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_102-_dr._neto_-_ampliacao_de_estacionamento_ina.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a ampliação do estacionamento destinado a ambulâncias no Instituto Nacional de Assistência (INA), próximo ao Clube Balneário Peixinho.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_103-_dr._neto_-_limpeza_de_lotes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_103-_dr._neto_-_limpeza_de_lotes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente, a realização de limpeza nos seguintes lotes: Rua 11, Quadra 18 – Bairro Jardim Toledo e Rua 3, Quadra 18 – Bairro São Conrado.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_104-_dr._neto_-_mutirao_de_limpeza_distritos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_104-_dr._neto_-_mutirao_de_limpeza_distritos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade, a realização de um mutirão de limpeza nos distritos de Vale dos Sonhos e Indianópolis.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_105-_dr._neto_-_via_de_mao_unica_rua_cuiaba.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_105-_dr._neto_-_via_de_mao_unica_rua_cuiaba.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização de um estudo técnico para a viabilidade de transformar a Rua Cuiabá, no Bairro Santo Antônio, em mão única.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3890/indicacao_106-_hiago_teles_-_digitalizacao_dos_processos_administrativos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3890/indicacao_106-_hiago_teles_-_digitalizacao_dos_processos_administrativos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a implantação e manutenção de um sistema digital para a solicitação, tramitação, análise e emissão de alvarás, licenças e demais serviços administrativos relacionados às empresas do município, integrado ao site oficial da Prefeitura de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3891/indicacao_107-_hiago_teles_-_pavimentacao_asfaltica_loteamento_cidade_universitaria.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3891/indicacao_107-_hiago_teles_-_pavimentacao_asfaltica_loteamento_cidade_universitaria.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a instalação de pavimentação asfáltica no Loteamento Cidade Universitária, visando proporcionar melhores condições de mobilidade e qualidade de vida para os moradores da região.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3892/indicacao_108-_hiago_teles_-_pavimentacao_asfaltica_r._nossa_senhora.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3892/indicacao_108-_hiago_teles_-_pavimentacao_asfaltica_r._nossa_senhora.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a pavimentação asfáltica da Rua Nossa Senhora Aparecida, no Setor Nova Barra Sul, por ser de extrema importância para garantir a segurança e o conforto dos moradores da região.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3893/indicacao_109-_hiago_teles_-_quebra-mola_rua_borge.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3893/indicacao_109-_hiago_teles_-_quebra-mola_rua_borge.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a implantação de um quebra-molas na Rua Borge, Bairro Amazônia, próximo à Clinad, objetivando reduzir a velocidade dos veículos que descem a ladeira da Rua Borge, bem como prevenir acidentes de trânsito.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3894/indicacao_110-_hiago_teles_-_semaforo_rua_mato_grosso_e_carlos_gomes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3894/indicacao_110-_hiago_teles_-_semaforo_rua_mato_grosso_e_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a implantação de um semáforo na esquina da Rua Mato Grosso com a Rua Carlos Gomes, objetivando reduzir a velocidade dos veículos que trafegam na Rua Mato Grosso, bem como prevenir acidentes de trânsito.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3895/indicacao_111-_armando_brito_-_quebra-mola_rua_liberdade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3895/indicacao_111-_armando_brito_-_quebra-mola_rua_liberdade.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a instalação de um quebra-molas ou redutor de velocidade na Rua Liberdade, próximo ao número 1035.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3896/indicacao_112-_armando_brito_-_recuperacao_asfaltica_rainha_de_fatima.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3896/indicacao_112-_armando_brito_-_recuperacao_asfaltica_rainha_de_fatima.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a realização de obras de recuperação asfáltica no Bairro Rainha de Fátima, no município de Barra do Garças – MT, diante da precariedade das vias, solicitando a adoção de medidas urgentes para solucionar esse problema, que compromete diretamente a qualidade de vida dos moradores e de todos que transitam pela região.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_113-_elton_-_quebra_molas_cidade_jardim.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_113-_elton_-_quebra_molas_cidade_jardim.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, a necessidade da implantação de um quebra-molas na Avenida 2, em frente à Quadra 34, na esquina da Casa 1, onde há a marcação da parada de ônibus, no Bairro Cidade Jardim, atendendo a pedidos da comunidade local.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_114-_elton_-_quebra_molas_jardim_dos_ipes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_114-_elton_-_quebra_molas_jardim_dos_ipes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, a necessidade da implantação de um quebra-molas na Rua Dom Cavalcante, esquina com a Rua B-11, no Bairro Jardim dos Ipês, atendendo a pedidos da comunidade local.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_115-_alex_matos_-_manutencao_quebra_molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_115-_alex_matos_-_manutencao_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização de manutenção no quebra-molas localizado na Rua Liberdade, antes da Rua Carajás, em frente ao depósito da prefeitura, nas proximidades do estabelecimento conhecido como "Cebolinha", visto que se encontra desnivelado, causando impacto na parte inferior dos veículos.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_116-_alex_matos_-_manutencao_semaforos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_116-_alex_matos_-_manutencao_semaforos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a realização de manutenção nos semáforos localizados no cruzamento da Rua dos Garimpeiros com a Avenida José dos Santos, bem como no cruzamento da Rua Moreira Cabral com a Avenida Antônio Cortes (Avenida do UniCathedral), os quais estão abrindo simultaneamente nas vias paralelas, podendo ocasionar colisões nas conversões.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3929/indicacao_117-_alex_matos_-_quebra-molas_rua_xibiu.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3929/indicacao_117-_alex_matos_-_quebra-molas_rua_xibiu.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, em atendimento a solicitação do senhor Wenis da Silva Leal, a instalação de quebra-molas na Rua Xibiu, no Jardim Nova Barra, que dá acesso ao Clube da Polícia Militar, tendo em vista a ausência de lombadas e o fato de ser uma rua de grande circulação familiar, com muitas crianças.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_118-_alex_matos_-_recadastramento_sus.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_118-_alex_matos_-_recadastramento_sus.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde, o recadastramento dos usuários do SUS de Barra do Garças - MT, visto que existem incoerências entre o número de cadastrados e a população do município.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_119-_elton-_construcao_de_uma_ponte_passo_vente.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_119-_elton-_construcao_de_uma_ponte_passo_vente.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) a adoção das devidas providências para a construção de uma nova ponte no Assentamento Passa Vinte, em substituição à estrutura que desabou recentemente.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3931/indicacao_120-_alex_matos_-_modificacao_pccs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3931/indicacao_120-_alex_matos_-_modificacao_pccs.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Administração, conforme consta no rol de suas competências, a solicitação para alteração do critério de progressão de carreira por titulação, previsto no art. 6º, inciso I, alínea "d", da Lei Complementar nº 96, de 9 de junho de 2006, com a substituição das exigências de mestrado e doutorado por 2 (duas) pós graduações lato sensu.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_121-_adilson_tavares_-_limpeza_urbana_sao_jose_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_121-_adilson_tavares_-_limpeza_urbana_sao_jose_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de limpeza urbana em todas as ruas do Bairro São José, visando melhorar a qualidade de vida da população local e evitar problemas como acúmulo de lixo, proliferação de insetos e animais peçonhentos.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_122-_adilson_tavares_-_quebra-molas_rua_diamante_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_122-_adilson_tavares_-_quebra-molas_rua_diamante_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de estudo técnico para a implementação de quebra-molas na Rua Diamante, QD 173, LT 3056, visando à segurança dos moradores e à redução da velocidade dos veículos, que circulam em alta velocidade, inclusive carretas.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3933/indicacao_123-_dr._neto_-_limpeza_rua_mauricio_zampa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3933/indicacao_123-_dr._neto_-_limpeza_rua_mauricio_zampa.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade, a realização de limpeza na Rua José Maurício Zampa, no Loteamento BR-070, em razão do acúmulo de vegetação e sujeira, que tem prejudicado a visibilidade dos motoristas e colocando em risco a segurança no trânsito.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3934/indicacao_124-_dr._neto_-_sinalizacao_coopema.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3934/indicacao_124-_dr._neto_-_sinalizacao_coopema.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, que sejam tomadas as providências necessárias para a pintura e implantação de sinalização vertical e horizontal nas ruas do entorno da Escola Interativa Coopema, sendo elas: Rua Independência, Rua Manoel Ferreira, Rua São Sebastião e Avenida Antônio F. Cortês.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3935/indicacao_125-_hiago_teles_-_ambulancia_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3935/indicacao_125-_hiago_teles_-_ambulancia_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, que sejam tomadas as providências necessárias, com urgência, para a disponibilização de uma ambulância ao Distrito de Indianópolis, garantindo atendimento rápido e eficiente aos moradores em casos de emergência médica.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_126-_hiago_teles_-_nome_oficial_das_ruas_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_126-_hiago_teles_-_nome_oficial_das_ruas_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, que sejam tomadas as providências necessárias visando à nomeação oficial de todas as ruas do Distrito de Indianópolis, com a devida instalação de placas indicativas.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_127-_hiago_teles_-_quebra-molas_br_158_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_127-_hiago_teles_-_quebra-molas_br_158_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a instalação de dois quebra-molas na Rua BR-158, antes e depois da Escola Estadual Heronídes Araújo, no Distrito de Indianópolis.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_128-_hiago_teles_-_rocagem_do_mato_av._principal_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_128-_hiago_teles_-_rocagem_do_mato_av._principal_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, que sejam tomadas as providências necessárias visando à roçagem do mato nas duas pistas da avenida principal do Distrito de Indianópolis, uma vez que o excesso de vegetação tem comprometido a visibilidade dos motoristas e colocado em risco a segurança viária.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_129-_hiago_teles_-_semaforo_amaro_leite_e_xavante_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_129-_hiago_teles_-_semaforo_amaro_leite_e_xavante_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, que sejam tomadas as providências necessárias, com urgência, para a instalação de um semáforo no cruzamento da Rua Amaro Leite com a Rua Xavante, em razão do alto número de acidentes registrados nesse local.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_130-_hiago_teles_-_sinal_telefonico_e_internet_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_130-_hiago_teles_-_sinal_telefonico_e_internet_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à empresa CLARO S.A., que sejam adotadas as providências necessárias para a implantação de sinal de telefonia móvel e internet no Distrito de Indianópolis.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_131-_hiago_teles_-_transporte_escolar_rural_indianopolis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_131-_hiago_teles_-_transporte_escolar_rural_indianopolis_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, Esporte e Lazer, que sejam tomadas as providências necessárias, com urgência, para a designação de monitores para acompanhar o transporte escolar rural no Distrito de Indianópolis, especialmente nos ônibus que realizam o trajeto até as fazendas.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3932/indicacao_132-_ze_gota_-_faixa_de_pedestre_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3932/indicacao_132-_ze_gota_-_faixa_de_pedestre_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a solicitação de uma faixa de pedestre em frente às novas instalações da academia Top Team, localizada na Avenida Atílio Fontana, Jardim Mangueiras.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3960/indicacao_133_asfaltica_-_projeto_tapa_buraco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3960/indicacao_133_asfaltica_-_projeto_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a realização de operação tapa-buracos no Loteamento Solar Ville, onde diversas ruas apresentam crateras que dificultam significativamente a locomoção de veículos.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3961/indicacao_134_asfaltica_-_projeto_tapa_buraco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3961/indicacao_134_asfaltica_-_projeto_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a realização de operação tapa-buracos na Rua dos Salesianos, no bairro Jardim das Garças, CEP 78.600-060, em frente à Vet Center.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_135-_dr._neto_-_caps_i.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_135-_dr._neto_-_caps_i.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a criação de um Centro de Atenção Psicossocial Infantil (CAPS i) no município de Barra do Garças.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3953/indicacao_136-_alex_matos_-_placas_de_pare.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3953/indicacao_136-_alex_matos_-_placas_de_pare.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a instalação de duas placas de “Pare”, sendo uma na rua que dá acesso à Cachoeira do Recanto, antes do Condomínio Parque da Serra, e outra no início da pista de caminhada da Avenida Margarida Afonso de Oliveira, considerando que a falta de sinalização nesses pontos tem resultado em acidentes, localização do trecho em anexo.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3954/indicacao_137-_alex_matos_-_rotas_de_onibus.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3954/indicacao_137-_alex_matos_-_rotas_de_onibus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Educação, Esporte e Lazer, a inclusão de rotas de transporte escolar para atendimento dos estudantes do IFMT – Campus Barra do Garças, garantindo acesso adequado à instituição.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3963/indicacao_138-_bianca_freitas_-_dnit_e_sec._infraestrutura_sinalizacao_-_assinatura.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3963/indicacao_138-_bianca_freitas_-_dnit_e_sec._infraestrutura_sinalizacao_-_assinatura.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura de Transportes (DNIT), com cópia à Secretaria Municipal de Infraestrutura e Serviços, a instalação de sinalização viária, incluindo faixas de pedestres, semáforos e/ou lombadas, na Avenida Jaime Campos e na Avenida Perimetral, localizadas na BR-070, no município de Barra do Garças-MT, em razão da ausência de locais adequados para a travessia de pedestres.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3964/indicacao_139-_bianca_freitas_-_rua_travessa_voluntarios_da_patria_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3964/indicacao_139-_bianca_freitas_-_rua_travessa_voluntarios_da_patria_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à empresa Barra Luz Ltda. a necessidade de providências imediatas para a manutenção da iluminação pública na Rua Travessa Voluntários da Pátria, localizada no Centro desta cidade, especificamente no Poste nº 115.0.010.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_140-_elton-_quebra-molas_e_faixa_de_pedestre_creche_dom_geralda.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_140-_elton-_quebra-molas_e_faixa_de_pedestre_creche_dom_geralda.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) a implantação de um quebra-molas e a pintura da faixa de pedestres na Avenida Atílio Fontana, nas proximidades da Creche Dom Geralda.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3962/indicacao_141_asfaltica_-_projeto_tapa_buraco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3962/indicacao_141_asfaltica_-_projeto_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a execução do projeto tapa-buracos para a pavimentação asfáltica na Rua RJ, Centro, CEP 78.600-000, ao lado da empresa Águas de Barra do Garças. Além disso, conforme demonstrado na foto anexa, há inúmeros tubos de concreto no local, dificultando significativamente a passagem de veículos.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3974/indicacao_142-_ze_gota_-_quebra-molas_e_sinalizacao_gaspar_dutra_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3974/indicacao_142-_ze_gota_-_quebra-molas_e_sinalizacao_gaspar_dutra_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a necessidade de implantação de quebra-molas e sinalização adequada nas proximidades da Escola Estadual Eurico Gaspar Dutra, com o objetivo de garantir a segurança dos alunos e pedestres.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_143-_alex_matos_-_cobertura_ponto_de_moto_taxi.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_143-_alex_matos_-_cobertura_ponto_de_moto_taxi.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a realização de uma cobertura para o ponto de mototáxi localizado na Avenida Presidente Vargas, no Centro, nas proximidades da Sala Vip da Xavante e da Gelatto Sorvetes.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_144-_alex_matos_-_curso_observacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_144-_alex_matos_-_curso_observacao.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Turismo, com cópia à Secretaria de Cultura, a captação e realização do curso "Observação de Aves na Natureza" no município de Barra do Garças, modelo de curso já realizado em outras regiões vizinhas, como por exemplo ocorreu dia 26 e 27 de março do corrente ano em Vila Bom Jardim – Nobres MT.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_145-_dr._neto_-_acao_social.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_145-_dr._neto_-_acao_social.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Assistência Social a implementação de políticas públicas eficientes voltadas ao atendimento e acolhimento da população em situação de rua.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3980/indicacao_146-_dr._neto_-_fila_zero.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3980/indicacao_146-_dr._neto_-_fila_zero.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde a solicitação de adesão ao programa Fila Zero de Cirurgias, com o objetivo de reduzir o número de pacientes que aguardam procedimentos há meses ou até anos.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3985/indicacao_147-_jaime_neto_-_abertura_de_estradas_assentamento_passa_vinte_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3985/indicacao_147-_jaime_neto_-_abertura_de_estradas_assentamento_passa_vinte_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria de Infraestrutura e Serviços a necessidade de abertura de estradas dentro do Assentamento Passa Vinte, localizado no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3987/indicacao_148-_jaime_neto_-_cesta_basica_mensal_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3987/indicacao_148-_jaime_neto_-_cesta_basica_mensal_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, à Secretaria Municipal de Inclusão e Assistência Social e à Secretaria de Estado de Assistência Social e Cidadania, a necessidade de fornecimento de cesta básica mensal para as 272 famílias do Assentamento Passa Vinte, localizado no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3986/indicacao_149-_jaime_neto_-_fiscalizacao_estacionamento_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3986/indicacao_149-_jaime_neto_-_fiscalizacao_estacionamento_ofc.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de disponibilizar uma equipe para fiscalização e cumprimento das vagas de estacionamento de motos no quadrilátero central da cidade.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3989/indicacao_150-_jaime_neto_-_fornecimento_de_remedios_e_medicos_assentamento_passa_vinte_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3989/indicacao_150-_jaime_neto_-_fornecimento_de_remedios_e_medicos_assentamento_passa_vinte_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Saúde a necessidade de fornecimento de remédios, contratação de médicos e reforma do postinho de saúde do Assentamento Passa Vinte, localizado no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3990/indicacao_151-_jaime_neto_-_micro-onibus_assentamento_passa_vinte_ofc.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3990/indicacao_151-_jaime_neto_-_micro-onibus_assentamento_passa_vinte_ofc.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, à Secretaria Municipal de Infraestrutura e Serviços, com cópias ao INCRA, Rio Novo e Garças Tur, a necessidade de aquisição ou destinação de micro-ônibus ou linha para o Assentamento Passa Vinte, ou que passe na estrada do assentamento.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3988/indicacao_152-_jaime_neto_-_ponte_de_concreto_assentamento_passa_vinte_new.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3988/indicacao_152-_jaime_neto_-_ponte_de_concreto_assentamento_passa_vinte_new.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia aos gabinetes do Deputado Estadual de Mato Grosso Max Joel Russi, Deputado Federal Fábio Paulino Garcia e à Secretaria Municipal de Infraestrutura e Serviços, a necessidade de construção de uma ponte de concreto para o córrego do Assentamento Passa Vinte, localizado no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_153-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_153-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida_2.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços o projeto Tapa-Buraco para pavimentação asfáltica na Rua Nossa Senhora Aparecida, esquina com a Rua Esmeralda, Bairro Nova Barra, CEP 78.606-278.</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_154-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_154-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços o projeto Tapa-Buraco para pavimentação asfáltica na Rua Nossa Senhora Aparecida, esquina com a Rua Diamante, Bairro Nova Barra Sul, CEP 78.606-767.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_155-_maria_silvania_-_atualizacao_dados_sus.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_155-_maria_silvania_-_atualizacao_dados_sus.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde a realização de uma campanha voltada à atualização dos dados cadastrais do SUS, incluindo informações como endereço, número de celular, telefone fixo e demais dados pessoais.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3984/indicacao_156-_maria_silvania_-_projeto_saudavel_mente.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3984/indicacao_156-_maria_silvania_-_projeto_saudavel_mente.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde a oficialização da parceria ao Projeto “Saudável-Mente (Transformando a Saúde dos Profissionais da Saúde Pública de Barra do Garças)”, executado pela Secretaria de Saúde, e ao Projeto “Mexa-se”, realizado na Vila Olímpica, promovido pela Barra do Garças Associação de Atletismo, representada pela Vereadora Professora Maria Silvânia.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4024/indicacao_157-_adilson_tavares_-_faixa_de_pedestres_rua_independencia_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4024/indicacao_157-_adilson_tavares_-_faixa_de_pedestres_rua_independencia_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de estudo técnico para a implementação de faixas de pedestres na Rua Independência, nas proximidades do Colégio Copema, visando garantir a segurança dos pedestres, especialmente das crianças que saem da escola e precisam atravessar a via.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4023/indicacao_158-_alex_matos_-_bueiro_vazando_rua_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4023/indicacao_158-_alex_matos_-_bueiro_vazando_rua_pedro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças – _x000D_
 AGERBARRA, a realização de manutenção em um bueiro na Rua Pedro, localizada ao lado da Rua XV de Novembro, no início da bifurcação da Rua Calerinda Costa, próximo ao Gás Linda Chama, devido à existência de vazamento contínuo no local.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4025/indicacao_159-_alex_matos_-_comissao_de_saude_e_espiritualidade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4025/indicacao_159-_alex_matos_-_comissao_de_saude_e_espiritualidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Saúde, a criação de uma Comissão de Saúde e Espiritualidade, inspirada na iniciativa do Conselho Federal de Medicina (CFM), que instituiu comissão semelhante com o objetivo de aprofundar o conhecimento e a abordagem da espiritualidade na prática clínica.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4026/indicacao_160-_alex_matos_-_editais_grupos_esportivos_e_culturais.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4026/indicacao_160-_alex_matos_-_editais_grupos_esportivos_e_culturais.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Planejamento e Finanças, à Secretaria de Educação, Esporte e Lazer e à Secretaria de Cultura e Turismo, a criação de editais para fomento a grupos esportivos e culturais, visando o apoio a viagens para competições e apresentações.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4027/indicacao_161-_alex_matos_-_operacao_tapa_buraco_rua_carlos_gomes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4027/indicacao_161-_alex_matos_-_operacao_tapa_buraco_rua_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a realização de operação tapa-buracos na Rua Carlos Gomes, em frente ao imóvel número 99, próximo ao cruzamento com a Rua Independência, devido à presença de buracos que comprometem a trafegabilidade.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_162-_alex_matos_-_semaforo_cruzamento_garimpeiros_e_xv_de_novembro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_162-_alex_matos_-_semaforo_cruzamento_garimpeiros_e_xv_de_novembro.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a instalação de um semáforo no cruzamento da Rua dos Garimpeiros com a Rua XV de Novembro, aproveitando o equipamento recentemente retirado de outro local.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4039/indicacao_163-_armando_brito_-_tapa-buracos_rua_42.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4039/indicacao_163-_armando_brito_-_tapa-buracos_rua_42.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a necessidade de realização de operação tapa-buracos na Rua 42, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4040/indicacao_164-_armando_brito_-_tapa-buracos_rua_pedro_barbosa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4040/indicacao_164-_armando_brito_-_tapa-buracos_rua_pedro_barbosa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a necessidade de realização de operação tapa-buracos na Rua Pedro Barbosa, nº 292, Bairro Jardim Araguaia (antiga Cohab).</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_165-_elton_-_limpeza_rua_frei_damiao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_165-_elton_-_limpeza_rua_frei_damiao.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade urgente de limpeza na Rua Frei Damião, localizada no Bairro Novo Horizonte, onde há acúmulo de lixo às margens da via, causando transtornos à população e impactos negativos na qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_166-_elton_-_quebra_molas_grafica_gl.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_166-_elton_-_quebra_molas_grafica_gl.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) a necessidade de instalação de um quebra-molas na Rua Garimpeiros, nº 919, esquina com a Rua Carajás, em frente à Gráfica GL, no município de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_167-_elton_-_tapa_buraco_e_placa_de_pare_bnh.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_167-_elton_-_tapa_buraco_e_placa_de_pare_bnh.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) a necessidade urgente de realização de operação tapa-buracos no Bairro BNH, bem como a instalação de placa de "PARE" na rotatória.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_168-_elton_-_tapa-buraco_rua_24_ouro_fino.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_168-_elton_-_tapa-buraco_rua_24_ouro_fino.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de serviços de tapa-buracos na Rua 24, localizada no Bairro Ouro Fino, em Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4045/indicacao_169-_hiago_teles_-_banheiros_publicos_feira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4045/indicacao_169-_hiago_teles_-_banheiros_publicos_feira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Cultura e à Secretária Municipal de Infraestrutura e Serviços a construção de banheiros públicos masculinos e femininos na feira realizada na Avenida Salomé José Rodrigues às sextas-feiras ou, alternativamente, a instalação de banheiros químicos durante o funcionamento da feira.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4046/indicacao_170-_hiago_teles_-_caixas_de_som_ao_longo_da_feira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4046/indicacao_170-_hiago_teles_-_caixas_de_som_ao_longo_da_feira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Cultura a instalação de caixas de som ao longo da feira de rua realizada na Avenida Salomé José Rodrigues, às sextas-feiras, com o objetivo de promover a divulgação dos produtos e serviços oferecidos pelos feirantes.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4047/indicacao_171-_hiago_teles_-_campo_de_futebol_de_areia_zeca_ribeiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4047/indicacao_171-_hiago_teles_-_campo_de_futebol_de_areia_zeca_ribeiro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, Esporte e Lazer a necessidade de melhorias no campo de futebol de areia do Bairro Zeca Ribeiro.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_172-_hiago_teles_-_contratacao_de_medico_pediatra_para_upa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_172-_hiago_teles_-_contratacao_de_medico_pediatra_para_upa.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a necessidade urgente de contratação de um médico pediatra para atuar na Unidade de Pronto Atendimento (UPA) de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4049/indicacao_173-_hiago_teles_-_sinalizacao_viaria_adequada_av._salome_rodrigues.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4049/indicacao_173-_hiago_teles_-_sinalizacao_viaria_adequada_av._salome_rodrigues.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade urgente de implantação de sinalização viária adequada na Avenida Salomé José Rodrigues, em razão do alto número de acidentes registrados no local, visando aumentar a segurança dos pedestres que utilizam a passarela central para caminhada e reduzir a velocidade dos veículos e motocicletas que transitam pela via.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_174-_hiago_teles_-_tapa_buraco_rua_tapajos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_174-_hiago_teles_-_tapa_buraco_rua_tapajos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços a realização de operação tapa-buracos na Rua Tapajós, situada no Bairro Jerusalém.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4019/indicacao_175-_maria_silvania_-_paisagismo_solar_ville.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4019/indicacao_175-_maria_silvania_-_paisagismo_solar_ville.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, a necessidade de realização de serviço de paisagismo na praça do Bairro Solar Ville, localizada na Rua C, nº 2003, Centro Universitário, em Barra do Garças-MT, devido ao crescimento excessivo de plantas com espinhos, que têm causado ferimentos em pessoas e animais que transitam pelo local.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4021/indicacao_176-_maria_silvania_-_reducao_orla_da_praca.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4021/indicacao_176-_maria_silvania_-_reducao_orla_da_praca.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, a necessidade de redução do tamanho da orla da praça do Piracema, localizada na Rua Alameda B, nº 117, Jardim Piracema, em frente à Escola Dom Pedro II, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4041/indicacao_177-_ze_gota_-_ambulancia_toricueije.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4041/indicacao_177-_ze_gota_-_ambulancia_toricueije.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Saúde a devolução da ambulância ao Distrito de Toricueije, considerando sua grande importância para a saúde e o bem-estar da população local.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4042/indicacao_178-_ze_gota_-_reparos_rua_w6.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4042/indicacao_178-_ze_gota_-_reparos_rua_w6.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a necessidade de realização de reparos na pavimentação da Rua W6, no bairro Tamburi, e vias próximas, devido às más condições do asfalto, que comprometem a mobilidade e a segurança dos condutores e pedestres.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_179-_hiago-_semana_da_empregabilidade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_179-_hiago-_semana_da_empregabilidade.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Econômico e Secretaria Municipal de Inclusão e Assistência Social, para que sejam tomadas as providências necessárias para a criação da Semana da Empregabilidade, a ser realizada anualmente no mês de MAIO no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4084/indicacao_180-_alex_matos_-_bolsa_atleta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4084/indicacao_180-_alex_matos_-_bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Educação, Esporte e Lazer, a criação da Bolsa Atleta Barra-garcense, destinada a oferecer auxílio financeiro à atletas que representam o município em competições fora da cidade, investindo no aprimoramento de suas carreiras esportivas.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4085/indicacao_181-_alex_matos_-_bosque.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4085/indicacao_181-_alex_matos_-_bosque.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Meio Ambiente e Sustentabilidade, a criação de um bosque de ipês, contemplando todas as suas cores, preferencialmente no Parque Grimalda ou em outra localidade que melhor atender ao projeto, bem como a criação de um bosque frutífero em área apropriada no município.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4088/indicacao_182-_alex_matos_-_feira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4088/indicacao_182-_alex_matos_-_feira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Desenvolvimento Econômico, o estudo de viabilidade para a implementação de atividades de entretenimento e cultura na Feira de Barra do Garças-MT, realizada todas as sextas-feiras, das 18h às 22h, incluindo ações como rádio local, locução, programação musical, espaço para apresentações culturais da comunidade, programação especial em datas comemorativas, distribuição de brindes, realização de bingos, entre outras.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4089/indicacao_183-_alex_matos_-_iluminacao_rua_domingos_mariano.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4089/indicacao_183-_alex_matos_-_iluminacao_rua_domingos_mariano.pdf</t>
   </si>
   <si>
     <t>Indica à empresa Barra Luz Ltda. a necessidade de providências imediatas para a manutenção da iluminação pública na Rua Domingos Marianos, no trecho compreendido entre a Avenida Gabriel Ferreira e a Rua Egídio Sipriano de Carvalho.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4090/indicacao_184-_alex_matos_-_licitacao_fretamento_de_onibus.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4090/indicacao_184-_alex_matos_-_licitacao_fretamento_de_onibus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Educação, Esporte e Lazer, a realização de licitação para o fretamento de ônibus e vans, visando o transporte de grupos esportivos e culturais que representem o município em eventos e competições.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_185-_armando_brito_-_correcao_de_tabela_de_remuneracao_administracao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_185-_armando_brito_-_correcao_de_tabela_de_remuneracao_administracao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Administração e à Secretaria Municipal de Planejamento e Finanças, a promoção da valorização dos servidores públicos da Administração Municipal, por meio da implementação da correção das tabelas de remuneração anexadas à Lei Complementar nº 26, de 15 de dezembro de 2023.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_186-_armando_brito_-_correcao_de_tabela_de_remuneracao_saude.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_186-_armando_brito_-_correcao_de_tabela_de_remuneracao_saude.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópias à Secretaria Municipal de Administração e à Secretaria Municipal de Planejamento e Finanças, a promoção da valorização dos servidores públicos da Secretaria Municipal de Saúde, por meio da implementação da correção das tabelas de remuneração anexadas à Lei Complementar nº 307, de 16 de dezembro de 2021.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_187-_armando_brito_-_redutores_de_velocidade_avenida_serra_azul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_187-_armando_brito_-_redutores_de_velocidade_avenida_serra_azul.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a necessidade de instalação de dois redutores de velocidade na Avenida Serra Azul, localizada no Bairro Residencial Peixinho, sendo um na Quadra 7 e outro na Quadra 10.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4078/indicacao_188-_armando_brito_-_redutores_de_velocidade_rua_egidio_sipriano_e_rua_31_de_marco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4078/indicacao_188-_armando_brito_-_redutores_de_velocidade_rua_egidio_sipriano_e_rua_31_de_marco.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a realização de estudo de trânsito visando à redução da velocidade dos veículos que trafegam entre as Ruas 31 de Março e Egídio Sipriano de Carvalho, no Bairro Santo Antônio, nas proximidades do Centro Municipal de Educação Básica Profª Elizabeth Sanchez Lacerda.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_189-_bianca_freitas_-_calcada_ufmt_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_189-_bianca_freitas_-_calcada_ufmt_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de providências imediatas para a adequação da calçada próxima à Universidade Federal de Mato Grosso (UFMT), localizada nesta cidade.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_190-_bianca_freitas_-_multirao_de_limpeza_bairro_anchieta_e_bairro_mangueiras_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_190-_bianca_freitas_-_multirao_de_limpeza_bairro_anchieta_e_bairro_mangueiras_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade a necessidade de prioridade, dentro do Projeto Municipal de Revitalização e Manutenção da Limpeza dos Bairros, para a realização da limpeza urbana nos bairros Anchieta e Mangueiras, localizados neste município.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4072/indicacao_191-_bianca_freitas_-_operacao_tapa_buraco_bairros_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4072/indicacao_191-_bianca_freitas_-_operacao_tapa_buraco_bairros_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de providências imediatas para tapar os buracos existentes no asfalto dos bairros Anchieta, BNH, Dermat, Mangueiras, São Conrado e Toledo, todos localizados neste município.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4071/indicacao_192-_bianca_freitas_-_remanejo_dos_semaforos_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4071/indicacao_192-_bianca_freitas_-_remanejo_dos_semaforos_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de providências imediatas para o remanejo dos semáforos retirados da rotatória próxima à ponte do Rio Araguaia para a rotatória próxima à Universidade Federal de Mato Grosso (UFMT), localizada nesta cidade.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4069/indicacao_193-_dr._neto_-_cameras_aterro_sanitario.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4069/indicacao_193-_dr._neto_-_cameras_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade a análise da viabilidade de instalação de câmeras de segurança em frente ao Aterro Sanitário e na estrada de acesso à Chácara do Garrincha.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_194-_elton_-_ponte_aldeia_sao_jose.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_194-_elton_-_ponte_aldeia_sao_jose.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável a construção de uma nova ponte na Aldeia São José, localizada no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_195-_elton_-_tapa_buracos_rua_itapajos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_195-_elton_-_tapa_buracos_rua_itapajos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de realização de operação tapa-buracos na Rua Itapajós, no bairro Jardim Amazonas, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4093/indicacao_196-_hiago_teles_-_parquinho_infatil_av_presidente_vargas_sao_jose.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4093/indicacao_196-_hiago_teles_-_parquinho_infatil_av_presidente_vargas_sao_jose.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de instalação de um parquinho infantil na Avenida Presidente Vargas, no Setor São José.</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4094/indicacao_197-_hiago_teles_-_pavimentacao_asfaltica_rua_primavera.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4094/indicacao_197-_hiago_teles_-_pavimentacao_asfaltica_rua_primavera.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de pavimentação asfáltica em pequeno trecho, de aproximadamente 30 metros, da Rua Primavera, no Setor Nova Barra do Garças.</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4095/indicacao_198-_hiago_teles_-_pavimentacao_asfaltica_rua_serra_dourada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4095/indicacao_198-_hiago_teles_-_pavimentacao_asfaltica_rua_serra_dourada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de pavimentação asfáltica em pequeno trecho, de aproximadamente 30 metros, da Rua Serra Dourada, no Setor Nova Barra do Garças.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_199-_hiago_teles_-_quebra-molas_rua_mato_grosso.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_199-_hiago_teles_-_quebra-molas_rua_mato_grosso.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de implantação, com urgência, de um quebra-molas na Rua Mato Grosso, a aproximadamente cinquenta metros antes de chegar à Rua A.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4097/indicacao_200-_hiago_teles_-_sistema_de_ventilacao_ginasio_arnaldo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4097/indicacao_200-_hiago_teles_-_sistema_de_ventilacao_ginasio_arnaldo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, Esportes e Lazer que sejam tomadas as providências necessárias, com urgência, para a instalação de sistemas de ventilação no Ginásio de Esportes Arnaldo Martins.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4067/indicacao_201-_jaime_-_revogacao_de_lei1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4067/indicacao_201-_jaime_-_revogacao_de_lei1.pdf</t>
   </si>
   <si>
     <t>Indica ao Procurador-Geral do Município, Sr. Herbert de Souza Penze, que envie a esta Casa de Leis um Projeto de Lei revogando a Lei 4.682, de 23 de maio de 2023, oriunda do Projeto de Lei nº 48/2023, que tratou da doação de um terreno à Secretaria de Estado de Meio Ambiente – SEMA.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4068/indicacao_202-_jaime_-_falta_de_medicamento1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4068/indicacao_202-_jaime_-_falta_de_medicamento1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, a necessidade de adotar medidas urgentes para resolver a falta de medicamentos na Farmácia Básica do município.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4122/indicacao_203-_adilson_tavares_-_cascalhamento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4122/indicacao_203-_adilson_tavares_-_cascalhamento.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de cascalhamento na estrada que dá acesso à chácara localizada após o clube Espaço Buffet, seguindo à direita, tendo em vista as condições precárias da via devido ao período chuvoso.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_204-_alex_matos_-_iluminacao_av._gabriel_ferreira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_204-_alex_matos_-_iluminacao_av._gabriel_ferreira.pdf</t>
   </si>
   <si>
     <t>Indica à empresa Barra Luz Ltda. a necessidade de providências imediatas para a manutenção da iluminação pública na Avenida Gabriel Ferreira, no trecho compreendido entre a Rua Amazonas e a Rua 15 de Setembro, próximo ao Supermercado Brandão.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_205-_alex_matos_-_iptu_verde.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_205-_alex_matos_-_iptu_verde.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia a Secretaria Desenvolvimento Econômico e a Secretaria Planejamento e Finanças, em atenção ao Ofício nº 1728 da Secretaria de Serviços Legislativos da Assembleia Legislativa do Estado de Mato Grosso, anexo, o estudo de viabilidade e a regulamentação para a implantação do IPTU Verde ou IPTU Ecológico, com o intuito de incentivar práticas sustentáveis no município e o cuidado com o meio ambiente urbano, concedendo aos contribuintes municipais descontos ou benefícios fiscais caso aderissem às regras fixadas em projeto de lei específico.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_206-_alex_matos_-_limpeza_jardim_dos_ipes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_206-_alex_matos_-_limpeza_jardim_dos_ipes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Concessionária de Serviços Públicos Clean Master Ambiental Unipessoal Ltda., a realização de limpeza em área pública localizada entre as ruas São Paulo, Marginal, Diamantina e Rua do Carvalho, no Residencial Jardim dos Ypês, em frente à quadra 52, próxima à caixa d’água de distribuição do bairro.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao_207-_alex_matos_-_manutencao_rua_tucunare_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao_207-_alex_matos_-_manutencao_rua_tucunare_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças – _x000D_
 AgerBarra, a realização de manutenção na Rua Tucunaré, localizada no Residencial Nova Barra do Garças, em razão de recorrentes alagamentos e das precárias condições do sistema de esgoto na localidade.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4141/indicacao_208-_bianca_freitas_-_av._ezequiel_de_carvalho_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4141/indicacao_208-_bianca_freitas_-_av._ezequiel_de_carvalho_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a adoção de providências imediatas para a instalação de sinalização vertical indicando “Sentido Proibido para Caminhões” no início da Avenida Ezequiel de Carvalho, no Bairro Toledo, neste município.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_209-_bianca_freitas_-_av._jose_dos_santos_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_209-_bianca_freitas_-_av._jose_dos_santos_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a solicitação de providências imediatas para tapar os buracos existentes no asfalto da Avenida José dos Santos, no Bairro Cristino Cortes, e para a fiscalização e regularização do descarte impróprio de esgoto realizado pela empresa Solanda Marmoraria, nesta cidade.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4131/indicacao_210-_bianca_freitas_-_lei_organica_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4131/indicacao_210-_bianca_freitas_-_lei_organica_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a adoção de providências, com a devida urgência, para a contratação de empresa especializada visando à revisão e atualização da Lei Orgânica do Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_211-_bianca_freitas_-_maio_laranja_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_211-_bianca_freitas_-_maio_laranja_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Assistência Social, com especial atenção ao Centro de Referência Especializado de Assistência Social – CREAS, a readequação das atividades e ações desenvolvidas no mês de maio, em consonância com o disposto na Lei Ordinária nº 005/2025, de 31 de janeiro de 2025, que institui o mês “Maio Laranja”, dedicado à conscientização, prevenção, orientação e combate ao abuso e à exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_212-_bianca_freitas_-_regimento_interno_camara_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_212-_bianca_freitas_-_regimento_interno_camara_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora da Câmara Municipal de Barra do Garças-MT, a adoção com a devida urgência, das providências necessárias à contratação de empresa ou equipe técnica especializada para realizar a revisão e atualização do Regimento Interno desta Casa de Leis.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_213-_bianca_freitas_-_rua_tamburi_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_213-_bianca_freitas_-_rua_tamburi_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário de Infraestrutura e Serviços, a solicitação de providências imediatas para a pavimentação da rua localizada nas extremidades da Avenida Principal, Ruas 24 e TV. D, no bairro Tamburi, tendo em vista que as referidas ruas não possuem asfaltamento e geram deslizamentos de terra para o asfalto em épocas de chuva.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_214-_bianca_freitas_-_ubs_anchieta_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_214-_bianca_freitas_-_ubs_anchieta_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, a necessidade de reparos ou aquisição de assentos (cadeiras e bancos) para a Unidade Básica de Saúde (UBS) do bairro Anchieta.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4119/indicacao_215-_dr._neto_-_calcada_da_saudade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4119/indicacao_215-_dr._neto_-_calcada_da_saudade.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Cultura, a solicitação para que seja incluído o nome do Sr. Joaquim Cardoso de Oliveira, na Calçada da Saudade.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4120/indicacao_216-_dr._neto_-_estacionamento_ina.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4120/indicacao_216-_dr._neto_-_estacionamento_ina.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, solicitando a ampliação do estacionamento destinado a ambulâncias no Instituto de Nefrologia do Araguaia (INA), próximo ao Clube Balneário Peixinho.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4124/indicacao_217-_elton_-_cadeiras_de_rodas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4124/indicacao_217-_elton_-_cadeiras_de_rodas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que sejam tomadas as providências necessárias para a ampliação do número de cadeiras de rodas disponíveis nas unidades de atendimento à população.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4125/indicacao_218-_elton_-_limpeza_rua_das_palmeiras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4125/indicacao_218-_elton_-_limpeza_rua_das_palmeiras.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Concessionária de Serviços Públicos Clean Master Ambiental Unipessoal Ltda., que sejam realizadas, com urgência, a limpeza e a capinagem da Rua das Palmeiras, no bairro Pitaluga.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_219-_elton_-_pavimentacaoa_asfaltica_avenida_sul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_219-_elton_-_pavimentacaoa_asfaltica_avenida_sul.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável que adote as providências necessárias para a conclusão das obras de pavimentação asfáltica da Avenida Sul, localizada no bairro Jardim das Mangueiras.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4127/indicacao_220-_elton_-_tapa-buraco_dermat.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4127/indicacao_220-_elton_-_tapa-buraco_dermat.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a necessidade urgente de realização de operação tapa-buracos na Rua Maria Mercês, no bairro Dermat.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_221-_elton_-_tapa-buraco_rua_xxiii_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_221-_elton_-_tapa-buraco_rua_xxiii_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que seja realizado, com urgência, o serviço de tapa-buracos na Rua XXIII, localizada no bairro Jardim Nova Barra, neste município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_222-_hiago_teles_-_pavimento_asfaltico_ruas_vicinais_escola_federico_toscani.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_222-_hiago_teles_-_pavimento_asfaltico_ruas_vicinais_escola_federico_toscani.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade urgente de pavimentação asfáltica das vias localizadas nas imediações da Escola Municipal Federico Toscani, especialmente as ruas Galvão, Fidalgo e Primavera.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_223-_hiago_teles_-_quebra-molas_rua_sao_salvador.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_223-_hiago_teles_-_quebra-molas_rua_sao_salvador.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a adoção de providências urgentes para a instalação de um redutor de velocidade (quebra-molas) na Rua São Salvador, próximo à esquina com a Avenida Presidente Vargas, no Setor Nova Barra.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_224-_jaime_neto_-_degraus_terminal.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_224-_jaime_neto_-_degraus_terminal.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, a realização da retirada dos degraus existentes na entrada do Terminal Circular de Coletivos e a instalação de uma rampa com piso antiderrapante, visando à melhoria da acessibilidade para pessoas com mobilidade reduzida, incluindo idosos e indivíduos com deficiências temporárias ou permanentes.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_225-_jaime_neto_-_melhorias_hospital_morbek.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_225-_jaime_neto_-_melhorias_hospital_morbek.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Saúde a necessidade urgente de melhorias nas condições de trabalho da cozinha do Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, tendo em vista que os funcionários enfrentam temperaturas extremas e condições insalubres, comprometendo a saúde e a segurança no ambiente laboral.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_226-_maria_silvania_-_asfaltamento_avenida_oeste.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_226-_maria_silvania_-_asfaltamento_avenida_oeste.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de pavimentação asfáltica da Avenida Oeste, que dá acesso ao Distrito de Voadeira.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4132/indicacao_227-_maria_silvania_-_curso_de_odontologia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4132/indicacao_227-_maria_silvania_-_curso_de_odontologia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja manifestado formal apoio institucional à Universidade Federal de Mato Grosso – Campus Araguaia, quanto à implantação do curso de graduação em Odontologia na cidade de Barra do Garças.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4133/indicacao_228-_maria_silvania_-_patrolamento_aldeia_sao_marcos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4133/indicacao_228-_maria_silvania_-_patrolamento_aldeia_sao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de patrolamento em toda a estrada de terra que dá acesso à Terra Indígena Aldeia São Marcos, localizada na MT-336, sentido Toricueije.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4134/indicacao_229-_maria_silvania_-_reconstrucao_da_ponte_aldeia_sao_marcos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4134/indicacao_229-_maria_silvania_-_reconstrucao_da_ponte_aldeia_sao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de reconstrução da ponte que dá acesso à Terra Indígena Aldeia São Marcos, localizada na MT-336, sentido Toricueije.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_230-_armando_brito_-_limpeza_rua_das_palmeiras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_230-_armando_brito_-_limpeza_rua_das_palmeiras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a realização de serviços de limpeza urbana na Rua das Palmeiras, nº 77, no bairro Jardim Pitaluga.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_231-_armando_brito_-_limpeza_setor_araguaia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_231-_armando_brito_-_limpeza_setor_araguaia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços que seja realizada a limpeza e a remoção do mato existente nos fundos da Escola Estadual Jardim Araguaia, localizada no Setor Jardim Araguaia.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4169/indicacao_232-_alex_matos_-_circuito_de_lazer.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4169/indicacao_232-_alex_matos_-_circuito_de_lazer.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Turismo, a elaboração de um Circuito de Lazer Turístico-Cultural interligando o Porto do Baé, a Escadaria do Cristo, o Parque da Serra Azul e demais atrativos turísticos de Barra do Garças.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_233-_alex_matos_-_expansao_projetos_comunitarios.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_233-_alex_matos_-_expansao_projetos_comunitarios.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Saúde, a expansão dos projetos comunitários de saúde com foco em atendimento psicológico, ampliando o acesso da população a serviços de apoio emocional e prevenção de transtornos mentais.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_234-_alex_matos_-_folga_remunerada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_234-_alex_matos_-_folga_remunerada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que estude a viabilidade de enviar a esta Câmara Municipal um projeto de lei que disponha sobre a concessão de folga remunerada, no dia do aniversário natalício, aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4175/indicacao_235-_alex_matos_-_historia_local.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4175/indicacao_235-_alex_matos_-_historia_local.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Educação, Esporte e Lazer, a inclusão da história local nos projetos pedagógicos _x000D_
 municipais, a fim de promover o conhecimento e a valorização da identidade cultural de Barra do Garças entre os estudantes da rede pública.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4176/indicacao_236-_alex_matos_-_manutencao_rede_de_esgoto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4176/indicacao_236-_alex_matos_-_manutencao_rede_de_esgoto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças – _x000D_
 AgerBarra, a realização de manutenção na rede de esgoto da Rua Domingos Mariano, especialmente em frente ao imóvel de número 186.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4178/indicacao_237-_alex_matos_-_placas_educativas_serra_azul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4178/indicacao_237-_alex_matos_-_placas_educativas_serra_azul.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Turismo, a colocação de placas educativas nas trilhas da Serra Azul.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4181/indicacao_238-_alex_matos_-_roteiro_de_turismo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4181/indicacao_238-_alex_matos_-_roteiro_de_turismo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Turismo, a elaboração de um roteiro oficial do turismo místico cultural da Serra do Roncador, contemplando seus principais atrativos, histórias, lendas e atividades voltadas ao público interessado nesse segmento turístico.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4184/indicacao_239-_alex_matos_-_sinalizacao_bilingue_pontos_turisticos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4184/indicacao_239-_alex_matos_-_sinalizacao_bilingue_pontos_turisticos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Cultura e à Secretaria de Turismo, a implantação de sinalização turística bilíngue nos principais atrativos turísticos de Barra do Garças, tais como a Escadaria do Cristo, o Parque das Águas Quentes, a Serra Azul, o Porto do Baé, entre outros pontos relevantes para o turismo local.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_240-_armando_brito_-_terraplanagem_ou_reparos_rua_20.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_240-_armando_brito_-_terraplanagem_ou_reparos_rua_20.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Obras a realização de terraplanagem ou reparos emergenciais na Rua 20, localizada no bairro Ouro Fino, diante da atual situação de intransitabilidade causada por diversas valas abertas pelas enxurradas recentes.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_241-_bianca_freitas_-_iluminacao_rua_borge_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_241-_bianca_freitas_-_iluminacao_rua_borge_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à empresa Barra Luz Ltda., a solicitação de providências imediatas para reparos na iluminação pública da Rua Borge, localizada no bairro Jardim Amazônia I, nesta cidade, especialmente no que se refere à vistoria e correção de fios da rede elétrica que se encontram derrubados.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_242-_bianca_freitas_-_muhna_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_242-_bianca_freitas_-_muhna_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, Esporte e Lazer que elabore e execute um cronograma de visitas escolares ao Museu de História Natural do Araguaia – MUHNA, localizado no campus da UFMT de Barra do Garças-MT, abrangendo os alunos das escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4163/indicacao_243-_hiago_teles_-_quebra-molas_rua_egidio_sipriano.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4163/indicacao_243-_hiago_teles_-_quebra-molas_rua_egidio_sipriano.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a imediata instalação de um redutor de velocidade (quebra-molas) na Rua Egídio Sipriano de Carvalho, no Setor Santo Antônio, em frente à Igreja do Evangelho Quadrangular.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4164/indicacao_244-_hiago_teles_-_sinalizacao_de_proibido_estacionar_rua_bororos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4164/indicacao_244-_hiago_teles_-_sinalizacao_de_proibido_estacionar_rua_bororos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam adotadas, com urgência, as providências necessárias para a instalação de sinalização de proibição de estacionamento na Rua Boróros, especificamente no lado oposto à garagem da empresa Viação Rio Novo Transportes e Turismo.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4165/indicacao_245-_hiago_teles_-_tapa_buracos_rua_liberdade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4165/indicacao_245-_hiago_teles_-_tapa_buracos_rua_liberdade.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a imediata realização de operação tapa-buracos na Rua Liberdade, no bairro Jardim Piracema, nas proximidades da Escola Estadual Norberto Schwantes.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4166/indicacao_246-_hiago_teles_-_troca_de_lamapadas_rua_serra_dourada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4166/indicacao_246-_hiago_teles_-_troca_de_lamapadas_rua_serra_dourada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam adotadas, com urgência, as providências necessárias para a troca e reposição das lâmpadas da iluminação pública na Rua Serra Dourada, no bairro São José.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4182/indicacao_247-_maria_silvania_-_quebra-molas_rua_jose_manoel.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4182/indicacao_247-_maria_silvania_-_quebra-molas_rua_jose_manoel.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de construção de um redutor de velocidade (quebra-molas) na Rua José Manoel da Silva, no bairro Sena Marques, CEP 78.600-334.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4205/indicacao_248_-_alex_matos_-_pavimentacao_rua_piaui.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4205/indicacao_248_-_alex_matos_-_pavimentacao_rua_piaui.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a realização de pavimentação asfáltica na Rua Piauí, localizada no bairro Jardim Amazônia II, especialmente _x000D_
 no trecho após a Avenida Goiabeiras, dificultando o acesso à quadra seguinte.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4206/indicacao_249_-_alex_matos_-_ponto_de_apoio_motoristas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4206/indicacao_249_-_alex_matos_-_ponto_de_apoio_motoristas.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia a Secretaria Desenvolvimento Econômico e a Secretaria Planejamento e Finanças, em atenção ao Ofício nº 2927 da Secretaria de Serviços Legislativos da Assembleia Legislativa do Estado de Mato Grosso, anexo, que estude a viabilidade e promova a regulamentação necessária para instituir, por meio de projeto de lei, a instalação de pontos de apoio destinados aos trabalhadores de aplicativos de entrega e de transporte individual privado de passageiros no município de Barra do Garças.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_250_-_hiago_teles_-_ampliacao_de_uso_passe_coletivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_250_-_hiago_teles_-_ampliacao_de_uso_passe_coletivo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a ampliação do limite diário de utilizações do passe de transporte coletivo, de 2 (duas) para 4 (quatro) utilizações por dia.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_251_-_hiago_teles_-_asfalto_e_iluminacao_rua_turmalina.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_251_-_hiago_teles_-_asfalto_e_iluminacao_rua_turmalina.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à empresa prestadora de serviços Barra Luz Ltda., que sejam tomadas as providências necessárias, com urgência, para a implantação de pavimentação asfáltica e iluminação pública na Rua Turmalina, localizada no Bairro Nova Barra, ao fundo da Igreja Católica.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_252_-_hiago_teles_-_boca_de_lobo_rua_travessa_a.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_252_-_hiago_teles_-_boca_de_lobo_rua_travessa_a.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de uma boca de lobo na Rua Travessa A, esquina com a Rua São Benedito, no bairro Jardim São João.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4210/indicacao_253_-_hiago_teles_-_pavimentacao_rua_dourados.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4210/indicacao_253_-_hiago_teles_-_pavimentacao_rua_dourados.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de pavimentação asfáltica na Rua Dourados, localizada no Setor Nova Barra.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_254_-_hiago_teles_-_tapa-buracos_rua_tapajos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_254_-_hiago_teles_-_tapa-buracos_rua_tapajos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de serviços de tapa-buracos na Rua Tapajós, especialmente no trecho da esquina com a Rua Xibiu, localizada no Setor Nova Barra Sul.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4212/indicacao_255_-_jaime_neto_-_tapa_fossas_rua_da_pedra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4212/indicacao_255_-_jaime_neto_-_tapa_fossas_rua_da_pedra.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a implantação de rede de esgoto e a realização da limpeza das fossas na Rua da Pedra, localizada na Vila São José, neste município.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_256_-_ze_gota_-_calcada_abel_lira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_256_-_ze_gota_-_calcada_abel_lira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que seja realizada a construção de calçada na Avenida Abel R. Oliveira, via que interliga o bairro Abel Lira ao bairro Ouro Fino, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4246/indicacao_257-_bianca_freitas_-_rua_jardim_toledo_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4246/indicacao_257-_bianca_freitas_-_rua_jardim_toledo_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam adotadas providências imediatas para a realização de serviços de tapa-buracos na Rua 9, localizada no bairro Jardim Toledo, neste município.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4247/indicacao_258-_bianca_freitas_-_seguranca_praca_da_matriz_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4247/indicacao_258-_bianca_freitas_-_seguranca_praca_da_matriz_assinada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja providenciada, com a devida urgência, a contratação de um guarda de segurança para a Praça da Matriz.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_259-_dr._neto_-_centro_de_reabilitacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_259-_dr._neto_-_centro_de_reabilitacao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Saúde, que sejam adotadas medidas urgentes para a reforma do Centro de Reabilitação, onde são realizadas sessões de fisioterapia, e providências quanto à falta de transporte para pacientes.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_260-_dr._neto_-_comida_de_buteco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_260-_dr._neto_-_comida_de_buteco.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Turismo que seja viabilizado o retorno do projeto “Comida de Buteco” no município de Barra do Garças-MT, iniciativa que já foi realizada anteriormente com êxito em nossa cidade.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4242/indicacao_261-_elton_-_calcada_ubs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4242/indicacao_261-_elton_-_calcada_ubs.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, com cópia à Secretaria Municipal de Saúde, que sejam adotadas as providências necessárias para a construção de uma calçada na Unidade Básica de Saúde (UBS) localizada na Rua A2, no bairro Jardim Araguaia, no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_262-_elton_-_creche_brigida.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_262-_elton_-_creche_brigida.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, Esporte e Lazer que sejam adotadas as providências necessárias para a manutenção e melhoria das instalações do Centro Municipal de Educação Infantil (CMEI) Brígida da Silva Aguiar, localizado na Rua Raimundo Matias de Carvalho, Conjunto Habitacional Araguaia, no Município de Barra do Garças-MT, CEP: 78603-784.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_263-_elton_-_tapa_buraco_rua_dom_cavalcante_jardim_dos_ipes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_263-_elton_-_tapa_buraco_rua_dom_cavalcante_jardim_dos_ipes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam adotadas, com urgência, as providências necessárias para a realização de serviços de tapa-buraco na Rua Dom Cavalcante, localizada no bairro Jardim dos Ipês, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_264-_elton_-_tapa_buraco_rua_sao_lucas_jardim_dos_ipes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_264-_elton_-_tapa_buraco_rua_sao_lucas_jardim_dos_ipes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à Secretaria Municipal de Desenvolvimento Urbano e Sustentável e à Concessionária de Serviços Públicos Clean Master Ambiental Unipessoal Ltda., que sejam realizadas, com urgência, as seguintes ações na Rua São Lucas, localizada no bairro Jardim dos Ipês, no município de Barra do Garças-MT: serviço de tapa-buracos; limpeza e remoção de resíduos, como restos de brita e barro; e drenagem com eliminação de pontos de água empoçada.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_265-_hiago_teles_-_isencao_iptu_pacientes_de_cancer.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_265-_hiago_teles_-_isencao_iptu_pacientes_de_cancer.pdf</t>
   </si>
   <si>
     <t>Indica à Procuradoria Geral do Município que sejam adotadas, com urgência, as providências necessárias para a elaboração de um Projeto de Lei dispondo sobre a isenção do pagamento do Imposto Predial e Territorial Urbano (IPTU) aos pacientes diagnosticados com câncer, residentes neste Município, para que a Secretaria Municipal de Planejamento e Finanças passe a aplicar e regulamentar referida isenção nos termos legais.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4241/indicacao_266-_hiago_teles_-_tapa-buracos_rua_jurua.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4241/indicacao_266-_hiago_teles_-_tapa-buracos_rua_jurua.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de serviços de tapa-buracos na Rua Tapajós, especialmente no trecho da esquina com a na Rua Juruá, localizada no Setor Conjunto Jardim Amazônia, BNH, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4231/indicacao_267-_jaime_neto_-_correios_bairro_toledo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4231/indicacao_267-_jaime_neto_-_correios_bairro_toledo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Empresa Brasileira de Correios e Telégrafos, que sejam adotadas as providências necessárias para viabilizar o funcionamento dos Correios no bairro Toledo, no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4232/indicacao_268-_jaime_neto_-_escola_assentamento_passa_vinte.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4232/indicacao_268-_jaime_neto_-_escola_assentamento_passa_vinte.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Educação, Esporte e Lazer, que seja realizada análise de viabilidade para a implantação de uma unidade escolar no Assentamento Passa Vinte.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_269-_jaime_neto_-_limpeza_toledo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_269-_jaime_neto_-_limpeza_toledo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Meio Ambiente e Sustentabilidade, que sejam realizadas, com urgência, a limpeza das vias públicas e a regularização da coleta de lixo no Bairro Toledo.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_270-_jaime_neto_-_pocos_artesianos_assentamento_passa_vinte1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_270-_jaime_neto_-_pocos_artesianos_assentamento_passa_vinte1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia ao Governador do Estado de Mato Grosso e ao Deputado Estadual Max Joel Russi, que sejam tomadas as providências necessárias para a instalação de poços artesianos no Assentamento Passa Vinte, no Município de Barra do Garças-MT, a fim de atender mais de 272 (duzentas e setenta e duas) famílias residentes na localidade.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao_271-_jaime_neto_-_praca_sebastiao_junior.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao_271-_jaime_neto_-_praca_sebastiao_junior.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia a Secretaria de Infraestrutura e Serviços, que sejam adotadas as providências necessárias para a revitalização da Praça Sebastião Alves Júnior, com a construção de sanitários de uso público e de uma sala destinada ao atendimento dos taxistas que possuem ponto fixo no local.</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4236/indicacao_272-_jaime_neto_-_reforma_sede_assentamento_passa_vinte.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4236/indicacao_272-_jaime_neto_-_reforma_sede_assentamento_passa_vinte.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, que sejam adotadas, em caráter de urgência, as providências necessárias para a reforma da sede localizada no Assentamento Passa Vinte, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_273-_jaime_neto_-_tapa_buraco_toledo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_273-_jaime_neto_-_tapa_buraco_toledo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, que sejam realizados serviços de tapa-buracos nas ruas do Bairro Toledo, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_274-_maria_silvania-_secretaria_de_saude.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_274-_maria_silvania-_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, por meio da Secretária Sra. Salete Terezinha Lauermann, que informe o número aproximado de mulheres com idade entre 40 (quarenta) e 60 (sessenta) anos que utilizam a rede pública de saúde do município.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4268/indicacao_275_-armando_alves_-reposicionamento_de_placas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4268/indicacao_275_-armando_alves_-reposicionamento_de_placas.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Municipal e ao Secretário Municipal de Obras e Infraestrutura que seja realizado o reposicionamento da placa de sinalização de quebra-molas localizada na Rua Moreira Cabral, no bairro Cidade Universitária, nas proximidades do Residencial Sol Nascente.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_276_-_hiago_teles_-_contratacao_de_medicos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_276_-_hiago_teles_-_contratacao_de_medicos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Saúde que sejam tomadas as providências necessárias, com urgência, para viabilizar a contratação de médico endocrinologista para atendimento na rede pública de saúde.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4264/indicacao_277_-_hiago_teles_-_instalacao_de_placas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4264/indicacao_277_-_hiago_teles_-_instalacao_de_placas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a instalação de placas de sinalização orientando os condutores, especialmente de caminhões e veículos pesados, a utilizarem marcha reduzida ao subir a Avenida Atílio Fontana, na entrada do bairro BNH.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_278_-_hiago_teles_-_operacao_tapa_buracos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_278_-_hiago_teles_-_operacao_tapa_buracos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a realização de operação tapa-buracos na Rua São Marcos, nº 364, localizada no bairro Jardim Araguaia, nos fundos da empresa Nutracom.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_279_-_hiago_teles_-_facilitar_o_trafego_de_veiculos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_279_-_hiago_teles_-_facilitar_o_trafego_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para adoção de estratégias que facilitem o tráfego de veículos na Avenida Atílio Fontana, no Setor Jardim das Mangueiras, especialmente no trecho em que se situam a Arena Sicredi e a Academia Top Team.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_280_-_ronair_de_jesus-_patrolamento_na_estrada_vicinal_mt-336_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_280_-_ronair_de_jesus-_patrolamento_na_estrada_vicinal_mt-336_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos a realização de serviço de patrolamento na Estrada Vicinal MT-336, com o objetivo de melhorar as condições de tráfego e garantir segurança aos usuários da via.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_281-_adilson_tavares_-_necessidade__de_molhar_diariamente_a_viade_acesso_a_praia_do_bosque.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_281-_adilson_tavares_-_necessidade__de_molhar_diariamente_a_viade_acesso_a_praia_do_bosque.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade de realização do serviço de molhagem diária da via de acesso à Praia do Bosque, que não é asfaltada e, atualmente, tem gerado grande volume de poeira nas residências próximas.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4269/indicacao_282-_armando_alves_-_intalacao_de_quebra_molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4269/indicacao_282-_armando_alves_-_intalacao_de_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a necessidade de instalação de um quebra-molas, acompanhado das devidas placas de sinalização, na Avenida Ana Lira, nº 620, nas proximidades da Distribuidora Copão.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4270/indicacao_283-_jaime_rodrigues-_sistema_de_monitoramento_remoto_das_geladeiras_nas_ubs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4270/indicacao_283-_jaime_rodrigues-_sistema_de_monitoramento_remoto_das_geladeiras_nas_ubs.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Saúde a necessidade de adoção de medidas urgentes para que seja implementado um sistema de monitoramento remoto das geladeiras utilizadas para armazenamento de vacinas nas Unidades Básicas de Saúde (UBS) de todo o município.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_284-_ronair_de_jesus_-_realizacao_de_limpeza_na_av_joao_costa_simoes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_284-_ronair_de_jesus_-_realizacao_de_limpeza_na_av_joao_costa_simoes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente e Sustentabilidade a realização de limpeza na Avenida João Costa Simões, especificamente na pista dupla localizada no Setor Palmares. O local é frequentemente utilizado pela população para caminhadas e atividades físicas, sendo essencial a manutenção da limpeza para garantir a segurança e o bem-estar dos usuários.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4272/indicacao_285-_jaime_rodrigues_-_melhorias_na_iluminacao_publica.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4272/indicacao_285-_jaime_rodrigues_-_melhorias_na_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à empresa prestadora de serviços Barra Luz Ltda., que sejam executadas obras de melhoria na iluminação pública da Praça Sebastião Alves Júnior, localizada na Rua XV de Novembro, nº 1092 – Centro.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4271/indicacao_286_-jaime_rodrigues_-_capinacao_e_limpeza_do_canteiro_central.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4271/indicacao_286_-jaime_rodrigues_-_capinacao_e_limpeza_do_canteiro_central.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que tome as providências necessárias, com urgência, objetivando a realização de capinação e limpeza do canteiro central, bem como da área asfaltada, em todas as ruas do bairro Jardim Toledo.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_287_-ronair-_tapa_buraco_toricueije_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_287_-ronair-_tapa_buraco_toricueije_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos, a realização de operação tapa-buracos nas ruas do distrito de Toricueije, visando atender às necessidades da comunidade local.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4296/indicacao_288-_jaime_rodrigues_-_reforma_barracao_passa_vinte.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4296/indicacao_288-_jaime_rodrigues_-_reforma_barracao_passa_vinte.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam adotadas, em caráter de urgência, as providências necessárias para a reforma do barracão da sede, localizado no Assentamento Passa Vinte, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4297/indicacao_289-_jaime_rodrigues_-_construcao_de_praca_bairro_toledo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4297/indicacao_289-_jaime_rodrigues_-_construcao_de_praca_bairro_toledo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Desenvolvimento Urbano e Sustentável a realização de estudos técnicos visando à implantação de uma praça pública no bairro Jardim Toledo, especificamente na Área Pública Municipal, Quadra 25, Lote 1, matrícula nº 67.974.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_290-_elton_-_limpeza_na_rua_fidalgo_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_290-_elton_-_limpeza_na_rua_fidalgo_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à Secretaria Municipal de Desenvolvimento Urbano e Sustentável e à Concessionária de Serviços Públicos Clean Master Ambiental Unipessoal Ltda., que seja realizada, com a máxima urgência, a limpeza e roçagem dos lotes baldios localizados na Rua Fidalgo, Quadra 532, no bairro Nova Barra.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_291-_pebinha-_pintura_de_quebra_molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_291-_pebinha-_pintura_de_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam providenciadas, com a máxima urgência, a pintura dos quebra-molas localizados em diversos pontos do município de Barra do Garças – MT, cuja sinalização horizontal encontra-se atualmente bastante desgastada.</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_292-hiago_teles_-reforma_da_quadra_localizada_no_setor_palmares.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_292-hiago_teles_-reforma_da_quadra_localizada_no_setor_palmares.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços e à Secretária de Educação, Esporte e Lazer, para que sejam tomadas as providências necessárias com urgência, solicitando a imediata reforma da quadra de esportes localizada no Setor Palmares.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_293-bianca_sousa-__abertura_das_unidades_de_hemocentro_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_293-bianca_sousa-__abertura_das_unidades_de_hemocentro_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde e ao Hemocentro de Barra do Garças – MT que promovam a abertura das unidades de coleta e atendimento pelo menos uma vez ao mês, aos sábados, com o objetivo de ampliar o acesso da população aos serviços de saúde e à doação de sangue.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4295/indicacao_294-jaime_rodrigues-_tapa_buracos_bairro_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4295/indicacao_294-jaime_rodrigues-_tapa_buracos_bairro_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de operação tapa-buracos na Rua São Salvador, localizada no bairro Nova Barra.</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_295-elton_melo-_rua_15_de_novembro_semaforo_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_295-elton_melo-_rua_15_de_novembro_semaforo_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Infraestrutura e Serviços (SMIS), a necessidade urgente de implantação de um semáforo no cruzamento da Rua 15 de Novembro com a Rua Monteiro Lobato.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4320/indicacao_296-_bianca__-_definicao_previa_das_vias_de_acesso_ao_local_do_evento_e_liberacao_de_ao_menos_uma_rua_se_acesso_ao_comercio_local.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4320/indicacao_296-_bianca__-_definicao_previa_das_vias_de_acesso_ao_local_do_evento_e_liberacao_de_ao_menos_uma_rua_se_acesso_ao_comercio_local.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário Municipal de Desenvolvimento Urbano e Sustentável de Barra do Garças – MT e ao Secretário Municipal de Infraestrutura e Serviços de Barra do Garças – MT que promovam, com urgência, a estruturação e ampla divulgação da organização da tradicional Festa de Santo Antônio, com definição prévia das vias de acesso ao local do evento e liberação de ao menos uma rua para garantir o funcionamento do comércio local.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4306/indicacao_297__-_adilson-_patrolamento_e_reparos_nas_pontes_da_estrada_que_liga_barra_do_garcas_a_aldeia_nossa_senhora_auxiliadora.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4306/indicacao_297__-_adilson-_patrolamento_e_reparos_nas_pontes_da_estrada_que_liga_barra_do_garcas_a_aldeia_nossa_senhora_auxiliadora.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade urgente de patrolamento, cascalhamento e reparos nas pontes da estrada que liga Barra do Garças à Aldeia Nossa Senhora Auxiliadora.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Dr. Florizan/Florizan Luiz Esteves</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4309/indicacao_298-_florizan_-_pavimentacai_asfaltica_na_rua_loteamento_solar_ville.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4309/indicacao_298-_florizan_-_pavimentacai_asfaltica_na_rua_loteamento_solar_ville.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços a necessidade de viabilizar a pavimentação asfáltica da Rua 202, localizada no bairro Loteamento Solar Ville, CEP 78.600-553.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4310/indicacao_299_-_florizan-__quebra_molas_rua_dos_araes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4310/indicacao_299_-_florizan-__quebra_molas_rua_dos_araes.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a necessidade de instalação de dois quebra-molas na Rua dos Araés, no bairro Cidade Velha, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_300_-_florizan_-_patrolamento_da_estradaque_da_acesso_a_cachoeira_cristal.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_300_-_florizan_-_patrolamento_da_estradaque_da_acesso_a_cachoeira_cristal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a necessidade urgente de realização de patrolamento na estrada rural que dá acesso à entrada da Pousada Cachoeira Cristal, localizada no Km 50 da BR-070, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4307/indicacao_301-hiago_-_tapa_buracos_na_rua_e.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4307/indicacao_301-hiago_-_tapa_buracos_na_rua_e.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a realização de serviços de tapa-buracos na Rua E, no Setor Vila Maria.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4308/indicacao_302_-_hiago_-_tapa_buracos_na_rua_ccosme_damiao_setor_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4308/indicacao_302_-_hiago_-_tapa_buracos_na_rua_ccosme_damiao_setor_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, para que sejam tomadas as providências necessárias para realizar serviços de tapa-buracos na Rua Cosme e Damião, Setor Nova Barra, especialmente no trecho localizado em frente ao Supermercado MM.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_303_-_armando_-_remocao_do_mato_e_recuperacao_da_calcada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_303_-_armando_-_remocao_do_mato_e_recuperacao_da_calcada.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Prefeito Municipal e ao Secretário Municipal de Desenvolvimento Urbano e Sustentável a necessidade de remoção do mato e recuperação da calçada no entorno (lateral e fundos) da Associação de Pais e Amigos dos Excepcionais (APAE) de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4305/indicacao_304_-_armando_-_placas_de_sinalizacao_na_rua_dr._jose_morbeck.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4305/indicacao_304_-_armando_-_placas_de_sinalizacao_na_rua_dr._jose_morbeck.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços, que sejam colocadas placas de sinalização adequadas na Rua Dr. José Morbeck, esquina com a Rua Amazonas, no Setor Santo Antônio, bem como placas de proibição de parada para caminhões nas imediações.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4321/indicacao_305-geralmino-_instalacao_de_um_novo_cemiterio.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4321/indicacao_305-geralmino-_instalacao_de_um_novo_cemiterio.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à Prefeitura Municipal, a necessidade de iniciar, com urgência, os trâmites legais e administrativos para o licenciamento de uma área destinada à instalação de um novo cemitério público no município.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4322/indicacao_306-_geralmino-_arrecadacao_de_agasalho_e_cobertores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4322/indicacao_306-_geralmino-_arrecadacao_de_agasalho_e_cobertores.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Ação Social a necessidade de promover, com urgência, uma campanha de arrecadação de agasalhos e cobertores voltada às famílias em situação de vulnerabilidade social e às comunidades indígenas do município.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4323/indicacao_307-_geralmino-_solicitacao_de_guarda_no_porto_do_bae.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4323/indicacao_307-_geralmino-_solicitacao_de_guarda_no_porto_do_bae.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Ação Social a necessidade de designação de um servidor público, com a função de guarda, para atuar na rampa do Porto do Baé.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4314/indicacao_308-_alex_matos_-_limpeza_av_peixinho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4314/indicacao_308-_alex_matos_-_limpeza_av_peixinho.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços (SMIS), com cópia à empresa concessionária de serviços Clean Master Ambiental Unipessoal Ltda., a realização da limpeza da via pública na Avenida Peixinho, mais especificamente no trecho que se estende da Cohab até a Unidade de Pronto Atendimento (UPA).</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_309_-_alex_matos_-_lotes_jardim_dos_ipes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_309_-_alex_matos_-_lotes_jardim_dos_ipes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Meio Ambiente, a fiscalização e a adoção de providências quanto à existência de lotes sujos no bairro Jardim dos Ipês, bem como à prática recorrente de queimadas realizadas para fins de limpeza dos referidos terrenos.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_310_-_alex_matos_-_retirar_um_entulho_em_frente_a_escola_joao_bosco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_310_-_alex_matos_-_retirar_um_entulho_em_frente_a_escola_joao_bosco.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a retirada de entulho localizado em frente à Escola Dom Bosco, na Rua 1º de Maio, bairro Cidade Velha.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_311-_ronair-_rua_firmino_dos_santos_antiga_rua_42.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_311-_ronair-_rua_firmino_dos_santos_antiga_rua_42.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de serviço emergencial de recuperação asfáltica na Rua Firmino dos Santos (antiga Rua 42), em frente à residência número 401, com o objetivo de eliminar uma cratera aberta no local, garantir a segurança dos usuários da via e restabelecer as condições adequadas de tráfego.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacao_312-_ronair-_tampa_em_boca_de_lobo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacao_312-_ronair-_tampa_em_boca_de_lobo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de serviço de instalação de tampa em boca de lobo localizada na Rua Firmino dos Santos (antiga Rua 42), no Bairro Santo Antônio, com o objetivo de eliminar risco de acidentes e melhorar a segurança dos moradores e transeuntes.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4334/indicacao_313-_alex_matos_-_manutencao_rua_belo_horizonte.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4334/indicacao_313-_alex_matos_-_manutencao_rua_belo_horizonte.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à Secretaria Municipal de Meio Ambiente e à empresa concessionária Clean Master _x000D_
 Ambiental Unipessoal Ltda., que seja realizada, com urgência, a limpeza e a operação tapa-buracos na Rua Belo Horizonte, localizada no bairro Nova Barra, neste município.</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4335/indicacao_314_-_alex_matos_-_politica_municipal_apoio_pessoas_com_epilepsia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4335/indicacao_314_-_alex_matos_-_politica_municipal_apoio_pessoas_com_epilepsia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Inclusão e Assistência Social, à Secretaria Municipal de Saúde, à _x000D_
 Secretaria Municipal de Educação, Esporte e Lazer e à Secretaria Municipal de Desenvolvimento Econômico, que seja instituída a “Política Municipal de Apoio e Inclusão da Pessoa com Epilepsia”, proposta de iniciativa do suplente de vereador Bebeto Betti.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4336/indicacao_315-_alex_matos_-_molhar_rua_acesso_praia_do_bosque.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4336/indicacao_315-_alex_matos_-_molhar_rua_acesso_praia_do_bosque.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços que seja realizado, com urgência, o serviço de molhamento da via de acesso à Praia do Nova Barra – Praia do Bosque, especialmente às sextas-feiras, sábados e domingos, com o objetivo de minimizar a poeira e melhorar as condições de tráfego durante os dias de maior movimentação no local.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4337/indicacao_316_-_alex_matos_-_tapa_buraco_cruzamento_santo_antonio.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4337/indicacao_316_-_alex_matos_-_tapa_buraco_cruzamento_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização de operação tapa-buracos no cruzamento das ruas Rodrigo Firmino dos Santos e Joana Cristina Cortes, localizado no bairro Santo Antônio, em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4330/indicacao_317_-_allankley-criacao_de_um_centro_ou_ambulatori0_de__feridas_cronicas_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4330/indicacao_317_-_allankley-criacao_de_um_centro_ou_ambulatori0_de__feridas_cronicas_ass.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a criação de um Centro ou Ambulatório de Referência para Atendimento de Pacientes Portadores de Feridas Crônicas.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4333/indicacao_318-_armando_-_tapa_buraco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4333/indicacao_318-_armando_-_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Municipal e ao Secretário Municipal de Infraestrutura e Serviços, a necessidade de adoção de providências para: Tapa de buraco na Rua Santa Laura Vicunha, esquina com a Rua Grande Universo, no bairro Nova Barra; Instalação de tampa em boca de lobo que se encontra aberta nas proximidades do referido cruzamento, oferecendo riscos a pedestres e veículos.</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4332/indicacao_319-geralmino-contratacao_de__hematologista.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4332/indicacao_319-geralmino-contratacao_de__hematologista.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, com cópia à Prefeitura Municipal de Barra do Garças – MT, que viabilize a contratação de um médico hematologista para atuar no município, oferecendo suporte técnico especializado ao banco de sangue e ao laboratório municipal, especialmente na área hematológica.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_320-_alex_matos_-_casa_da_juventude_empreendedora.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_320-_alex_matos_-_casa_da_juventude_empreendedora.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Desenvolvimento Econômico e à Secretaria de Educação, Esporte e Lazer, a criação de um espaço voltado ao apoio de jovens empreendedores, com estrutura física e tecnológica adequada para o início e fortalecimento de pequenos negócios, preferencialmente instalado na antiga carpintaria municipal.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4359/indicacao_321-_elton_melo-_avenida_presiidente_vargas_e_rua_serra_azul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4359/indicacao_321-_elton_melo-_avenida_presiidente_vargas_e_rua_serra_azul.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, nos termos regimentais, que seja encaminhado expediente à Secretaria Municipal de Infraestrutura e Serviços, solicitando as seguintes providências: 1. Pintura dos quebra-molas situados na Avenida Presidente Vargas, no bairro São José, a fim de garantir maior visibilidade e segurança para motoristas e pedestres que trafegam pelo local; 2. Execução de operação tapa-buracos e limpeza geral na Rua Serra Azul, ao lado da Escola Dona Delice Farias dos Santos, considerando a presença de buracos de grandes proporções e acúmulo de resíduos, o que compromete a trafegabilidade e representa risco à comunidade escolar e aos moradores da região; 3. Pintura dos quebra-molas no bairro Abel Lira, especialmente na Rua 36, com o objetivo de reforçar a sinalização viária e prevenir acidentes.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4354/indicacao_322_bianca_-_repintura_da_faixa_de_pedestre_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4354/indicacao_322_bianca_-_repintura_da_faixa_de_pedestre_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, nos termos regimentais, que seja encaminhado expediente ao Secretário Municipal de Infraestrutura e Serviços, solicitando a repintura com urgência da faixa de pedestres localizada em frente à Escola Municipal Arlinda Gomes, situada no bairro Ouro Fino, neste município.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4358/indicacao_323-_maria_silvania-_cacamba_pra_entulho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4358/indicacao_323-_maria_silvania-_cacamba_pra_entulho.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, nos termos regimentais, que seja encaminhado expediente à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Sr. Jairo Marques Ferreira, solicitando a disponibilização de uma caçamba para entulho nos fundos da Escola Jardim Araguaia, localizada na Rua B, s/n, Avenida Jardim Araguaia, neste município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4362/indicacao_324-adilson_-_limpeza_asfaltica_e_operacao_tapa-buracos_no_bairro_dermat.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4362/indicacao_324-adilson_-_limpeza_asfaltica_e_operacao_tapa-buracos_no_bairro_dermat.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa, nos termos regimentais, que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Sr. Jairo Marques Ferreira, solicitando a realização de serviços de limpeza asfáltica e operação tapa-buracos nas vias recentemente submetidas a manutenção no bairro Dermat, com especial atenção ao cruzamento da Rua Calerinda Costa com a Rua Pedro.</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_325-_alex_-quebra-mola_av._ministro_joao_alberto.docx_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_325-_alex_-quebra-mola_av._ministro_joao_alberto.docx_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura de Transportes – DNIT, em atendimento à solicitação do Sr. Edésio Della Justina, a instalação de redutores de velocidade (quebra-molas) nos dois sentidos da Avenida Ministro João Alberto, em frente ao Posto Fiscal, com a finalidade de coibir o excesso de velocidade de veículos na localidade.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_326-_maria_silvania_-materiais_reciclaveis.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_326-_maria_silvania_-materiais_reciclaveis.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável e à Secretaria Municipal de Desenvolvimento Econômico que realizem estudo quanto à possibilidade de doação de uma estrutura já existente (como, por exemplo, um galpão, sendo necessária apenas a cobertura) à Associação dos Catadores de Materiais Recicláveis de Barra do Garças e Região – ASCARBAG, inscrita no CNPJ sob o nº 54.000.876/0001-67, sediada na Rua José Manoel da Silva, nº 1000, Loteamento Sena Marques, Quadra 28, Lote Área, CEP 78.600-334, Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_327.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_327.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Meio Ambiente e à Secretaria Municipal de Planejamento e Finanças, a instituição do Programa “ArborizaBarra”, com o objetivo de incentivar o plantio e a preservação de árvores no município de Barra do Garças-MT, por meio da distribuição gratuita de mudas à população e da concessão de desconto no Imposto Predial e Territorial Urbano – IPTU aos contribuintes que comprovarem a manutenção das árvores plantadas em seus imóveis.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_329-_maria_silvania_araujo-_escola_dom_jose_selva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_329-_maria_silvania_araujo-_escola_dom_jose_selva.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Barra do Garças-MT, por meio do Prefeito Dr. Adilson Gonçalves de Macedo, que a Escola Dom José Selva, doada ao Município de Barra do Garças, receba o nome de Escola João Gomes de Castro.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_330-_hiago_teles_-implantacao_de_quebra_molas_rua_francisco_lira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_330-_hiago_teles_-implantacao_de_quebra_molas_rua_francisco_lira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam _x000D_
 tomadas, com urgência, as providências necessárias para a implantação de um redutor de velocidade (quebra-molas) na Rua Francisco Lira, na esquina abaixo da empresa Brinks Segurança e Transporte de Valores, situada no Bairro São João.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_331-_hiago_teles_-pavimentacao_asfaltica_da_rua_5.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_331-_hiago_teles_-pavimentacao_asfaltica_da_rua_5.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam _x000D_
 tomadas, com urgência, as providências necessárias para realizar a pavimentação asfáltica da Rua 5, no Bairro Palmares.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_332-_hiago_teles_-_implantacao_de_quebra_molas_na_rua_basilio_dourado_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_332-_hiago_teles_-_implantacao_de_quebra_molas_na_rua_basilio_dourado_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam _x000D_
 tomadas, com urgência, as providências necessárias para a implantação de um redutor de velocidade (quebra-molas) na Rua Basílio Dourado, nas proximidades da esquina com a Rua 22 de Abril, no Bairro Serrinha/Santo Antônio.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_333_-_alex_matos_-_ubs_anchieta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_333_-_alex_matos_-_ubs_anchieta.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Saúde a ampliação do horário de atendimento da Unidade Básica de Saúde (UBS) do bairro Anchieta, para que funcione até às 00 horas (meia-noite), visando melhor atendimento à população local.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_334-_alex_matos_-praca_da_ciencia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_334-_alex_matos_-praca_da_ciencia.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação, Esporte e Lazer, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, a implementação do projeto “Praça da Ciência” no Município de Barra do Garças – MT, com a instalação de equipamentos interativos e educativos voltados ao ensino prático e lúdico de ciências, com foco especial em conceitos da física.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_335-_elton-_caminhao_pipa_novo_horizonte.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_335-_elton-_caminhao_pipa_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS), que seja enviado um caminhão-pipa para realizar a umidificação da Rua Topázio, situada no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4391/indicacao_336-_bianca-_sec._saude-_ubs_anchieta_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4391/indicacao_336-_bianca-_sec._saude-_ubs_anchieta_assinado.pdf</t>
   </si>
   <si>
     <t>Reforçando a indicação do dia 8 de abril deste ano, indica-se à Secretária de Saúde a necessidade de reparos e/ou aquisição de assentos (cadeiras e bancos) para a Unidade Básica de Saúde (UBS) do bairro Anchieta.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4426/indicacao_337-_jaime-_andarilios.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4426/indicacao_337-_jaime-_andarilios.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que sejam adotadas medidas efetivas de combate e assistência à crescente presença de andarilhos e pessoas em situação de rua no município de Barra do Garças.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4427/indicacao_338-_jaime-_limpeza_praca_sebastiao_alves_junior.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4427/indicacao_338-_jaime-_limpeza_praca_sebastiao_alves_junior.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a necessidade de realização de limpeza e lavagem semanal na Praça Sebastião Alves Júnior, situada na Rua XV de Novembro, 1092 - Centro, Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_339-_jaime-_quebra_molas_bairro_toledo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_339-_jaime-_quebra_molas_bairro_toledo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a construção de redutores de velocidade (quebra-molas) na Rua 1, quadra 4, casa 13, bairro São Conrado.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_340-_dr._neto-_asfalto_101.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_340-_dr._neto-_asfalto_101.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável a necessidade de pavimentação asfáltica da Rua 101, no bairro Cidade Velha, situada nos fundos da loja Todimo.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_341-_dr._neto-_pm_ronda.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_341-_dr._neto-_pm_ronda.pdf</t>
   </si>
   <si>
     <t>Indica ao Comando da Polícia Militar de Barra do Garças – MT a solicitação para que sejam intensificadas as rondas ostensivas no bairro Cidade Universitária, com atenção especial à Rua G, onde, segundo relatos de moradores, têm ocorrido frequentes brigas, tumultos e, recentemente, registros de tiroteios.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_342-_dr._neto-_recapeamento_feira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_342-_dr._neto-_recapeamento_feira.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável a realização, com urgência, do recapeamento da via lateral à Feira Coberta, local amplamente utilizado por autoescolas do município para a realização de aulas práticas de direção veicular.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_343_-_alex_matos_-_asfalto_rua_202_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_343_-_alex_matos_-_asfalto_rua_202_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços o asfaltamento da Rua 202 – Quadra 54-A, Lote 3, no Residencial Garças.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_344_-_alex_matos_-_rua_javari_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_344_-_alex_matos_-_rua_javari_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços o recapeamento asfáltico da Rua Javari, localizada no Bairro Jardim Amazônia.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4445/indicacao_345_-_elton_-__estacionamento_rua_xavante_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4445/indicacao_345_-_elton_-__estacionamento_rua_xavante_2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) a necessidade de implantação de vagas de estacionamento prioritário nas laterais da Escola Técnica Estadual, situada na Rua Xavante.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4446/indicacao_346_-_elton_-__quebra_molas_indo_para_praia_do_bosque_2025__1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4446/indicacao_346_-_elton_-__quebra_molas_indo_para_praia_do_bosque_2025__1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) a necessidade de melhorias na Avenida Ezequiel de Carvalho ou na Rua Otacílio José dos Campos, no trecho que dá acesso à Praia do Bosque, após a rotatória do anel viário.</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_347_-_dr._neto_-_praca_da_ciencia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_347_-_dr._neto_-_praca_da_ciencia.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal de Barra do Garças a implantação, em nosso município, de uma Praça da Ciência, espaço público inovador que alia lazer, educação e inclusão social, proporcionando às crianças e jovens a oportunidade de aprender conceitos científicos de forma lúdica e interativa.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4447/indicacao_348_-_jaime_-_reforma_praca_bnh.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4447/indicacao_348_-_jaime_-_reforma_praca_bnh.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário Municipal de Desenvolvimento Urbano e Sustentável, Thiago Barbosa, a realização de uma reforma geral da Praça Dr. Marcelo Paes Leme, situada no bairro BNH, em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_349_-_pebinha-_cascalhamento_e_asfaltamento_da_rua_do_lazer.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_349_-_pebinha-_cascalhamento_e_asfaltamento_da_rua_do_lazer.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) a solicitação de providências emergenciais para cascalhamento, asfaltamento e limpeza da Rua do Lazer, localizada no Jardim Palmares (obs.: na rua do escritório da Panucci, entrando à direita).</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_350-__valdeir_leite-_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_350-__valdeir_leite-_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Indica à Superintendência Regional do DNIT a instalação de um redutor de velocidade (lombada) na Avenida Edgar Atalah Filho, no bairro Jardim das Mangueiras.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_351-_alex_matos_-_limpeza_rua_liberdade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_351-_alex_matos_-_limpeza_rua_liberdade.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços (SMIS), com cópia à empresa concessionária de serviços Clean Master Ambiental Unipessoal Ltda., a realização da limpeza da calçada localizada na Rua Liberdade, nº 636, no Setor Sul II.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_352-_alex_-sinalizacao_escola_coracao_de_mae.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_352-_alex_-sinalizacao_escola_coracao_de_mae.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a pintura de faixa de pedestre, instalação de quebra-molas e colocação de placas de sinalização de “Escola” em frente à Escola de Educação Infantil Coração de Mãe Andressa L. dos R. Morais &amp; Cia Ltda., localizada na Rua XV de Novembro, nº 535, Quadra 7, Lote 4, Setor Sul II, Barra do Garças – MT, CEP 78.600-146.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_353-_armando_alves_brito_-_limpeza_da_rua.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_353-_armando_alves_brito_-_limpeza_da_rua.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Infraestrutura e Serviços a limpeza da Rua São Salvador, nas proximidades do nº 2021, no Setor Nova Barra Sul, bem como a substituição das lâmpadas existentes por outras mais fortes e mais claras.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_354-_geralmino_alves_-_rotatorias_2_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_354-_geralmino_alves_-_rotatorias_2_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Ministro Carlos Fávaro e ao Departamento Nacional de Infraestrutura de Transportes – DNIT/MT a solicitação de implantação de rotatórias em trechos estratégicos de nossas rodovias federais, com o objetivo de melhorar a fluidez do trânsito, aumentar a segurança viária e reduzir acidentes.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_355_hiago_teles.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_355_hiago_teles.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de uma Academia ao Ar Livre no Distrito de Voadeira, com a finalidade de proporcionar melhores condições de saúde, lazer e bem-estar à população local, especialmente ao público idoso.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_356-_hiago_teles_-_conserto_tampa_do_boeiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_356-_hiago_teles_-_conserto_tampa_do_boeiro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para o conserto imediato da tampa de bueiro localizada na Rua Raimundo Melo, nesta cidade.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_357-_hiago_teles_-_pavimentacao_asfaltica.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_357-_hiago_teles_-_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de pavimentação asfáltica na Rua Cosme Damião, esquina com a Rua E, neste município.</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_358-_hiago_teles_-_pavimentacao_asfatica_na_rua_amazonas_ii_setor_a.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_358-_hiago_teles_-_pavimentacao_asfatica_na_rua_amazonas_ii_setor_a.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de pavimentação asfáltica na Rua Amazonas II, Setor A, neste município.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_359-_hiago_teles_-_pavimentacao_asfatica_na_rua_laura_vicuna.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_359-_hiago_teles_-_pavimentacao_asfatica_na_rua_laura_vicuna.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de pavimentação asfáltica na Rua Laura Vicunã, Setor Jardim dos Ipês, neste município.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_360-_hiago_teles_-_pavimentacao_asfatica_rua_travessa_c.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_360-_hiago_teles_-_pavimentacao_asfatica_rua_travessa_c.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a realização de pavimentação asfáltica na Rua Travessa C, em pequeno trecho do Setor Vila Varjão, neste município.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_361-_hiago_teles_-_pintura_e_revitalizacao_dos_quebra-molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_361-_hiago_teles_-_pintura_e_revitalizacao_dos_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a pintura e revitalização de todos os quebra-molas (lombadas) da cidade, visando garantir melhor visualização e segurança no trânsito.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_362-_hiago_teles_-_reforma_da_acadeia_de_idosos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_362-_hiago_teles_-_reforma_da_acadeia_de_idosos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a reforma da Academia de Idosos localizada na praça do Bairro Vila Maria, neste município.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_363-_ronair_nunes_-_abertura_de_via_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_363-_ronair_nunes_-_abertura_de_via_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a criação de uma via exclusiva para embarque e desembarque de alunos em frente à Escola Estadual Militar Tiradentes, localizada na Avenida Presidente Vargas, nº 1268 – Centro, com a finalidade de reduzir o congestionamento e melhorar a fluidez do trânsito no local</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_364-_ronair_nunes_-_nivelamentos_e_reparos__rua_g_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_364-_ronair_nunes_-_nivelamentos_e_reparos__rua_g_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização do nivelamento e reparos no asfalto da Rua G, situada no bairro Vila Maria, com a finalidade de promover a melhoria das condições de tráfego, garantir a segurança dos usuários e restabelecer a mobilidade adequada na região.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_365-_ronair_nunes_-_praca_da_pedra_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_365-_ronair_nunes_-_praca_da_pedra_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, em conjunto com a Secretaria Municipal de Meio Ambiente e o setor responsável pelo Patrimônio Histórico, a realização dos serviços de limpeza, restauração, pintura e jardinagem na Praça da Pedra, localizada na Travessa Alexandrina Gomes, nº 75 – Setor Sul I, com a finalidade de revitalizar o espaço público, conservar o patrimônio histórico existente e oferecer um ambiente agradável e seguro para a comunidade.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_366-_ronair_nunes_-realizacao_da_abertura_da_via_avenida_brasil_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_366-_ronair_nunes_-realizacao_da_abertura_da_via_avenida_brasil_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços a realização da abertura da via, limpeza do canteiro central, patrolamento e cascalhamento da Avenida Brasil, situada no bairro Vila Maria, com a finalidade de promover a melhoria das condições de tráfego, assegurar a segurança dos usuários e conferir adequada organização e aspecto urbanístico à localidade.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_367-_adilson_tavares_-__a_travessa_c_sem_pavimentacao_do_bairro_vila_varjao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_367-_adilson_tavares_-__a_travessa_c_sem_pavimentacao_do_bairro_vila_varjao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do secretário Jairo Marques Ferreira, as seguintes necessidades: 1. Inclusão da Travessa C, esquina com a Avenida Serra Azul, Vila Varjão, no Programa Poeira Zero, para execução de obras de pavimentação asfáltica; 2. Implantação de medidas urgentes de segurança viária na Avenida Serra Azul, no trecho de acesso à UPA, como instalação de lombadas, reforço de fiscalização e ações preventivas para redução de acidentes.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4508/indicacao_368-_adilson_tavares_-_solicitracao_de_cascalhamento_e_pavimentacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4508/indicacao_368-_adilson_tavares_-_solicitracao_de_cascalhamento_e_pavimentacao.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura com cópia para à Secretaria Municipal de Trânsito e Transportes, a necessidade urgente de cascalhamento e posterior pavimentação da Rua Santo Onofre, Quadra 359, Bairro Nova Barra Sul, tendo em vista que esta é a única via da quadra que ainda não recebeu pavimentação asfáltica.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_369-_geralmino_alves_-_asfaltamento_iate.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_369-_geralmino_alves_-_asfaltamento_iate.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Desenvolvimento Urbano e Sustentável a pavimentação asfáltica no Setor Recreio das Águas Quentes (Estrada Antiga do Iate), atendendo à demanda da munícipe Maria Divina.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_370-_geralmino_alves_-_tdah.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_370-_geralmino_alves_-_tdah.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde, com cópia à Prefeitura Municipal, solicitando a contratação de profissionais especializados para realizar avaliações neurológicas em crianças com suspeita de TDAH (Transtorno do Déficit de Atenção com Hiperatividade) e autismo, garantindo o diagnóstico precoce e adequado dessas condições.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_371-_jaime_rodrigues_-_avenida_brasilia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_371-_jaime_rodrigues_-_avenida_brasilia.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, para que sejam tomadas, com urgência, as providências necessárias para a implantação de um redutor de velocidade (quebra-molas) na Avenida Brasília, na entrada do Bairro Zeca Ribeiro, se possível antes e depois da rotatória, ou a instalação de um semáforo, em especial na rotatória.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_372-_jaime_rodrigues_-_rua_ao_lado_ginasio_arnaldo_martins.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_372-_jaime_rodrigues_-_rua_ao_lado_ginasio_arnaldo_martins.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a fim de solicitar a pavimentação asfáltica da Rua Roberta Aguiar, nº 346, Bairro São Benedito, ao lado do Ginásio de Esportes Arnaldo Martins.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_373-_jaime_rodrigues_-_tapa_buraco_limpeza_e_capinacao_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_373-_jaime_rodrigues_-_tapa_buraco_limpeza_e_capinacao_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a fim de solicitar os serviços de tapa-buracos, coleta de lixo e capinação na Rua São Joaquim, Quadra 190, Residencial Nova Barra.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_374-_ze_gota_-_colocacao_de_quebra_-_molas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_374-_ze_gota_-_colocacao_de_quebra_-_molas.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Infraestrutura e Serviços a solicitação para realizar a colocação de um redutor de velocidade (quebra-molas).</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_375-_ze_gota_-_distrito_de_indianopolis.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_375-_ze_gota_-_distrito_de_indianopolis.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal de Barra do Garças e à Secretaria de Infraestrutura e Serviços Públicos, com cópia ao Diretor da unidade da JBS em Barra do Garças, a necessidade de adoção de medidas urgentes para solucionar os problemas de poeira e tráfego intenso de caminhões que afetam diretamente os moradores do Distrito de Indianópolis, especialmente nas vias de acesso ao confinamento da empresa.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_376-_alessandro_matos_do_nascimento_-_placa_e_faixa_pare_alex_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_376-_alessandro_matos_do_nascimento_-_placa_e_faixa_pare_alex_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços (SMIS) a instalação de placas e pintura de faixas de “PARE” nos dois lados do cruzamento entre as ruas Manoel Ferreira e Raimundo Melo, no bairro Centro.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4526/indicacao_377-_elton_melo_marques_-_agua_passa_vinte_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4526/indicacao_377-_elton_melo_marques_-_agua_passa_vinte_2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) que seja realizada a implementação ou o reforço do abastecimento de água no reservatório existente no Assentamento Passa-Vinte, garantindo água potável e segura para todas as famílias residentes.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_378-_adilson_tavares_-_solicitacao_rua_10.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_378-_adilson_tavares_-_solicitacao_rua_10.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade urgente de inclusão da Rua 10, Quadra 57, Lote 18, no Programa Poeira Zero, com execução de obras de pavimentação e drenagem pluvial.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_379-_elton_melo_marques_-rua_w8_wilma_peres.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_379-_elton_melo_marques_-rua_w8_wilma_peres.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável – SMDUS, nos termos regimentais, a necessidade de providências urgentes quanto ao esgoto que corre diariamente na Rua W-8, Residencial Wilmar Peres, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4579/indicacao_380-_geralmino_alves_rodrigues_neto_-__nova_escola.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4579/indicacao_380-_geralmino_alves_rodrigues_neto_-__nova_escola.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Allan Porto, Secretário de Estado de Educação de Mato Grosso, a necessidade de construção de uma nova escola no Bairro BNH, em Barra do Garças – MT, em substituição à atual Escola Estadual Francisco Dourado.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_381-_geralmino_alves_rodrigues_neto_-_redutor_velocidade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_381-_geralmino_alves_rodrigues_neto_-_redutor_velocidade.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, a implantação de um redutor de velocidade na Rua Goiabeiras, no Bairro Mangueiras, nas proximidades do PSF do bairro e do Bar do Gaúcho.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_382-_jaime_rodrigues_neto_-__pavimentacao_rua_praia_do_bosque.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_382-_jaime_rodrigues_neto_-__pavimentacao_rua_praia_do_bosque.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia à Secretaria Municipal de Obras e Infraestrutura, solicitando providências para a pavimentação asfáltica do trecho compreendido entre a rotatória da pista dupla até a entrada da Praia do Bosque.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_383-_jaime_rodrigues_neto_-_avenida_salome.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_383-_jaime_rodrigues_neto_-_avenida_salome.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, bem como à Secretaria Municipal de Trânsito e Transportes, solicitando a urgente melhoria da sinalização viária e uma avaliação da necessidade de instalação de semáforo na Avenida José Salomé Rodrigues, com especial atenção à rotatória nas proximidades da loja Todimo.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_384-_geralmino_alves_rodrigues_neto_-_tapa_buraco_02.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_384-_geralmino_alves_rodrigues_neto_-_tapa_buraco_02.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a execução de operação tapa-buracos na Avenida Brasil, na interseção com a Rua Brilhante, no Bairro Jardim Nova Barra Norte.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_385-_geralmino_alves_rodrigues_neto_-bairro_sena_marques_tapa_buraco_01.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_385-_geralmino_alves_rodrigues_neto_-bairro_sena_marques_tapa_buraco_01.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a execução de operação tapa-buracos na Rua Osvaldo Pereira da Silva, nº 276, no Bairro Sena Marques.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4576/indicacao_386-_alex_matos-_sec_de_educacao_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4576/indicacao_386-_alex_matos-_sec_de_educacao_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação a disponibilização de aulas on-line (Ensino a Distância – EAD) para os alunos da rede municipal de ensino que, por motivos de falta de transporte escolar, ausência de motorista, dificuldades causadas pelas chuvas ou apresentação de atestado médico, não conseguem comparecer presencialmente à escola.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_387-_armando_alves_brito_-_instalacao_de_cameras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_387-_armando_alves_brito_-_instalacao_de_cameras.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine à Secretaria Municipal de Educação, em parceria com a Secretaria de Transportes, a realização de estudos técnicos e orçamentários visando à instalação de câmeras de monitoramento em todos os ônibus escolares da rede municipal.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>Elcio Mendes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_388-_elcio_mendes_da_silva_-_embarque_e_desembarque_escola_cb_vanilson.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_388-_elcio_mendes_da_silva_-_embarque_e_desembarque_escola_cb_vanilson.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Secretário Municipal, Thiago Marcelo da Silva Barbosa que, por meio da secretaria competente, seja implantada uma área destinada exclusivamente ao embarque e desembarque de alunos na Escola Estadual Militar Tiradentes “CB PM Vanilson Silva Carvalho”, neste município.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_389-_elcio_mendes_da_silva_-_sinalizacao_do_bairro_zeca_ribeiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_389-_elcio_mendes_da_silva_-_sinalizacao_do_bairro_zeca_ribeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Secretário Municipal de Infraestrutura e Serviços, Jairo Marques, para que, por meio do setor competente, seja realizada a colocação de sinalização viária indicando a mudança de sentido da Rua Pedro F. Déo para a Rua Zeca Ribeiro, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_390-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_390-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Deputado Beto Dois a Um, a necessidade de elaboração e apresentação de Projeto de Lei que reconheça o município de Barra do Garças como a Capital do Ufoturismo do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_391-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_391-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Mauro Mendes Ferreira, Governador do Estado de Mato Grosso; ao Excelentíssimo Senhor Cel. PM César Roveri, Secretário de Estado de Segurança Pública; e à Excelentíssima Senhora Daniela Silveira Maidel, Delegada-Geral da Polícia Judiciária Civil de Mato Grosso, a necessidade de criação de uma Delegacia Especializada de Combate ao Crime Organizado no Município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_392-_armando_alves_brito_-_plano_de_cargos_carreira_e_salarios.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_392-_armando_alves_brito_-_plano_de_cargos_carreira_e_salarios.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que proceda à inclusão, no Plano de Cargos, Carreiras e Salários (PCCS) dos servidores da Saúde e da Administração, da elevação automática de nível, conforme já aplicado ao Plano da Educação.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/assinada_indicacao_393-_bianca_sousa_de_freitas_almeida_-__energisa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/assinada_indicacao_393-_bianca_sousa_de_freitas_almeida_-__energisa.pdf</t>
   </si>
   <si>
     <t>Indica à empresa de energia elétrica, Energisa, que adote com a máxima urgência, as providências necessárias para a substituição do poste localizado na Rua José André Varjão, esquina com a Rua 19 de Abril, no bairro Serrinha.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4622/assinada_indicacao_394-_bianca_sousa_de_freitas_almeida_-_sec._saude-_whatsapp.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4622/assinada_indicacao_394-_bianca_sousa_de_freitas_almeida_-_sec._saude-_whatsapp.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que realize o acompanhamento e monitoramento dos números de WhatsApp disponibilizados pelas Unidades Básicas de Saúde (UBS), em especial da UBS do bairro Sena Marques.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_395-_elton_melo_marques_-__abertura_e_reabertura_da_rua_24_09__2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_395-_elton_melo_marques_-__abertura_e_reabertura_da_rua_24_09__2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) que seja realizada a abertura/reabertura da via pública localizada no Bairro Jardim Paraíso, próxima à Quadra 15, Lote 7, em frente à Rua dos Lírios.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_396-_elton_melo_marques_-__asfalto_zeca_ribeiro_24_09__2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_396-_elton_melo_marques_-__asfalto_zeca_ribeiro_24_09__2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável (SMDUS) que seja realizado o asfaltamento da Rua Elviro B. dos Santos, situada no Bairro Zeca Ribeiro.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/indicacao_397-_geralmino_alves_rodrigues_neto_-__equoterapia02.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/indicacao_397-_geralmino_alves_rodrigues_neto_-__equoterapia02.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal, com cópia à Secretaria Municipal de Saúde, a solicitação de disponibilização de transporte coletivo e o fortalecimento de medidas de apoio ao Projeto de Equoterapia desenvolvido pela Associação Mundo Melhor, em Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_398-_hiago_teles_-__de_pavimentacao_asfaltica_na_rua_dos_cravos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_398-_hiago_teles_-__de_pavimentacao_asfaltica_na_rua_dos_cravos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a pavimentação asfáltica da Rua dos Cravos, no Setor Jardim Paraíso, neste Município.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_399-_hiago_teles_-_implementacao_de_postes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_399-_hiago_teles_-_implementacao_de_postes.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a instalação de postes de iluminação pública na Rua Rubelita, no Setor Jardim Nova Barra, neste Município.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_400-_hiago_teles_-_instalacao_de_bebedouros_de_agua_e_troca_das_lampadas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_400-_hiago_teles_-_instalacao_de_bebedouros_de_agua_e_troca_das_lampadas.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para instalar um bebedouro de água e realizar a troca das lâmpadas queimadas na quadra poliesportiva do Bairro Jardim dos Ipês.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_401-_hiago_teles_-_pavimentacao_asfaltica_na_rua_das_palmeiras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_401-_hiago_teles_-_pavimentacao_asfaltica_na_rua_das_palmeiras.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a pavimentação asfáltica da Rua das Palmeiras, no Setor Jardim Paraíso, neste Município.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_402-_hiago_teles_-_pavimentacao_asfaltica_rua_olavo_bilac.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_402-_hiago_teles_-_pavimentacao_asfaltica_rua_olavo_bilac.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a pavimentação asfáltica da Rua Olavo Bilac, no Setor Nova Barra, neste Município.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_403-_hiago_teles_-_pavimentacao_asfaltica_rua_universitaria.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_403-_hiago_teles_-_pavimentacao_asfaltica_rua_universitaria.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a pavimentação asfáltica da Rua Universitária, no Setor Nova Barra, neste Município.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_404-_hiago_teles_-_pavimentacao_asfaltica.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_404-_hiago_teles_-_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a pavimentação asfáltica da Avenida Perimetral Leste, no Setor Nova Barra, neste Município.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_405-_hiago_teles_-_reforma_de_campo_de_futebol.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_405-_hiago_teles_-_reforma_de_campo_de_futebol.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Educação, Esportes e Lazer que sejam tomadas, com urgência, as providências necessárias para a limpeza do campo de futebol, bem como a aquisição de postes para instalação de rede de voleibol e o fornecimento de areia para nivelamento e melhoria das condições do campo localizado na Rua 1, Setor Toledo, neste Município.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_406-_hiago_teles_tamp_-_buracos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_406-_hiago_teles_tamp_-_buracos.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Infraestrutura e Serviços que sejam tomadas, com urgência, as providências necessárias para a realização de reparos eficazes e definitivos na pavimentação da Avenida Brasil, bem como melhorias no sistema de drenagem e na sinalização viária no entorno da Escola Helena Esteves.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/indicacao_407-_armando_alves_brito_-_estudo_de_transito_002.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/indicacao_407-_armando_alves_brito_-_estudo_de_transito_002.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Prefeito Municipal e ao Secretário de Obras e Infraestrutura que seja realizado um estudo de trânsito, a fim de que os veículos reduzam a velocidade ao trafegarem entre as ruas Waldir Rabelo e Avenida Salomé José Rodrigues, nas proximidades da Pronto Vet – Clínica Veterinária – e da empresa Oxigarças.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/ass_indicacao_408-_bianca_sousa_de_freitas_almeida_-_reparo_do_banheiro_psf_pitaluga.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/ass_indicacao_408-_bianca_sousa_de_freitas_almeida_-_reparo_do_banheiro_psf_pitaluga.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a realização de reparo no banheiro da Unidade Básica de Saúde Santo Antônio I, localizada no bairro Pitaluga.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_409-_geralmino_alves_rodrigues_neto_-_metanol.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_409-_geralmino_alves_rodrigues_neto_-_metanol.pdf</t>
   </si>
   <si>
     <t>Indica à Vigilância Sanitária Municipal, com cópia à Secretaria Municipal de Saúde, que sejam realizadas, com urgência, ações de fiscalização e orientação em bares, restaurantes, distribuidoras e demais estabelecimentos que comercializam bebidas alcoólicas, incluindo: 1. Verificação da procedência e da documentação fiscal dos produtos; 2. Checagem da autenticidade de lotes e rótulos das bebidas; 3. Ações educativas sobre os riscos do consumo de bebidas falsificadas.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_410-_hiago_teles_-_melhoria_de_atendimento_as_gestantes_e_puerperas_no_hospital_publico_municipal.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_410-_hiago_teles_-_melhoria_de_atendimento_as_gestantes_e_puerperas_no_hospital_publico_municipal.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Saúde que sejam tomadas, com urgência, as providências necessárias quanto às condições de atendimento às gestantes e puérperas no hospital público municipal, em razão de diversas reclamações apresentadas pela população.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_411-_ze_gota-_regulariza_barra_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_411-_ze_gota-_regulariza_barra_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Prefeito Municipal e ao Senhor Secretário de Planejamento Urbano, a necessidade de retomada do Programa Regulariza Barra, com urgência, a fim de atender aos bairros que ainda não foram contemplados com a regularização fundiária.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_412-_armando_alves_brito_-_25-2025_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_412-_armando_alves_brito_-_25-2025_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal e à Secretaria Municipal de Infraestrutura e Serviços, que seja realizada a medição correta e, posteriormente, a finalização das obras de pavimentação asfáltica, construção de calçadas e instalação de meio-fio na Rua Joaninha Arcena Ribeiro, nas proximidades do n° 101, situada no bairro Anchieta.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_413-_armando_alves_brito_-_26-2025_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_413-_armando_alves_brito_-_26-2025_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal e à Secretaria Municipal de Infraestrutura e Serviços, que seja realizada a implantação de vagas de estacionamento exclusivas para pessoas com deficiência (PcDs), devidamente sinalizadas e demarcadas, em frente às agências bancárias situadas na área urbana deste município.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_414-_jaime_rodrigues_neto_-_melhorias_travessa_rb158_e_av._jardim_araguaia_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_414-_jaime_rodrigues_neto_-_melhorias_travessa_rb158_e_av._jardim_araguaia_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, solicitando que sejam realizadas melhorias no acesso à Avenida Jardim Araguaia, especificamente no trecho da Avenida Ministro João Alberto, em frente à concessionária Fiat Auto Norte, na travessia da BR-158.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_415-_jaime_rodrigues_neto_-_pavimentacao_asfaltica_jardim_nova_barra_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_415-_jaime_rodrigues_neto_-_pavimentacao_asfaltica_jardim_nova_barra_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, que sejam tomadas providências para a pavimentação asfáltica da Rua Major Otávio Pitaluga, avenida paralela ao anel viário, no bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/indicacao_416_-_armando_alves_brito_-_27-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/indicacao_416_-_armando_alves_brito_-_27-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal e à Secretária de Infraestrutura e Serviços que seja realizada, com urgência, a limpeza do quarteirão próximo ao Centro Municipal de Educação Infantil (CMEI) Professora Jô, localizado no Setor Solar Ville, bem como a conclusão da calçada próxima à escola, na Rua Moreira Cabral.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_417-_elton_melo_marques_-_quebra-molas__2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_417-_elton_melo_marques_-_quebra-molas__2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável – SMDUS, a necessidade de construção de um quebra-molas na Avenida Cristal, no bairro Jardim dos Ipês, em frente à Distribuidora e Conveniência Top 10, neste município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_418-_elton_melo_marques-_rua_w_8_wilma_peres_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_418-_elton_melo_marques-_rua_w_8_wilma_peres_2025.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável – SMDUS, a necessidade de providências urgentes quanto ao esgoto que corre diariamente na Rua W-8, Residencial Wilmar Peres, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/indicacao_419-_geralmino_alves_rodrigues_neto_-_tvs_ubs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/indicacao_419-_geralmino_alves_rodrigues_neto_-_tvs_ubs.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Comunicação Social, solicitando a divulgação de informações de utilidade pública e de interesse coletivo nas televisões e painéis eletrônicos instalados em:_x000D_
 I – Prontos-Socorros Municipais; _x000D_
 II – Unidades Básicas de Saúde (UBS); _x000D_
 III – Unidades de Pronto Atendimento (UPA); _x000D_
 IV – Câmara Municipal; _x000D_
 V – Demais repartições públicas que possuam espaço de espera ao público.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/indicacao_420-_geralmino_alves_rodrigues_neto_-_vale_show.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/indicacao_420-_geralmino_alves_rodrigues_neto_-_vale_show.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal, solicitando a realização de uma programação especial em comemoração ao aniversário do Distrito de Vale dos Sonhos, no dia 10 de dezembro, com: show musical; brinquedos e atividades para as crianças; e campeonato esportivo, como torneio de futebol.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_421-_geralmino_alves_rodrigues_neto_-_zeca_ribeiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_421-_geralmino_alves_rodrigues_neto_-_zeca_ribeiro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Desenvolvimento Urbano e Sustentável, solicitando a reforma do campo esportivo “Zeca Ribeiro”, com instalação de Academia de Ginástica ao Ar Livre (ATI); recomposição de areia; limpeza do local e ações preventivas de controle de parasitoses.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_422-_geralmino_alves_rodrigues_neto_-_climatizacao_lab.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_422-_geralmino_alves_rodrigues_neto_-_climatizacao_lab.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Barra do Garças – MT, com cópia à Secretaria Municipal de Saúde e à Secretaria Municipal de Administração, que sejam adotadas providências para a instalação de climatização, mediante colocação de aparelho(s) de ar-condicionado, na recepção do Laboratório Municipal Dr. Arnulfo da Cunha Coutinho.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_423-_jaime_rodrigues_neto_-_cascalhamento_estrada_serra_do_roncador.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_423-_jaime_rodrigues_neto_-_cascalhamento_estrada_serra_do_roncador.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e Serviços, na pessoa do Secretário Jairo Marques Ferreira, a necessidade urgente de patrolamento, cascalhamento e reparos da estrada que liga Barra do Garças à Serra do Roncador.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_291-_elcio_mendes_-_semafaro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_291-_elcio_mendes_-_semafaro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Secretário de Infraestrutura e Serviços, Jairo Marques, a necessidade de instalação de um semáforo no cruzamento da Rua Ana Lira com a Rua Germano Bezerra.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_425-_jaime_rodrigues_neto_-_reforma_praca_toricueije.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_425-_jaime_rodrigues_neto_-_reforma_praca_toricueije.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, em conjunto com à Secretaria Municipal de Meio Ambiente e ao setor responsável pelo Patrimônio Histórico, a realização dos serviços de limpeza, restauração, pintura e jardinagem na Praça Central do Distrito de Toricueije, com a finalidade de revitalizar o espaço público, conservar o patrimônio histórico existente e oferecer um ambiente agradável e seguro para a comunidade.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_426-_jaime_rodrigues_neto_-_mutirao_limpeza_toricueije.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_426-_jaime_rodrigues_neto_-_mutirao_limpeza_toricueije.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Meio Ambiente e à Concessionária de Serviços Públicos, Clean Master Ambiental Unipessoal Ltda., a realização de mutirão de limpeza no distrito de Toricueije.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/indicacao_427-_maria_silvania_araujo_ramos_-_centro_educacional_e_clinico_multidisciplinar.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/indicacao_427-_maria_silvania_araujo_ramos_-_centro_educacional_e_clinico_multidisciplinar.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Barra do Garças apoio à instalação do Centro Educacional e Clínico Multidisciplinar.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_428-_geralmino_alves_rodrigues_neto_-__barrasaude.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_428-_geralmino_alves_rodrigues_neto_-__barrasaude.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal, com cópia à Secretaria de Desenvolvimento Urbano e Sustentável, a criação do programa “Barra + Saúde”, com o objetivo de desenvolver e executar projetos estruturais voltados à melhoria e ampliação da rede municipal de saúde.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_429-_maria_silvania_araujo_ramos_-_interprete_ou_tradutor_lingua_indigena.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_429-_maria_silvania_araujo_ramos_-_interprete_ou_tradutor_lingua_indigena.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal de Barra do Garças – MT, por meio do Excelentíssimo Senhor Prefeito, Dr. Adilson Gonçalves de Macedo, que assegure a presença de intérprete ou tradutor de língua indígena, ou profissional com conhecimento da língua e da cultura indígena, nos órgãos e entidades públicas municipais que prestam atendimento ao cidadão e que sejam próximos às respectivas comunidades, incluídos os órgãos essenciais à Justiça e à Segurança Pública, bem como nas concessionárias de serviços públicos municipais.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_430-_jaime-_anel_viario.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_430-_jaime-_anel_viario.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Nacional de Infraestrutura de Transportes (DNIT), com cópia à Secretaria Municipal de Infraestrutura e Serviços, a abertura da contenção no anel viário, nas proximidades que ligam à Rua Ana Cláudia, no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_431-_adilson_tavares_-_redutor_de_velocidade_rua_alpes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_431-_adilson_tavares_-_redutor_de_velocidade_rua_alpes.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Infraestrutura e à Secretaria Municipal de Trânsito e Transportes, a necessidade urgente da instalação de redutor de velocidade (quebra-molas) na Rua Alpes, sentido Centro, no cruzamento com a Avenida Nilson Gomes de Castro.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_432-_armando_alves_brito_-_tapa_buraco_av._brasil.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_432-_armando_alves_brito_-_tapa_buraco_av._brasil.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal e ao Secretário de Obras e Infraestrutura que seja realizada operação tapa-buracos na Avenida Brasil, nas proximidades da Escola Helena Esteves, no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/indicacao_433-_bianca_sousa_de_freitas_almeida_-_sec._saude-_computador_da_sala_de_ultrassom_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/indicacao_433-_bianca_sousa_de_freitas_almeida_-_sec._saude-_computador_da_sala_de_ultrassom_assinada.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Saúde, Sra. Salete Terezinha Lauermann, que realize a substituição do computador da sala de ultrassom do Hospital e Pronto-Socorro Municipal Milton Pessoa Morbeck.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_434-_hiago_teles_-_bairro_piracema.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_434-_hiago_teles_-_bairro_piracema.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, com cópia à Secretaria Municipal de Administração, para que sejam tomadas as providências necessárias, com urgência, para realizar o fechamento dos portões e o isolamento temporário do Centro Comunitário do Bairro Piracema, visando garantir a segurança pública e a integridade do patrimônio municipal.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_435-_hiago_teles_-_cras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_435-_hiago_teles_-_cras.pdf</t>
   </si>
   <si>
     <t>Indica à Sra. Secretária Municipal de Assistência Social, com cópia à Secretaria Municipal de Administração, a necessidade de adoção de medidas urgentes voltadas ao atendimento e suporte às famílias que se encontram na fila de espera nos Centros de Referência da Assistência Social (CRAS), visando liberar o espaço interno, banheiros e quadra esportiva do CRAS, ou a implantação de tendas, a fim de oferecer melhores condições às famílias que aguardam atendimento para realização do Dossiê Habitacional.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_436-_hiago_teles_-_de_implantacao_de_um_quebra_-_molas_av._pedro_f_deo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_436-_hiago_teles_-_de_implantacao_de_um_quebra_-_molas_av._pedro_f_deo.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para a implantação de um redutor de velocidade (quebra-molas) na Avenida Pedro F. Déo, situada na curva anterior ao Clube da Polícia Civil.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_437-_hiago_teles_-_pavimentacao_asfaltica_rua_das_esteves.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_437-_hiago_teles_-_pavimentacao_asfaltica_rua_das_esteves.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços que sejam tomadas as providências necessárias, com urgência, para realizar a pavimentação asfáltica na Rua Esteves, Setor Jardim Nova Barra Sul, neste Município.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_438-_hiago_teles_-_pavimentacao_asfaltica_rua_santa_luzia_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_438-_hiago_teles_-_pavimentacao_asfaltica_rua_santa_luzia_nova_barra.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços, para que sejam tomadas as providências necessárias com urgência, para realizar pavimentação asfáltica na Rua Santa Luzia, Setor Nova Barra, neste município.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_439-_jaime_rodrigues_neto_-_tapa_buracos_nova_barra_sul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_439-_jaime_rodrigues_neto_-_tapa_buracos_nova_barra_sul.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, com cópia ao Secretário Municipal de Infraestrutura e Serviços, a fim de solicitar os serviços de tapa-buracos na Rua Interventor Muller, Quadra 300, Lote 20-A, bairro Nova Barra Sul.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/indicacao_440-_hiago_teles_-_proto_socorro_e__upa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/indicacao_440-_hiago_teles_-_proto_socorro_e__upa.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que sejam tomadas as providências necessárias, com urgência, para a implantação de Salas de Amamentação nas dependências do Pronto-Socorro Municipal e da Unidade de Pronto Atendimento (UPA) de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/indicacao_441-_adilson_tavares_-_alterar_a_lei_complementar_no03_04_de_dezembro_de_1991-1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/indicacao_441-_adilson_tavares_-_alterar_a_lei_complementar_no03_04_de_dezembro_de_1991-1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Procuradoria-Geral do Município, na pessoa do Procurador-Geral, Herbert de Souza Penze, que seja encaminhado a esta Casa de Leis um Projeto de Lei Complementar visando à alteração da Lei Complementar nº 3, de 4 de dezembro de 1991, que “Dispõe sobre o Estatuto e o Regime Jurídico Único dos Servidores Públicos do Município, das Autarquias e das Fundações Municipais”, especificamente no que se refere à Seção V – Da Licença por Motivo de Doença em Pessoa da Família, Art. 96 e seus parágrafos</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/indicacao_442-_adilson_tavares_-_projeto_de_resolucao_que_altere_o_estatuto_dos_servidores_do_poder_le.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/indicacao_442-_adilson_tavares_-_projeto_de_resolucao_que_altere_o_estatuto_dos_servidores_do_poder_le.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora da Câmara Municipal de Barra do Garças – MT, a necessidade de estudo e posterior envio de Projeto de Resolução que altere o Estatuto dos Servidores do Poder Legislativo Municipal, para ampliar o prazo de licença por motivo de doença em pessoa da família, quando se tratar de acompanhamento de familiar em tratamento oncológico</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/indicacao_443-_jaime_rodrigues_neto_-_limpeza_de_bueiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/indicacao_443-_jaime_rodrigues_neto_-_limpeza_de_bueiro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços, com cópia à Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças – AGERBARRA, a realização de limpeza e desobstrução em um bueiro na Rua Francisco Dourado, esquina com a Rua Salomé José Rodrigues, em frente à Bizu Distribuidora de Bebidas</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/indicacao_444-_alex_matos-parquinho_sao_benedito_1_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/indicacao_444-_alex_matos-parquinho_sao_benedito_1_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços (SMIS), com cópia à empresa concessionária responsável, a instalação de um parque infantil no Ginásio Arnaldo Martins, localizado no Bairro São Benedito, no local onde anteriormente estava o parquinho da Matriz.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_445-_hiago_teles_-_solicitacao_a_instalacao_de_um_bebedouro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_445-_hiago_teles_-_solicitacao_a_instalacao_de_um_bebedouro.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Saúde que sejam tomadas as providências necessárias, com urgência, para a instalação de um bebedouro com água gelada nas dependências do PSF do Jardim das Mangueiras.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_446-_maria_silvania-_aparelho_de_mamografia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_446-_maria_silvania-_aparelho_de_mamografia.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Barra Do Garças – MT, ao Senador da República Wellington Fagundes e ao Governador do Estado de Mato Grosso, Mauro Mendes, a necessidade de aquisição e instalação de um aparelho de mamografia completo (mamógrafo digital) no Hospital e Pronto-Socorro Municipal Milton Pessoa Morbeck, a fim de fortalecer a rede de atenção à saúde da mulher em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_447-_ronair_-quebra_molas_-_sao_jose.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_447-_ronair_-quebra_molas_-_sao_jose.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Infraestrutura e Serviços a instalação de um quebra-molas na Rua Belo Horizonte, em frente ao número 156, no Bairro São José, no município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_448-_adilson-_criacao_do_instituto_municipal_de_memoria.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_448-_adilson-_criacao_do_instituto_municipal_de_memoria.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora da Câmara Municipal de Barra do Garças – MT a necessidade de Criação do Projeto de Resolução que cria o Instituto Municipal de Memória do Poder Legislativo de Barra do Garças – MT, visando preservar, organizar e disponibilizar o acervo histórico, documental e institucional desta Casa de Leis conforme proposição. Solicita-se, ainda, que o Vereador Adilson Tavares seja incluído formalmente como Coautor da referida Resolução.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_449_-_alex_-_inclusao_da_pessoa_com_epilepsia_3.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_449_-_alex_-_inclusao_da_pessoa_com_epilepsia_3.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a necessidade de instituir, no âmbito do Município de Barra do Garças, a Política Municipal de Apoio e Inclusão da Pessoa com Epilepsia, contemplando ações integradas entre as áreas de Saúde, Educação, Assistência Social e Desenvolvimento Econômico, com vistas a garantir diagnóstico precoce, tratamento adequado, acesso contínuo à medicamentos, atendimento especializado, ações de conscientização e mecanismos de inclusão social e profissional.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/indicacao_450_-_alex_-_turismo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/indicacao_450_-_alex_-_turismo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a elaboração e o envio de Projeto de Lei que dispõe sobre a Política Municipal de Turismo, cria o Sistema Municipal de Turismo (SIMTUR), o Sistema Municipal de Dados e Informações Turísticas (SIMDAT), o Fundo Municipal de Turismo (FUMTUR), e dá outras providências.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_451-_maria_silvania-_aparelho_de_mamografia.pdf</t>
-[...2 lines deleted...]
-    <t>Indico à PREFEITURA DE BARRA DO GARÇAS-MT, ao SENADOR DA REPÚBLICA WELLINGTON FAGUNDES e ao GOVERNADOR DO ESTADO DE MATO GROSSO, Mauro Mendes, a necessidade de aquisição e instalação de um aparelho de mamografia completo (mamógrafo digital) no Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, a fim de fortalecer a rede de atenção à saúde da mulher em Barra do Garças-MT.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_451-_maria_silvania-_aparelho_de_mamografia.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Prefeitura de Barra do Garças, ao Senador da República Wellington Fagundes e ao Governador do Estado de Mato Grosso, Mauro Mendes, a necessidade de aquisição e instalação de um aparelho de mamografia completo (mamógrafo digital) no Hospital e Pronto Socorro Municipal Milton Pessoa Morbeck, a fim de fortalecer a rede de atenção à saúde da mulher em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_452-_maria_silvania-_sinalizacao_ponto_de_onibus.pdf</t>
-[...2 lines deleted...]
-    <t>Indica à Prefeitura Municipal de Barra do Garças-MT, com cópia ao Senhor Secretário Municipal de Infraestrutura e Serviços, Jairo Marques Ferreira, que sejam adotadas as providências necessárias para a implantação, revisão, substituição e adequada manutenção da sinalização de placas indicativas dos pontos de parada de ônibus no Bairro Nova Barra, neste Município.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_452-_maria_silvania-_sinalizacao_ponto_de_onibus.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Prefeitura Municipal de Barra do Garças, com cópia ao Senhor Secretário Municipal de Infraestrutura e Serviços, Jairo Marques Ferreira, que sejam adotadas as providências necessárias para a implantação, revisão, substituição e adequada manutenção da sinalização de placas indicativas dos pontos de parada de ônibus no Bairro Nova Barra, neste Município.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_453_-_elton-__rua_coronel_elias_galvao.pdf</t>
-[...2 lines deleted...]
-    <t>Indico ao Poder Executivo Municipal, com cópia para Secretaria Municipal de Infraestrutura e Serviços (SMIS), que sejam adotadas, com urgência, medidas de drenagem e melhorias na Rua Coronel Elias Galvão, nas proximidades do bairro Cidade Jardim, no trecho que segue em direção à Vila Maria.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_453_-_elton-__rua_coronel_elias_galvao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, com cópia para Secretaria Municipal de Infraestrutura e Serviços (SMIS), que sejam adotadas, com urgência, medidas de drenagem e melhorias na Rua Coronel Elias Galvão, nas proximidades do bairro Cidade Jardim, no trecho que segue em direção à Vila Maria.</t>
+  </si>
+  <si>
+    <t>4851</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_454_-_elton-__rua_coronel_elias_galvao.pdf</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_001-2025_i_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_001-2025_i_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Promotor de Justiça Rodrigo Fonseca Costa, que será empossado no cargo máximo do Ministério Público de Mato Grosso (MPMT) como Procurador-Geral de Justiça, no dia 7 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3765/moa_a_o_002_-_maria_silvania_-_selo_de_ouro_na_educaa_a_o.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3765/moa_a_o_002_-_maria_silvania_-_selo_de_ouro_na_educaa_a_o.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo ao Vice-Prefeito Sivirino Souza dos Santos, na época ainda Secretário de Educação, por receber o Selo Ouro pelo reconhecimento ao trabalho de alfabetização das crianças realizado no município. O prêmio é instituído pelo programa Selo Nacional Compromisso com a Alfabetização e busca incentivar a adoção de políticas públicas voltadas à educação.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3766/moa_a_o_003-_maria_silvania_-_lar_dos_idosos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3766/moa_a_o_003-_maria_silvania_-_lar_dos_idosos.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Prefeito Dr. Adilson Gonçalves de Macedo, Vice-Prefeito Sivirino Souza dos Santos e Deputado José Eugênio de Paiva (Dr. Eugênio), pela idealização e criação do novo Lar “Bem Estar", o Lar dos Idosos em Barra do Garças - MT.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3767/mocao_004-_hiago_teles_-_participantes_taadis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3767/mocao_004-_hiago_teles_-_participantes_taadis_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os senhores participantes da capacitação TAADIS, que desempenham um brilhante serviço à população, ao integrarem o seletivo de capacitação. Reconheço o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3768/mocao_005-_hiago_teles_-_palestrantes_taadis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3768/mocao_005-_hiago_teles_-_palestrantes_taadis_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os senhores palestrantes da capacitação TAADIS, que desempenham um brilhante serviço à população, ao integrarem o seletivo de capacitação. Reconheço o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3769/mocao_006-_hiago_teles_-_membros_da_comissao_taadis_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3769/mocao_006-_hiago_teles_-_membros_da_comissao_taadis_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os senhores membros da Comissão do Seletivo e Capacitação TAADIS, que desempenham um brilhante serviço à população por integrarem o seletivo de capacitação, bem como por participarem da respectiva comissão. Reconheço o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3776/mocao_007-_bianca_freitas_-_ronny_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3776/mocao_007-_bianca_freitas_-_ronny_-_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Reitor do Curso de Direito do Centro Universitário UniCathedral, Ronny César Camilo Mota, empossado no cargo de_x000D_
 Reitor por meio de portaria no dia 06/01/2025.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3795/mocao_008-_alex_matos_-_membros_rotaract_club.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3795/mocao_008-_alex_matos_-_membros_rotaract_club.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os membros e a instituição Rotaract Club de Barra do Garças, que desempenham um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3796/mocao_009-_alex_matos_-_nenem_da_ueva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3796/mocao_009-_alex_matos_-_nenem_da_ueva.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Divaldo Pereira da Silva, que desempenha um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3864/mocao_010-_paulo_raye_-_colaboradores_clean_master...pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3864/mocao_010-_paulo_raye_-_colaboradores_clean_master...pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os colaboradores da empresa Clean Master, Sra. Silvanete Silva Lopes e Sr. Ricardo Rodrigues, pelos 3 (três) anos de relevantes serviços prestados à cidade de Barra do Garças.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3881/mocao_011-_valdei_leite_-_uniao_de_bairros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3881/mocao_011-_valdei_leite_-_uniao_de_bairros.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, no uso de suas atribuições legais, manifesta, por meio desta Moção de Aplausos, seu reconhecimento e congratulações à nova diretoria da União de Bairros de Barra do Garças pela assunção de seus respectivos cargos e pelo compromisso com o fortalecimento das associações comunitárias em nossa cidade.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3882/mocao_012_-_bianca_freitas_-_dr._pablo_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3882/mocao_012_-_bianca_freitas_-_dr._pablo_-_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Pablo Borges Rigo, Delegado Adjunto da 1ª Delegacia de Polícia Civil de Barra do Garças – MT e Delegado Titular da Delegacia Especializada do Adolescente da mesma cidade. Justifica-se esta Moção como forma de reconhecimento pela atuação do referido Delegado à frente da Segurança Pública do município, bem como pelo compromisso incansável das instituições policiais na manutenção da ordem.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_013-_bianca_freitas_-_dr._adriano_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_013-_bianca_freitas_-_dr._adriano_-_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Adriano Marcos Alencar, Delegado Titular da 1ª Delegacia de Polícia Civil de Barra do Garças –_x000D_
 MT e da 2ª Delegacia de Polícia Civil de Barra do Garças – MT. Justifica-se esta Moção como forma de reconhecer e homenagear a dedicação e o profissionalismo demonstrados ao longo de sua carreira em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_014-_bianca_freitas_-_dr._nelder_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_014-_bianca_freitas_-_dr._nelder_-_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Nélder Martins Pereira, Delegado Titular da Delegacia Especializada de Roubos e Furtos de_x000D_
 Barra do Garças – MT e Coordenador do Núcleo de Inteligência da mesma cidade. Justifica-se esta Moção como forma de reconhecimento pela atuação do referido Delegado à frente da Segurança Pública do município, bem como pelo compromisso incansável das instituições policiais na manutenção da ordem.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_015-_bianca_freitas_-_dr._wilyney_-_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_015-_bianca_freitas_-_dr._wilyney_-_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Wilyney Santana Borges Leal, Delegado Titular da Delegacia Regional de Barra do Garças – MT e da Delegacia de Torixoréu – MT. Justifica-se esta Moção como forma de reconhecimento pela dedicação e pelo profissionalismo.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_016-_ze_gota_-_pmgo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_016-_ze_gota_-_pmgo.pdf</t>
   </si>
   <si>
     <t>Parabenizar os policiais militares residentes em Barra do Garças e Novo São Joaquim (MT), integrantes do corpo da Polícia Militar do Estado de Goiás (PMGO), pelo excelente trabalho realizado no combate ao crime em nossa região durante o mês de fevereiro, reconhecendo sua atuação com dedicação.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3955/mocao_017-_alex_matos_-_ana_paula.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3955/mocao_017-_alex_matos_-_ana_paula.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a professora Ana Paula da Costa Fernandes, docente do curso de Psicologia do Centro Universitário do Vale do Araguaia, que _x000D_
 desempenha um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3956/mocao_018-_alex_matos_-_joyce_laura.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3956/mocao_018-_alex_matos_-_joyce_laura.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Dra. Joyce Laura, docente e pesquisadora da Universidade Federal de Mato Grosso – Campus de Barra do Garças, e diretora do Instituto de Ciências Exatas e da Terra do Campus Universitário do Araguaia, que desempenha um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_019-_alex_matos_-_monges.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_019-_alex_matos_-_monges.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os monges Janaína Fonseca Correa e Getúlio de Miranda Lavrador, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3967/mocao_de_pesar_020-_alex_-_wagner_ferraz_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3967/mocao_de_pesar_020-_alex_-_wagner_ferraz_1.pdf</t>
   </si>
   <si>
     <t>Como forma de manifesta solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares do Senhor Wagner Ferraz, em razão do seu falecimento, ocorrido na data de 23 de março de 2025, na cidade de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3993/mocao_021-_alex_matos_-_campeonato_volei.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3993/mocao_021-_alex_matos_-_campeonato_volei.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os organizadores do Sexto Campeonato de Voleibol da AVB e o time campeão AVB 2025, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_022-_alex_matos_-_etnoturismo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_022-_alex_matos_-_etnoturismo.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores responsáveis pelo projeto de Etnoturismo que participaram da visita técnica a Campo Novo do Parecis e Tangará da Serra, e aqueles que atuaram na produção e transmissão ao vivo diretamente da aldeia Namunkurá, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3977/mocao_023-_bianca_freitas_-_dr._joaquim_leitao_ass..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3977/mocao_023-_bianca_freitas_-_dr._joaquim_leitao_ass..pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Joaquim Leitão Júnior - Delegado Adjunto da Delegacia Especializada de Roubos e Furtos de Barra do Garças- MT.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3978/document.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3978/document.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Advogado, Dr. Leonardo André da Mata, Presidente da 2ª Subseção da Ordem dos Advogados do Brasil (OAB) de Barra do _x000D_
 Garças, em razão de sua expressiva vitória para a Diretoria, no que concerne ao triênio 2025-2028.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4079/mocao__ass_025-_paulo_raye_-_dr._pablo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4079/mocao__ass_025-_paulo_raye_-_dr._pablo.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Pablo Borges Rigo, Delegado Adjunto da 1ª Delegacia de Polícia Civil de Barra do Garças-MT e Delegado Titular da Delegacia Especializada do Adolescente da mesma cidade.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4081/mocao_ass_026-_paulo_raye_-_dr._adrino.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4081/mocao_ass_026-_paulo_raye_-_dr._adrino.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado de Polícia Civil, Dr. Adriano Marcos Alencar, Delegado Titular da 1ª Delegacia de Polícia Civil de Barra do Garças-MT e da 2ª Delegacia de Polícia Civil de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4020/mocao_027-_alex_matos_-_prf.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4020/mocao_027-_alex_matos_-_prf.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os membros da Polícia Rodoviária Federal que participaram da organização do evento Semana Municipal de Segurança no Trânsito, que desempenham um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4022/mocao_028-_alex_matos_-_selene.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4022/mocao_028-_alex_matos_-_selene.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo Selene Ten Caten Bento, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4034/mocao_029-_allan_construtor_-_dona_divina_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4034/mocao_029-_allan_construtor_-_dona_divina_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Divina de Paula Santos, em reconhecimento ao seu empreendedorismo, que contribui significativamente para a economia e cultura local por meio de um serviço prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4035/mocao_030-_allan_construtor_-_raimundo_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4035/mocao_030-_allan_construtor_-_raimundo_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Raimundo Oliveira Silva Neto, Chefe dos Investigadores de Polícia Civil da 1ª Delegacia de Polícia do Centro de Barra do Garças-MT, pelo brilhante serviço prestado à população barra-garcense, reconhecendo sua dedicação e excelência no exercício da função.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4036/mocao_031-_allan_construtor_-_rivagno_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4036/mocao_031-_allan_construtor_-_rivagno_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Rivagno Oliveira de Sousa, Tenente da Reserva Remunerada da Polícia Militar do Estado de Mato Grosso, pelo brilhante serviço prestado à população barra-garcense, reconhecendo sua dedicação e excelência no exercício da função.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4037/mocao_032-_allan_construtor_-_ten_cel_pm_naildo_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4037/mocao_032-_allan_construtor_-_ten_cel_pm_naildo_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Naildo Guedes Lima, Tenente-Coronel da Reserva Remunerada da Polícia Militar do Estado de Mato Grosso, pelo brilhante serviço prestado à população barra-garcense, reconhecendo sua dedicação e excelência no exercício da função.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4044/mocao_033-_pebinha_-_dr_petterson.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4044/mocao_033-_pebinha_-_dr_petterson.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Petterson Augusto Peres, médico clínico geral, pelo relevante trabalho prestado na Unidade de Pronto Atendimento (UPA) de Barra do Garças.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4043/mocao_034-_ze_gota_-_helena.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4043/mocao_034-_ze_gota_-_helena.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo Helena Souza Vinha, ganhadora do Baby Miss Brasil 2025, moradora de Barra do Garças, que representou com excelência o Vale do Araguaia, levando o nome de nossa região ao cenário nacional da beleza infantil.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4091/mocao_035-_alex_matos_-_idealizadores_e_parceiros_do_projeto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4091/mocao_035-_alex_matos_-_idealizadores_e_parceiros_do_projeto.pdf</t>
   </si>
   <si>
     <t>Congratula os idealizadores e parceiros do Projeto Provérbios 22 pelo relevante trabalho social desenvolvido em benefício da juventude de Barra do Garças e região.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4092/mocao_036-_alex_matos_-_projeto_proverbios_22.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4092/mocao_036-_alex_matos_-_projeto_proverbios_22.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Projeto Provérbios 22, que desempenha um brilhante serviço à população barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_037-_allan_construtor_-_fernando_rezende_carezolli_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_037-_allan_construtor_-_fernando_rezende_carezolli_ass.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Fernando Rezende Carezolli, Coordenador do Centro de Referência Regional de Especialidades em Saúde (CRRES) de nosso Município, que desempenha um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_038-_allan_construtor_-_salete_terezinha_lauermann_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_038-_allan_construtor_-_salete_terezinha_lauermann_ass.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Salete Terezinha Lauermann, Secretária de Saúde de nosso Município, pelo seu aniversário celebrado em 7 de abril de 2025, bem como pelo brilhante serviço prestado à população barra-garcense, reconhecendo seu trabalho realizado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4083/mocao_039-_elton_-_delegada_luciana.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4083/mocao_039-_elton_-_delegada_luciana.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Delegada Luciana Canaverde, em reconhecimento pelo brilhante serviço prestado à população barra-garcense, destacando sua dedicação e excelência no exercício de suas funções.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4098/mocao_040-_hiago_teles_-_academia_chute_kombat_e_eduardo_bruno_lima_de_assis.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4098/mocao_040-_hiago_teles_-_academia_chute_kombat_e_eduardo_bruno_lima_de_assis.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Academia Chute Kombat, e o proprietário, Eduardo Bruno Lima de Assis, em reconhecimento pela relevante atuação esportiva e pela conquista alcançada no WGP Kickboxing, no dia 29 de março de 2025.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4099/mocao_041-_hiago_teles_-_gabriel_perola.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4099/mocao_041-_hiago_teles_-_gabriel_perola.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Gabriel Pertusi Pérola de Araújo, em reconhecimento pela relevante conquista no evento de WGP Kickboxing, realizado no dia 29 de março de 2025.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4153/mocao_042-_alex_matos_-_projeto_feira_sustentare.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4153/mocao_042-_alex_matos_-_projeto_feira_sustentare.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os participantes do Projeto Feira Sustentarte, que desempenham um brilhante serviço à população Barragarcense, pela contribuição ao fortalecimento do artesanato sustentável em Barra do Garças, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4154/mocao_043-_alex_matos_-_terreiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4154/mocao_043-_alex_matos_-_terreiro.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Terreiro Filhos da Jurema Sagrada e a Mãe Rafaela Márcia Rodrigues Lima, que desempenham um brilhante serviço à população barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4121/mocao_044-_dr._neto_-_dra_pamela.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4121/mocao_044-_dr._neto_-_dra_pamela.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Dra. Pâmela Cardoso dos Santos Silva, pela sua exemplar dedicação à Medicina, pela responsabilidade com que exerce sua profissão e pela contribuição direta à melhoria da saúde da população barra-garcense, tanto no âmbito emergencial, quanto em tratamentos especializados e de alta complexidade.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4151/mocao_045-_hiago_teles_-_banco_de_sangue.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4151/mocao_045-_hiago_teles_-_banco_de_sangue.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os dedicados colaboradores da Unidade de Coleta e Transfusão de Barra do Garças-MT, em reconhecimento ao trabalho essencial, humano e incansável que desenvolvem em prol da saúde da população, especialmente no suporte a pacientes que necessitam de transfusões sanguíneas e na promoção de campanhas de doação de sangue.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4152/mocao_046-_hiago_teles_-_supermercado_mendonca.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4152/mocao_046-_hiago_teles_-_supermercado_mendonca.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a empresa Supermercado Mendonça, de razão social Vale Formoso Comércio de Alimentos Ltda., inscrita no CNPJ nº_x000D_
 07.718.845/0002-47, na pessoa de seu proprietário, Sr. Rogério Mendonça, pelos 26 anos de atividades ininterruptas no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4123/mocao_047-_paulo_raye_-_ubs_mangueiras_114.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4123/mocao_047-_paulo_raye_-_ubs_mangueiras_114.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da Unidade Básica de Saúde do Bairro Mangueiras, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_048-_ze_gota_-_cesar.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_048-_ze_gota_-_cesar.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Celso José Reimer Júnior, que foi nomeado para exercer a função de confiança de direção geral e assessoramento, nível DGA-6 LC/266, como Gerente Regional da Unidade Regional de Supervisão de Barra do Garças, do Instituto de Defesa Agropecuária do Estado de Mato Grosso – INDEA-MT.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4185/mocao_049-_alex_matos_-_ager.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4185/mocao_049-_alex_matos_-_ager.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças – AgerBarra e seu presidente, Sr. Clerismar Ferreira de Oliveira, pelos relevantes serviços prestados em prol da população de Barra do Garças, promovendo a excelência na fiscalização e regulação dos serviços públicos delegados, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4186/mocao_050-_alex_matos_-_kleryo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4186/mocao_050-_alex_matos_-_kleryo.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Dr. Kleryo Camara, que desempenha um brilhante serviço à população barragarcense, reconhecendo o trabalho prestado com dedicação _x000D_
 e excelência.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4187/mocao_051-_alex_matos_-_muhna_ufmt.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4187/mocao_051-_alex_matos_-_muhna_ufmt.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a equipe gestora e executora do Museu de História Natural do Araguaia – MuHNA/UFMT, que desempenha um brilhante serviço à população barragarcense, reconhecendo o trabalho prestado com dedicação e excelência, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4168/mocao_052-_paulo_raye_-_ubs_palamares.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4168/mocao_052-_paulo_raye_-_ubs_palamares.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da Unidade Básica de Saúde do Bairro Palmares, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4172/mocao_053-_paulo_raye_-_ubs_vila_maria.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4172/mocao_053-_paulo_raye_-_ubs_vila_maria.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da Unidade Básica de Saúde do Bairro Vila Maria, que desempenham um brilhante serviço à população Barragarcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4204/mocao_054_-_maria_silvania_-_alfabetiza.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4204/mocao_054_-_maria_silvania_-_alfabetiza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES aos alunos destaques do Programa “ALFABETIZA”, que tem por objetivo a transformação do contexto do estado sobretudo, na fase da alfabetização, fortalecendo a gestão escolar, capacitando os docentes, avaliando o desempenho dos estudantes e gerando incentivos às escolas.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4225/mocao_de_pesar_055-_alex-wanilton.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4225/mocao_de_pesar_055-_alex-wanilton.pdf</t>
   </si>
   <si>
     <t>Como forma de manifesta solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares do Sr. Wanilton Luiz Alves em razão do seu falecimento, ocorrido na data de 10 de maio de 2025, na cidade de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4248/mocao_056_-paulo_raye-3_ubs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4248/mocao_056_-paulo_raye-3_ubs.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos das Unidades Básicas de Saúde dos bairros Nova Barra II, Sena Marques e Anchieta, pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4276/mocao_057-_ronair_de_jesus-_2o_sargento_mariuzam_e_altieres.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4276/mocao_057-_ronair_de_jesus-_2o_sargento_mariuzam_e_altieres.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os militares 2º Sargento Mariuzan Soares Cardoso e 2º Sargento Altieres Moreira da Silva, ambos integrantes da Polícia Militar do Estado de Mato Grosso, lotados no 5º Comando Regional, pelo ato de bravura, profissionalismo e dedicação à vida demonstrados durante a ocorrência registrada em 17 de março de 2025, no município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4294/mocao_058_-_alex_matos_-agita_barra_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4294/mocao_058_-_alex_matos_-agita_barra_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a equipe gestora e executora do "Agita Barra 2025", pela realização de um evento esportivo de grande relevância para o município de Barra do Garças, promovendo saúde, bem-estar e integração social por meio da prática esportiva, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4292/mocao_059_-_hiago_teles_-_dia_mundial_do_hamburguer_solidario.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4292/mocao_059_-_hiago_teles_-_dia_mundial_do_hamburguer_solidario.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os voluntários e músicos que, de forma exemplar, prestaram relevantes serviços à comunidade durante o evento comemorativo ao "Dia Mundial do Hambúrguer", realizado entre os dias 24 e 26 de maio de 2025, com finalidade beneficente.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4287/mocao_060-_elton_melo_-_josiane_ribeiro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4287/mocao_060-_elton_melo_-_josiane_ribeiro.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Josiane Ribeiro, Coordenadora Central de Regulação da Saúde deste município, pelo brilhante serviço prestado à população barra-garcense com dedicação, competência e excelência.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4288/mocao_061-_elton_melo_-_maria_piedade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4288/mocao_061-_elton_melo_-_maria_piedade.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Maria Piedade Borges Fonseca, pelos relevantes serviços prestados à população barra-garcense com dedicação, competência e excelência.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4298/mocao_062-_jaime-_etec.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4298/mocao_062-_jaime-_etec.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os profissionais da Escola Técnica Estadual de Educação Profissional e Tecnológica de Barra do Garças – ETEC/BG.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4299/mocao_de_pesar_063-_alex_-__justino.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4299/mocao_de_pesar_063-_alex_-__justino.pdf</t>
   </si>
   <si>
     <t>Como forma de manifestar solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares da Ilustre Sr. Justino (Maria Helena Noivas) em razão do seu falecimento, ocorrido nesta data de 31 de maio de 2025, na cidade de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4301/mocao_064-_pebinha-_diretoria_pronto_socorro1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4301/mocao_064-_pebinha-_diretoria_pronto_socorro1.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, representada pelo vereador Valdeí Leite Guimarães (Pebinha), vem manifestar publicamente o reconhecimento e a admiração à Sra. Hérica Ambrósio Da Silva - Diretora Administrativa Hospitalar; à Sra. Danny Francielly Lima Alves - Chefe De Seção; à Sra. Maria Regina Ramos Mendes - Assessora de Serviços Técnicos e Administrativos pelo relevante trabalho prestado no Pronto-Socorro de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4327/mocao_de_pesar_065-_alex_-lider_xavante_edmundo_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4327/mocao_de_pesar_065-_alex_-lider_xavante_edmundo_1.pdf</t>
   </si>
   <si>
     <t>Como forma de manifestar solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares do Sr. Edmundo Dzu'aiwi Omore, uma das maiores lideranças do povo Xavante e referência na luta pelos direitos indígenas em nosso município.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4338/mocao_066-_alex_matos_-_ze_bingo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4338/mocao_066-_alex_matos_-_ze_bingo.pdf</t>
   </si>
   <si>
     <t>Apresenta Moção de Congratulação ao Sr. José Francisco, popularmente conhecido como Zé do Bingo, em reconhecimento ao relevante serviço prestado à população barra-garcense, com dedicação, carisma e excelência.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4339/mocao__067-_alex_matos_-_gazin.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4339/mocao__067-_alex_matos_-_gazin.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças – MT, por iniciativa do(a) Vereador(a) Alex Matos, apresenta Moção de Aplausos à empresa Gazin S.A., Filial 418 – _x000D_
 Barra do Garças – MT, e a seus colaboradores, pelos relevantes serviços prestados à população barra-garcense.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4344/mocao_068-_jaime-_etec1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4344/mocao_068-_jaime-_etec1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os profissionais da Escola Técnica Estadual de Educação Profissional e Tecnológica de Barra do Garças – ETEC/BG, em reconhecimento pela atuação e dedicação de todos no compartilhamento de conhecimento e na formação de pessoas/profissionais qualificados para o mercado de trabalho em nossa cidade e região.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4361/mocao_069-_dr.neto_-_aviacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4361/mocao_069-_dr.neto_-_aviacao.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo, in memoriam, os valorosos Aviadores Veteranos que, ao longo de suas trajetórias, dedicaram suas vidas à aviação, contribuindo significativamente para o desenvolvimento e fortalecimento desse setor em nossa região e no país. Pilotos, ex-pilotos e profissionais da área, essas personalidades deixaram um legado de coragem, pioneirismo, técnica e paixão pelo voo.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4381/mocao_070-elton-_lucas_martins.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4381/mocao_070-elton-_lucas_martins.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Lucas Martins Barros, Coordenador da Divisão de Saúde deste Município, pelo brilhante serviço prestado à população Barra-garcense, reconhecendo o trabalho desenvolvido com dedicação e excelência.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4374/mocao_071_-alex_matos_-_grafica_ivan_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4374/mocao_071_-alex_matos_-_grafica_ivan_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Gráfica Ivan, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4375/mocao_072_-alex_matos_-_sandro_da_saude_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4375/mocao_072_-alex_matos_-_sandro_da_saude_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Sandro Rogério, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência no âmbito da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4376/mocao_073_-_alex_matos_-_wendell_mirante_do_cristo_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4376/mocao_073_-_alex_matos_-_wendell_mirante_do_cristo_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Wendel Mendes, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4373/mocao_074_-_alex_matos_-wilyney_santana_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4373/mocao_074_-_alex_matos_-wilyney_santana_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Delegado Regional da Polícia Civil, Dr. Willyney Santana Borges Leal, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4371/mocao_075_-_alex_matos_-_maria_izaurina_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4371/mocao_075_-_alex_matos_-_maria_izaurina_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Maria Izaurina Santana Costa, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4378/mocao_076-_valdei_leite_-_alunos_cathedral.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4378/mocao_076-_valdei_leite_-_alunos_cathedral.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, por iniciativa do Vereador Valdeí Leite Guimarães (Pebinha), vem, por meio desta Moção, manifestar publicamente reconhecimento e admiração às alunas do Colégio Cathedral pelo brilhante desempenho alcançado no "Concurso Canguru de Matemática".</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4369/mocao_077-_maria_silvania_-_alfabetiza-__gestores_diretores_e_coordenadores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4369/mocao_077-_maria_silvania_-_alfabetiza-__gestores_diretores_e_coordenadores.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os diretores, coordenadores e gestores das Escolas que receberam o prêmio Destaque do Programa “Alfabetiza”, que tem por objetivo a transformação do contexto do Estado, sobretudo, na fase da alfabetização, fortalecendo a gestão escolar, capacitando os docentes, avaliando o desempenho dos estudantes e gerando incentivos às escolas.</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4370/mocao_078-maria_silvania_-_alfabetiza_-_professores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4370/mocao_078-maria_silvania_-_alfabetiza_-_professores.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os professores dos alunos que foram destaque no Programa “Alfabetiza”, que tem por objetivo a transformação do contexto do Estado, sobretudo, na fase da alfabetização, fortalecendo a gestão escolar, capacitando os docentes, avaliando o desempenho dos estudantes e gerando incentivos às escolas.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4385/mocao_079-_pebinha-_diretoria_do_hopital_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4385/mocao_079-_pebinha-_diretoria_do_hopital_2.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, representada pelo vereador Valdeí Leite Guimarães (Pebinha), vem, através desta, manifestar publicamente o reconhecimento e a admiração aos senhores pelo relevante trabalho prestado no Pronto-Socorro de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4398/mocao_080-_elton_-_alene.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4398/mocao_080-_elton_-_alene.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Alene Wesseltra Gonçalves, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população Barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4399/mocao_081-_elton-adriana_rodrigues.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4399/mocao_081-_elton-adriana_rodrigues.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Adriana Rodrigues da Silva, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população Barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4414/mocao_082-_elton_-auriane_pacheco.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4414/mocao_082-_elton_-auriane_pacheco.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra.  Auriane Pacheco de Araújo, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população Barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4400/mocao_083-elton-mirian.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4400/mocao_083-elton-mirian.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Mirian Silva Luz, Técnica de Enfermagem deste município, pelo brilhante serviço prestado à população Barra-garcense. Reconheço o trabalho desenvolvido com dedicação, responsabilidade e excelência, atributos que fazem da homenageada uma profissional digna de respeito e reconhecimento público.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4401/mocao_084-_elton-michelle.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4401/mocao_084-_elton-michelle.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Michelle Araújo Santos, Auxiliar em Saúde Bucal deste município, pelo brilhante serviço prestado à população Barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4402/mocao_085_-elton_-_maria_aparecida_pereira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4402/mocao_085_-elton_-_maria_aparecida_pereira.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Maria Aparecida Pereira do Couto Fernandes, Técnica de Enfermagem deste município, pelo brilhante serviço prestado à população Barra-garcense. Reconheço o trabalho desenvolvido com dedicação, responsabilidade e excelência, atributos que fazem da homenageada uma profissional digna de respeito e reconhecimento público.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4403/mocao_086-_elton_-_ana_claudia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4403/mocao_086-_elton_-_ana_claudia.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Ana Cláudia Martins de Oliveira, Cirurgiã-Dentista deste município, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência pela homenageada.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4404/mocao_087_-_elton_-fernanda_cunha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4404/mocao_087_-_elton_-fernanda_cunha.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Fernanda Cunha de Deus Duarte Prado, Enfermeira deste município, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência pela homenageada.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4405/mocao_088_-_elton_-francineide.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4405/mocao_088_-_elton_-francineide.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Francineide Vieira da Silva Farias, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população Barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4394/mocao_089_-_alex_matos_-_feira_nova_barra.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4394/mocao_089_-_alex_matos_-_feira_nova_barra.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo aos Organizadores da Feira do Bairro Nova Barra, que desempenham um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4392/mocao_de_pesar_090-_alex_matos-__julia_eva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4392/mocao_de_pesar_090-_alex_matos-__julia_eva.pdf</t>
   </si>
   <si>
     <t>Como forma de manifestar solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares da Sra. Júlia Eva Kinskowski Spohr, falecida no dia 19 de julho de 2025, aos 104 anos de idade.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4406/mocao_091_-_alex_matos_-_giga_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4406/mocao_091_-_alex_matos_-_giga_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Giliard Morés, conhecido como Giga, Coordenador Técnico da Secretaria de Educação, Esporte e Lazer e atleta do município de Barra do Garças – MT, que desempenha um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4393/mocao_092-_alex_matos_-_financas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4393/mocao_092-_alex_matos_-_financas.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores da Secretaria de Finanças do Município de Barra do Garças – MT, que desempenham um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4407/mocao_093-_guilherme.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4407/mocao_093-_guilherme.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Guilherme Bouchabki de Almeida Guardini, Oftalmologista, residente em Barra do Garças – MT, que integra a equipe da Clínica São Lucas, situada neste município, e colabora significativamente para o fortalecimento da equipe da referida clínica, desempenhando um brilhante serviço à população Barra-garcense, reconhecendo o trabalho prestado com dedicação, ética e excelência.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4420/mocao_094-_elton-_thatilla_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4420/mocao_094-_elton-_thatilla_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Thatilla Virgínia Ferreira Nascimento, médica deste município, pelo brilhante serviço prestado à população barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4421/mocao_095-_elton-maria_aparecida_pereira_do_couto_fernandes_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4421/mocao_095-_elton-maria_aparecida_pereira_do_couto_fernandes_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Maria Aparecida Pereira do Couto Fernandes, Técnica de Enfermagem deste município, pelo brilhante serviço prestado à população barra-garcense. Reconheço o trabalho desenvolvido com dedicação, responsabilidade e excelência, atributos que fazem da homenageada uma profissional digna de respeito e reconhecimento público.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4422/mocao_096-_elton-narjara_ramos__1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4422/mocao_096-_elton-narjara_ramos__1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Narjara Ramos Lino, Assistente Administrativa deste município, pelo brilhante serviço prestado à população barra-garcense. Reconheço o trabalho desenvolvido com dedicação, responsabilidade e excelência, qualidades que a tornam uma profissional digna de respeito, admiração e reconhecimento público.</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4423/mocao_097-_elton-silvany_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4423/mocao_097-_elton-silvany_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Silvany Maria de Oliveira, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4424/mocao_098-_elton-sonia_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4424/mocao_098-_elton-sonia_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Sônia Augusta José de Carvalho, servidora dos serviços gerais deste município, pelo brilhante serviço prestado à população barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um ambiente acolhedor e em um atendimento humanizado, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4425/mocao_099-_elton-wilma_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4425/mocao_099-_elton-wilma_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Wilma Alves de Sousa, Agente Comunitária de Saúde deste município, pelo brilhante serviço prestado à população barra-garcense. Seu trabalho, pautado na dedicação, no compromisso e na excelência profissional, reflete-se em um atendimento humanizado e de alta qualidade, sendo digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4448/mocao_100_-_maria_silvania_-_agente_mobilizador_dp_cref17mt.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4448/mocao_100_-_maria_silvania_-_agente_mobilizador_dp_cref17mt.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Vice-Prefeito Professor Sivirino Souza dos Santos pela nomeação como Mobilizador Regional do Conselho Regional de Educação Física da 17ª Região (CREF17/MT), assumindo a importante missão de aproximar o Conselho dos profissionais de Educação Física no Araguaia e de reforçar o compromisso com a valorização da categoria em todo o Estado de Mato Grosso. Representando o município de Barra do Garças e toda a região do Araguaia, o Professor Sivirino, que, além de educador físico, é amplamente reconhecido por seu trabalho social, educacional e esportivo, assume essa nova função com entusiasmo e responsabilidade.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4449/mocao_101_-_maria_silvania-_equipe_de_basquete.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4449/mocao_101_-_maria_silvania-_equipe_de_basquete.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o treinador e as atletas femininas de basquetebol que foram campeões estaduais dos Jogos Escolares Mato-Grossenses e dos Jogos Estudantis de Seleções Mato-Grossenses, celebrada sua abertura em Barra do Garças, e com finais ocorridas em Lucas do Rio Verde, que têm como objetivo promover o esporte escolar como instrumento de educação, integração social e desenvolvimento integral dos estudantes do Estado de Mato Grosso, estimulando a prática esportiva entre alunos da rede pública e privada, incentivando hábitos saudáveis e a formação de valores como disciplina, respeito e cooperação.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4450/mocao_102_-_maria_silvania-_comissao_organizadora_municipal_-_jogos_municipais_barra_do_garcas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4450/mocao_102_-_maria_silvania-_comissao_organizadora_municipal_-_jogos_municipais_barra_do_garcas.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Comissão Organizadora Municipal dos Jogos Escolares Mato-grossenses e dos Jogos Estudantis de Seleções Mato-grossenses, celebrada sua abertura em Barra do Garças e com finais ocorridas em Lucas do Rio Verde, que têm como objetivo promover o esporte escolar como instrumento de educação, integração social e desenvolvimento integral dos estudantes do Estado de Mato Grosso, estimulando a prática esportiva entre alunos da rede pública e privada, incentivando hábitos saudáveis e a formação de valores como disciplina, respeito e cooperação.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4455/mocao_103_-_alex_matos_-_esquadrilha_de_fumaca_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4455/mocao_103_-_alex_matos_-_esquadrilha_de_fumaca_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Dilson Lira dos Anjos e o Sr. Edvaldo Ferreira Maciel pela brilhante organização do Encontro de Aviadores do Vale do Araguaia, que contou com a marcante apresentação da Esquadrilha da Fumaça. Evento que elevou o nome de Barra do Garças e proporcionou momentos de admiração e orgulho à população.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4443/mocao_104-_pebinha-_professores_cathedral.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4443/mocao_104-_pebinha-_professores_cathedral.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, por meio desta Moção de Aplausos, manifesta reconhecimento, respeito e admiração à Diretora, ao Coordenador e às Professoras do Colégio Cathedral pelos relevantes serviços prestados à Educação em nosso município.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Como forma de manifestar solidariedade, solicita-se o encaminhamento de Moção de Pesar aos familiares do ilustre senhor João Pereira dos Santos, pai do Vice-Prefeito, Professor Sivirino, em razão de seu falecimento, ocorrido na presente data, 18 de agosto de 2025.</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4463/mocao_106-_elton_melo_-__paulo_sousa_silva_cras1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4463/mocao_106-_elton_melo_-__paulo_sousa_silva_cras1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e Parabenizo o Psicólogo, Paulo Sousa Silva, do CRAS Construir, que desempenha um brilhante serviço à população Barra-Garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4464/mocao_107-_elton_melo_-_simone_aparecida_pedro_martins_cras1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4464/mocao_107-_elton_melo_-_simone_aparecida_pedro_martins_cras1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Assistente Social, Simone Aparecida Pedro Martins, dos CRAS, que desempenha um brilhante serviço à população Barra-Garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4465/mocao_108-_elton_melo-_ana_paula_pereira_brito_cras1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4465/mocao_108-_elton_melo-_ana_paula_pereira_brito_cras1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Ana Paula Pereira Brito, entrevistadora do Cadastro Único/Bolsa Família no CRAS, que desempenha um brilhante serviço à população Barra-Garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4466/mocao_109-_adilson-_alexandre_augusto_scarello.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4466/mocao_109-_adilson-_alexandre_augusto_scarello.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Alexandre Augusto Scarello, Técnico em Agropecuária da EMPAER, pelo relevante e dedicado trabalho desenvolvido em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na competência, no comprometimento e na excelência profissional, tem gerado resultados expressivos que beneficiam diretamente nossa população, sendo digna de reconhecimento público.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4468/mocao_110-_adilson-_camilo_savio_tavares_lopes1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4468/mocao_110-_adilson-_camilo_savio_tavares_lopes1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Camilo Sávio Tavares Lopes, Gestor Territorial da EMPAER, pelo brilhante trabalho desenvolvido em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na dedicação, no compromisso e na excelência profissional, reflete-se em resultados concretos que beneficiam diretamente nossa população, sendo digna de reconhecimento público.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4469/mocao_111-_adilson-_carla_sales_rodrigues_simoes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4469/mocao_111-_adilson-_carla_sales_rodrigues_simoes.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Carla Sales Rodrigues Simões, Técnica em Agropecuária da EMPAER, pelo relevante trabalho realizado em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na dedicação, na competência e no compromisso com a melhoria da qualidade de vida da população, tem gerado resultados concretos e significativos, sendo motivo de orgulho e digna de reconhecimento público.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4470/mocao_112-_adilson-carolina_wisintainer.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4470/mocao_112-_adilson-carolina_wisintainer.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Carolina Wisintainer, Engenheira Agrônoma da EMPAER, pelo excelente trabalho realizado em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na dedicação, no profissionalismo e na competência técnica, tem gerado impactos positivos e duradouros que beneficiam diretamente os produtores rurais e a comunidade local, sendo digna de reconhecimento público.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4471/mocao_113-_adilson-felipe_alves_dos_santos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4471/mocao_113-_adilson-felipe_alves_dos_santos.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Felipe Alves dos Santos, Engenheiro Agrônomo da EMPAER, pelo excelente trabalho realizado em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na dedicação, no profissionalismo e na competência técnica, tem gerado impactos positivos que beneficiam diretamente os produtores rurais e toda a comunidade, sendo motivo de orgulho e digno de reconhecimento público.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4472/mocao_114-_adilson-itallo_d_paula_matos_machado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4472/mocao_114-_adilson-itallo_d_paula_matos_machado.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Ítallo D' Paula Matos Machado, Técnico em Agropecuária da EMPAER, pelo relevante e dedicado trabalho em prol do fortalecimento da agricultura e do desenvolvimento rural em nosso município. Sua atuação, pautada na competência, no comprometimento e na excelência profissional, tem resultado em benefícios concretos para os produtores rurais e para a comunidade local, sendo digna de reconhecimento público.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4475/mocao_de_apoio_115-_ze_gota_-_pdl_3-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4475/mocao_de_apoio_115-_ze_gota_-_pdl_3-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador Gabriel Pereira Lopes, no uso de suas atribuições legais, solicita à Mesa Diretora da Câmara Municipal de Barra do Garças a aprovação da Moção de Apoio ao Projeto de Decreto Legislativo nº 3/2025 e ao Projeto de Lei nº 1904/2024. O primeiro busca anular os efeitos da Resolução nº 258/2024 do CONANDA, e o segundo tem como objetivo proteger a vida intrauterina, proibindo o aborto sem restrição de tempo de gestação. Ambos os projetos estão em tramitação no Congresso Nacional e, na visão dos vereadores, defendem o direito fundamental à vida, conforme o artigo 5º da Constituição Federal de 1988, e expressam o desejo da maioria da população brasileira e, em particular, de Barra do Garças, de combater ações que agridem a dignidade humana em seu estágio mais indefeso: o começo da vida.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4504/mocao_116-_allan-_igreja_nossa_senhora_da_guia_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4504/mocao_116-_allan-_igreja_nossa_senhora_da_guia_ass.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a comunidade da Igreja Nossa Senhora da Guia, que desempenharam um brilhante evento cristão “V Compromisso Barra”, realizado nos dias 22, 23 e 24 de agosto desse ano, com a missão de evangelizar e formar jovens de 16 a 28 anos, oferecendo-lhes uma forte experiência com Deus que favoreça o crescimento da fé e o engajamento na Igreja, reconhecendo assim o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4517/mocao_117-_ze_gota_-_professores_e_professoras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4517/mocao_117-_ze_gota_-_professores_e_professoras.pdf</t>
   </si>
   <si>
     <t>Considerando que os homenageados são residentes em Barra do Garças – MT; Considerando que os homenageados integram a equipe de Destaque do Avalia – MT (Avaliação Somativa 2024); Considerando que os homenageados atuam como Professores e Professoras; Cumprimento e parabenizo: Professores Destaques Avalia – MT.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4528/mocao_118-_alex_matos_-_coordenador_do_cras_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4528/mocao_118-_alex_matos_-_coordenador_do_cras_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Paulo Sousa, coordenador do CRAS São José, pelo relevante trabalho desenvolvido à frente desta importante unidade de Assistência Social, atuando com dedicação, sensibilidade e comprometimento em prol das famílias em situação de vulnerabilidade no município de Barra do Garças.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4527/mocao_119-_valdei_leite_-_elio_silva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4527/mocao_119-_valdei_leite_-_elio_silva.pdf</t>
   </si>
   <si>
     <t>É com grande satisfação que registramos nossa homenagem ao jovem Elio Silva de Oliveira, integrante da equipe da Secretaria de Saúde de Barra do Garças. Seu comprometimento, responsabilidade e dedicação no exercício de suas funções refletem o verdadeiro espírito de serviço público, contribuindo de forma significativa para o atendimento à nossa população.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4532/mocao_120-_alex_matos_-_dr_carlos_ferrari_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4532/mocao_120-_alex_matos_-_dr_carlos_ferrari_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Professor Doutor Carlos K. B. Ferrari, que desempenha um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência como docente, pesquisador e profissional da saúde.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4533/mocao_121-_alex-__iga_inst_gastronomia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4533/mocao_121-_alex-__iga_inst_gastronomia.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os professores Yola Ferraz e Thaiany Simon, bem como a gestora Jacheline Rosane Cordeiro Pinto, do Instituto Gastronômico das Américas - IGA, unidade de Barra do Garças - MT, pela relevante contribuição à formação profissional e cultural de nossa comunidade, destacando-se pelo ensino de qualidade, incentivo ao empreendedorismo e valorização da gastronomia como expressão cultural e social.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4539/mocao_122-_ze_gota-_professores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4539/mocao_122-_ze_gota-_professores.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os professores e professoras destaque do Avalia-MT (Avaliação Somativa 2024), homenageados com o Prêmio Isaltino Alves Barbosa 2025, pelo compromisso com a educação pública, dedicação ao ensino e pelos resultados de excelência obtidos junto aos estudantes da rede municipal.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4559/mocao_123-_maia_silvania-_lar_dos_idosos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4559/mocao_123-_maia_silvania-_lar_dos_idosos.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Chanceler da Diocese de Barra do Garças, Padre Cristiano Ribeiro Dias e o Governador de Mato Grosso, Mauro Mendes Ferreira, pela idealização, criação e apoio ao novo Lar “Bem-Estar”, o Lar dos Idosos em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4568/mocao_124-_alessandro_matos_do_nascimento_-_servidoras_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4568/mocao_124-_alessandro_matos_do_nascimento_-_servidoras_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo as servidoras Josiany de Oliveira Moura Rodrigues e Lucimar Gomes de Miranda dos Santos, que desempenham um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência na Câmara Municipal de Barra do Garças.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4567/mocao_125-_alessandro_matos_do_nascimento_-_capoeira_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4567/mocao_125-_alessandro_matos_do_nascimento_-_capoeira_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Mestre Jaguar, que desempenha um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência na difusão e valorização da capoeira.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4569/mocao_126-_alessandro_matos_do_nascimento_-_ganha_tempo_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4569/mocao_126-_alessandro_matos_do_nascimento_-_ganha_tempo_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores do Ganha Tempo de Barra do Garças – MT, que desempenham um brilhante serviço à população barra-garcense, reconhecendo o trabalho prestado com dedicação, eficiência e excelência no atendimento diário aos cidadãos.</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4575/mocao_127-_ronair_de_jesus_nunes_-pm_ronair_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4575/mocao_127-_ronair_de_jesus_nunes_-pm_ronair_2.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os valorosos Policiais Militares do 5º Comando Regional da Polícia Militar do Estado de Mato Grosso, promovidos em 5 de setembro de 2025, pelo ato de dedicação, profissionalismo e compromisso com a segurança pública — qualidades que os tornam exemplos para toda a sociedade.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4577/mocao_128-_alessandro_matos_do_nascimento_-_ballet_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4577/mocao_128-_alessandro_matos_do_nascimento_-_ballet_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a professora e diretora Juliana Angeloni, carinhosamente conhecida como "Tia Juh", pelo brilhante trabalho desenvolvido à frente da Escola Plié Ballet em Barra do Garças desde 2015, promovendo a arte da dança e formando novas gerações de bailarinas.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4578/mocao_129-_ronair-_cerii.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4578/mocao_129-_ronair-_cerii.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os valorosos profissionais do Centro Especializado em Reabilitação – CER II, pelo ato de dedicação, profissionalismo e compromisso com a saúde e o bem-estar da população de Barra do Garças – MT. Com atendimento humanizado, empenho diário e excelência técnica, cada servidor homenageado contribui de forma significativa para a melhoria da qualidade de vida de inúmeras famílias, tornando-se exemplo de amor ao próximo e dedicação ao serviço público.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/mocao_130-_maria_silvania_araujo_ramos_-_selecao_de_basquete.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/mocao_130-_maria_silvania_araujo_ramos_-_selecao_de_basquete.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o treinador e as atletas da Seleção Feminina de Basquete de Mato Grosso, campeãs da 2ª Divisão dos Jogos da Juventude, competição que tem como objetivo promover o esporte escolar como instrumento de educação, integração social e desenvolvimento integral dos estudantes.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/mocao_131-_alex_matos_-_mayke_cinegrafista_3_1_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/mocao_131-_alex_matos_-_mayke_cinegrafista_3_1_1.pdf</t>
   </si>
   <si>
     <t>Indica-se Moção de Aplausos aos profissionais Maiky Gomes Silva (repórter), Régis Mayeron Roberto (repórter cinematográfico) e Thiago dos Santos Nascimento (editor), pelo excelente trabalho realizado na produção da série de reportagens alusivas ao aniversário do município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/mocao_132-_alex_matos_-allan_kardec_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/mocao_132-_alex_matos_-allan_kardec_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Excelentíssimo Senhor Secretário de Estado de Ciência, Tecnologia e Inovação, Allan Kardec Pinto Acosta Benitez, em reconhecimento ao trabalho exemplar e transformador que vem desenvolvendo em nossa região. Sua gestão tem sido fundamental para a geração de oportunidades de profissionalização para os jovens de Barra do Garças e de todo o entorno.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/mocao_133-_adilson_tavares_lopes_-_2o_sargento_pm_fernandes_alves_da_silva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/mocao_133-_adilson_tavares_lopes_-_2o_sargento_pm_fernandes_alves_da_silva.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Senhor 2º Sargento PM Fernandes Alves da Silva, Policial Militar do 5º Comando Regional de Barra do Garças, pelos valorosos serviços prestados ao longo do ano de 2025.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/mocao_134-_alex_matos_-_ganha_tempo_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/mocao_134-_alex_matos_-_ganha_tempo_1.pdf</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/mocao_135-_alex_matos_-_josemar_antonio_limberguer_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/mocao_135-_alex_matos_-_josemar_antonio_limberguer_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o professor mestre Josemar Antônio Limberguer, que desempenha um brilhante serviço à comunidade acadêmica e à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência à formação de acadêmicos e ao fortalecimento do ensino superior.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/mocao_136-_alex_matos_-cavalgada_bruto_memo_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/mocao_136-_alex_matos_-cavalgada_bruto_memo_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo Alberto Antônio de Souza Betti (Bebeto Betti), Wanessa Rodrigues da Conceição Betti, Alberto Antônio Betti (Nego), José Carlos Segundo Martins Passos do Prado (Veterinário) e Heber Pinheiro, que desempenharam um brilhante serviço à comunidade barra-garcense, reconhecendo o trabalho prestado com dedicação, empenho e excelência na organização e realização da tradicional Cavalgada “Bruto Mesmo”.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/mocao_137-_alex_matos_-micos_brown-_midias_sociais_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/mocao_137-_alex_matos_-micos_brown-_midias_sociais_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o comunicador Micos Brown pela honraria recebida no Prêmio Jejé Oyá 2025, na categoria Mídias Sociais, reconhecendo o destaque e a relevância de seu trabalho na comunicação digital e na promoção da cultura afro-brasileira.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/mocao_138-_maria_silvania-_salve_o_rio_araguaia.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/mocao_138-_maria_silvania-_salve_o_rio_araguaia.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os membros idealizadores e parceiros do Projeto “Salve o Rio Araguaia”, que têm por objetivo promover a preservação de um dos maiores patrimônios naturais e culturais da região: o Rio Araguaia.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/mocao_139-_paulo_cesar_raye_de_aguiar_-_policiais.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/mocao_139-_paulo_cesar_raye_de_aguiar_-_policiais.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da Segurança Pública de Barra do Garças, promovidos no último mês de setembro, pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/mocao_140-_maria_silvania_araujo_ramos-_handebol_masculino_do_ifmt.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/mocao_140-_maria_silvania_araujo_ramos-_handebol_masculino_do_ifmt.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o treinador, técnicos, auxiliares e atletas da equipe de handebol masculino do IFMT – Campus Barra do Garças, que, após vencerem o Campeonato Estadual realizado em Cuiabá e a etapa Regional em Brasília – DF, garantiram vaga para os Jogos dos Institutos Federais (JIFs) Nacionais, que ocorrerão no mês de novembro, na cidade de Natal – RN.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/mocao_141-_ronair-_37o_festa_e_novena_-_vila_maria.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/mocao_141-_ronair-_37o_festa_e_novena_-_vila_maria.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo todos os envolvidos na organização da 37ª Festa e Novena em Honra a São Francisco de Assis, realizada no Salão Paroquial do bairro Vila Maria, nos dias 4 e 5 de outubro de 2025.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/mocao_142-_gabriel_pereira_lopes_-_professor_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/mocao_142-_gabriel_pereira_lopes_-_professor_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Professor Eduardo Luzia França, docente da Universidade Federal de Mato Grosso – UFMT, pela sua relevante contribuição à pesquisa científica e ao desenvolvimento tecnológico em Barra do Garças.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/mocao_143-_maria_silvania_araujo_ramos_-__medico_gabriel.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/mocao_143-_maria_silvania_araujo_ramos_-__medico_gabriel.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o médico Gabriel Jair Donin Kappes pela eficiência do trabalho realizado no postinho de saúde do Ouro Fino, feito com tanto carinho e dedicação. Foram recebidos inúmeros elogios, tanto da rede municipal como de vários pacientes, devido ao rápido preenchimento das fichas de pedidos médicos e ao atendimento humanizado.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/mocao_144-_alex_matos_-_jessika_pre-cop_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/mocao_144-_alex_matos_-_jessika_pre-cop_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo Jessika Satiko Hirata, Presidente da Organização Brasileira de Sustentabilidade (OBRAS), pelo relevante papel desempenhado ao representar o município de Barra do Garças durante o evento PRE-COP, realizado em Brasília, destacando-se pelo compromisso com a sustentabilidade, conservação ambiental e promoção de iniciativas que fortalecem o diálogo sobre questões climáticas e o desenvolvimento sustentável.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/mocao_145-_alex_matos_-_membros_da_comissao_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/mocao_145-_alex_matos_-_membros_da_comissao_2.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo empenho, dedicação e relevante contribuição para o desenvolvimento de iniciativas voltadas à sustentabilidade, conservação ambiental, produção rural e inclusão social no município de Barra do Garças.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/mocao_146-_alex_matos_-_viajantes_da_estrada_ste_e_joao_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/mocao_146-_alex_matos_-_viajantes_da_estrada_ste_e_joao_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo João Vitor Utsunomya Queiroz e Stefane da Silva Schinetski pelo extraordinário exemplo de coragem, determinação e espírito aventureiro, ao percorrerem uma jornada de quase dois anos vivendo na estrada a bordo de sua Kombi adaptada como casa móvel, explorando diversos países e 19 estados brasileiros, somando mais de 30 mil quilômetros de experiências, descobertas e aprendizados, e divulgando as belezas de Barra do Garças aos viajantes que encontraram pelo caminho.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/mocao_147-_alex_matos_-cavalgada_bruto_memo_contribuintes_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/mocao_147-_alex_matos_-cavalgada_bruto_memo_contribuintes_2.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo todos os colaboradores, comerciantes, instituições e apoiadores que contribuíram financeiramente e logisticamente para a realização da Cavalgada “Bruto Mesmo”, em Barra do Garças – MT, reconhecendo o importante papel desempenhado por cada participante no fortalecimento das tradições culturais, na valorização do homem do campo e no incentivo ao espírito de união e solidariedade entre os barra-garcenses.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/mocao_148-_maria_silvania_-_copa_america_de_handebol_master.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/mocao_148-_maria_silvania_-_copa_america_de_handebol_master.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os atletas do handebol de Barra do Garças, vencedores da Copa América de Handebol Master, evento destinado à divulgação do handebol Master nas categorias acima de 35 anos no masculino e acima de 30 anos no feminino.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/mocao_149-_paulo_cesar_raye_de_aguiar_-_assistente_social.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/mocao_149-_paulo_cesar_raye_de_aguiar_-_assistente_social.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos municipais de Barra do Garças pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/mocao_150-_paulo_cesar_raye_de_aguiar_-_comboproducoes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/mocao_150-_paulo_cesar_raye_de_aguiar_-_comboproducoes.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os colaboradores da empresa Combo Produções, Sr. Lucas Rodrigues Alves de Morais, Sr. Brunno Eduardo Araújo de Oliveira e Matheus Antônio Saldanha Alves, pelo último evento realizado no Porto do Baé em Barra do Garças.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/mocao_151-_gabriel_pereira_lopes_-_circuito_de_pagode.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/mocao_151-_gabriel_pereira_lopes_-_circuito_de_pagode.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo todos os organizadores, músicos e colaboradores do 1º Circuito de Pagode de Barra do Garças, realizado no dia 25 de outubro de 2025, na Arena do Porto do Baé, evento cultural que celebrou o samba e o pagode, valorizando os talentos locais e promovendo lazer e cultura à população barra-garcense.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/mocao_152-_gabriel_-_pms_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/mocao_152-_gabriel_-_pms_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo todos os Policiais Militares, Sargento Karen de Arruda Fortes e Soldado PM Yuri de Castro Rigonatto, do 2º Batalhão de Polícia Militar, pela ação heroica e eficiente que resultou no salvamento de uma mulher e de seu filho de três anos, vítimas de tentativa de feminicídio, na madrugada do dia 30 de outubro de 2025, em Barra do Garças.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/mocao_153-_jaime_rodrigues_neto_-_dr._frederico_medeiros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/mocao_153-_jaime_rodrigues_neto_-_dr._frederico_medeiros.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o médico Frederico Ligeiro Medeiros, médico cardiologista, nutrólogo e intensivista, pela eficiência do trabalho realizado na Unidade de Terapia Intensiva (UTI) do MedBarra e do Hospital Municipal Milton Pessoa Morbeck, sendo reconhecido pela liderança ética e pela visão humanizada do cuidado.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/mocao_154-_jaime_rodrigues_neto_-_dra._vilka_nobre.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/mocao_154-_jaime_rodrigues_neto_-_dra._vilka_nobre.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a médica Dra. Vilka Nobre, médica pós-graduada em Saúde Mental, pela sua relevante contribuição e dedicação ao cuidado de pessoas com Transtorno de Déficit de Atenção e Hiperatividade (TDAH) e Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/mocao_155-_maria_silvania_araujo_ramos_-_atletas_e_treinador_da_equeipe_de_basquete.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/mocao_155-_maria_silvania_araujo_ramos_-_atletas_e_treinador_da_equeipe_de_basquete.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a atleta feminina de basquetebol, Amanda dos Santos Couto, que, juntamente com sua equipe, foi campeã estadual dos Jogos Escolares Mato-Grossenses e dos Jogos Estudantis de Seleções Mato-Grossenses.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/mocao_156-_paulo_cesar_raye_de_aguiar_-_assistente_social14.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/mocao_156-_paulo_cesar_raye_de_aguiar_-_assistente_social14.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a servidora pública municipal de Barra do Garças, Sra. Corinta Maria dos Arbués Nery pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4751/mocao_157-_alex_matos_-_agapy_santos_-_basquete_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4751/mocao_157-_alex_matos_-_agapy_santos_-_basquete_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o jovem Agapy Santos pelo brilhante desempenho ao conquistar o título mundial com a Seleção Brasileira Universitária de Basquete, durante a FISU World University Games – Rhine-Ruhr 2025, realizada na Alemanha, em partida histórica contra os Estados Unidos.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/mocao_158-_alex_matos_-_luciano_aquino_de_faria_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/mocao_158-_alex_matos_-_luciano_aquino_de_faria_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Sr. Luciano Aquino de Faria pela destacada atuação como Conselheiro Federal por Mato Grosso, exercendo com dedicação e responsabilidade a nobre missão de representar a classe médica e defender o exercício ético, seguro e comprometido da profissão.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/mocao_159-_alex_matos_-_zenilda_teodoro_abars_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/mocao_159-_alex_matos_-_zenilda_teodoro_abars_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Zenilda Teodora pela posse na Academia de Belas Artes do Rio Grande do Sul (ABARS), um marco de reconhecimento à sua trajetória artística, talento e dedicação à cultura.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/mocao_160-_allan-_policiais_militares_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/mocao_160-_allan-_policiais_militares_ass.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os Policiais Militares 1º Sgt PM Farley Sandro Barbosa de Araújo, 2º Sgt PM Edislei Moreira Cardoso, 2º Sgt PM Leandro José dos Santos e o Cb PM Kevin Kline Mariano Sousa Miranda, do 2º Batalhão de Polícia Militar pela ação rápida e eficiente, que resultou no salvamento de um morador que tentou tirar sua própria vida após um acidente, na madrugada de domingo de 2 de novembro de 2025, em Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/moa_a_o_161-_paulo_raye_-_ubs.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/moa_a_o_161-_paulo_raye_-_ubs.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da UBS do bairro Jardim das Mangueiras pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/mocao_de_repudio_162-_maria_silvania_-_janaina_riva.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/mocao_de_repudio_162-_maria_silvania_-_janaina_riva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO contra o ato praticado contra a deputada Janaina Riva, reafirmando o compromisso desta Casa com o combate a toda forma de violência, assédio e discriminação contra as mulheres.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/mocao_163-_ronair-_policiais.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/mocao_163-_ronair-_policiais.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os valorosos Policiais Militares, pertencentes ao 2º Batalhão de Polícia Militar de Barra do Garças, pelos relevantes serviços prestados à sociedade e pela conduta exemplar, marcada por bravura, técnica e senso de dever, demonstrados no atendimento de ocorrência no dia 2 de novembro de 2025, no município de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/mocao_164-_ronair-_paula_roberta_-_ganha_tempo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/mocao_164-_ronair-_paula_roberta_-_ganha_tempo.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Paula Roberta Queiroz da Costa, Coordenadora do Ganha Tempo de Barra do Garças, pelos relevantes serviços prestados à população e pela notável gestão à frente dessa importante unidade de atendimento público.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/mocao_-_alex_matos_-rhillary_clarice_miss_mato_grosso_pre-teen_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/mocao_-_alex_matos_-rhillary_clarice_miss_mato_grosso_pre-teen_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo Rhillary Clarice Ribeiro Ramos, jovem barra-garcense de 14 anos, residente na Rua Valmir Alves de Oliveira, nº 27, Bairro Santo Antônio, estudante da Escola Militar Vanilso Silva Carvalho, pela brilhante trajetória no universo dos concursos de beleza infantojuvenil, destacando-se como Miss Barra do Garças, Miss Várzea Grande, Miss Mato Grosso, e, recentemente, vencedora do concurso Miss Mato Grosso Pré-Teen, realizado no dia 14 de junho de 2025, em Cuiabá</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/mocao_166-_maria_silvania_araujo_ramos_-_ufmt.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/mocao_166-_maria_silvania_araujo_ramos_-_ufmt.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os professores e alunos da Universidade Federal de Mato Grosso (UFMT), em reconhecimento pela valiosa contribuição prestada à comunidade por meio da promoção de cursos de capacitação voltados aos feirantes e produtores rurais da Agricultura Familiar</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/mocao_167-_maria_silvania_araujo_ramos_-_vitor_ferreira.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/mocao_167-_maria_silvania_araujo_ramos_-_vitor_ferreira.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o atleta Vitor Ferreira dos Santos, vice-campeão no Campeonato de Cross Country realizado na Colômbia na última semana, bem como seu técnico, Professor Sivirino Souza dos Santos, e o auxiliar técnico Ademilson de Moraes Santana, pelos resultados expressivos que elevaram o nome de Barra do Garças no cenário esportivo internacional</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/mocao_168-_alex_matos_-_associacao_coral_cantarte_1_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/mocao_168-_alex_matos_-_associacao_coral_cantarte_1_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Associação Coral Cantarte de Barra do Garças - MT, fundada em dezembro de 2016, pelo brilhante trabalho artístico e cultural desenvolvido, reconhecendo a dedicação, o talento e o compromisso de seus integrantes na promoção do canto coral, na difusão da música e na integração social da comunidade barra-garcense.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/mocao_169-_alex_matos_-thiago_cabral_1_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/mocao_169-_alex_matos_-thiago_cabral_1_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o Dr. Thiago Cabral, médico, professor e palestrante, natural de Barra do Garças - MT, pelo brilhante trabalho desenvolvido na área da medicina, reconhecendo sua dedicação, competência e contribuição significativa para a formação acadêmica de estudantes e profissionais da saúde, especialmente no ensino de Fisiologia Hormonal e Metabólica, transmitindo conhecimento com excelência e comprometimento.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/mocao_170-_alex_matos_-_vereadores-aragarcas_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/mocao_170-_alex_matos_-_vereadores-aragarcas_1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os Vereadores do Município de Aragarças - GO — Emerson Borges Leão (Nego Leão) – Presidente - PP; Maria Rosa França Gomes Bezerra – Vice-Presidente - PP; Ana Paula Paulino da Silva Costa – 1ª Secretária - União Brasil; Jerônimo Cardoso de Freitas Neto – 2º Secretário - PP; Antônio Miranda Júnior (Júnior do Saião) – Vereador - PSB; Dulcindo Figueredo dos Santos (Duda) – Vereador - União Brasil; Elenilto Siqueira da Silva – Vereador - Solidariedade; Fabrício Santos Martins – Vereador - PL; Hudson da Silva (Manteguinha) – Vereador - PL; José Carlos Martins Leão – Vereador - PP; Ronaldo Rodrigues de Sousa – Vereador - PL — pelo trabalho desenvolvido em prol do fortalecimento institucional entre os Poderes Legislativos das cidades que compõem a região do Vale do Araguaia.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/mocao_171-__unifatecie.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/mocao_171-__unifatecie.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Barra do Garças, por meio desta Moção de Aplausos, manifesta reconhecimento, respeito e admiração aos colaboradores do Centro Universitário UniFatecie (EAD), pelos relevantes serviços prestados à educação em nosso município.</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/moa_a_o_172-_paulo_cesar_raye_de_aguiar_-_mangueiras.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/moa_a_o_172-_paulo_cesar_raye_de_aguiar_-_mangueiras.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os servidores públicos da UBS do bairro Jardim das Mangueiras, Sra. Lilia Verônica Silva Camargo e Sr. Robinson Pereira da Silva, pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/mocao_173-_alex_matos_-argene_3.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/mocao_173-_alex_matos_-argene_3.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo a Sra. Argene Aparecida da Silva pelo esforço na viabilização do primeiro Encontro Regional da Mensa Brasil da Região Centro-Oeste, a ser realizado em Barra do Garças – MT, colocando o Município no centro de um importante evento de repercussão nacional e internacional voltado à valorização da inteligência, da educação e do protagonismo regional.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/mocao_174-ronair-_quanta_lameira_05.12.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/mocao_174-ronair-_quanta_lameira_05.12.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os organizadores, apoiadores e competidores do evento esportivo “Quanta Lameira”, realizado no dia 30 de novembro de 2025, no município de Barra do Garças – MT, pelo brilhante trabalho desenvolvido, pelo espírito esportivo e pela grandiosa contribuição ao esporte off-road e ao desenvolvimento do nosso município.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/mocao_175-_ronair-_policiais_e_bombeiros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/mocao_175-_ronair-_policiais_e_bombeiros.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os profissionais que atuaram de forma rápida, corajosa e exemplar no atendimento e salvamento de uma cidadã em situação de risco de morte, conforme registrado no Boletim de Ocorrência nº 2025.286669.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/mocao_176-_dr._neto-_quantalameira.pdf</t>
-[...2 lines deleted...]
-    <t>Cumprimento e parabenizo os dedicados servidores públicos, profissionais e colaboradores que, com competência, empenho e espírito de equipe, contribuíram decisivamente para a realização de mais uma edição do Quanta Lameira. Trata-se de um grupo que, ao longo de suas trajetórias, demonstra compromisso com o serviço público, responsabilidade na condução de grandes eventos e profundo respeito pela comunidade barra-garcense. Seu trabalho coletivo deixa evidente um legado de organização, inovação e fortalecimento das atividades esportivas e recreativas em nossa cidade.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/mocao_176-_dr._neto-_quantalameira.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo os dedicados servidores públicos, profissionais e colaboradores que, com competência, empenho e espírito de equipe, contribuíram decisivamente para a realização de mais uma edição do "Quanta Lameira". Trata-se de um grupo que, ao longo de suas trajetórias, demonstra compromisso com o serviço público, responsabilidade na condução de grandes eventos e profundo respeito pela comunidade barra-garcense.</t>
+  </si>
+  <si>
+    <t>4845</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4845/mocao_177-_dr._paulo_raye-_colaborador_xavante.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo o colaborador da empresa Xavante, o Sr. João Batista Fernandes, pelos relevantes serviços prestados à população barra-garcense, reconhecendo a dedicação e a excelência no desempenho de suas funções.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/mocao_178-_maria_silvania-_ufmt.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/mocao_178-_maria_silvania-_ufmt.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os professores e alunos da Universidade Federal de Mato Grosso (UFMT), em reconhecimento pela valiosa contribuição prestada à comunidade por meio da promoção de cursos de capacitação voltados aos feirantes e produtores rurais da agricultura familiar. As atividades realizadas, com aulas práticas, participação ativa dos discentes e docentes, além do envolvimento da equipe técnica da Secretaria de Desenvolvimento Econômico, reforçam a dimensão e a importância social do projeto, evidenciando o impacto direto das capacitações na vida dos participantes.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/mocao_179-_maria_silvania-_programa_mais_mt_muxirum.pdf</t>
-[...2 lines deleted...]
-    <t>Cumprimento e parabenizo a equipe gestora participante do Programa Mais MT Muxirum, que, desde 2021, vem realizando um trabalho exemplar e transformador no combate ao analfabetismo entre jovens, adultos e idosos em nosso município de Barra do Garças.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/mocao_179-_maria_silvania-_programa_mais_mt_muxirum.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo a equipe gestora participante do Programa "Mais MT Muxirum", que, desde 2021, vem realizando um trabalho exemplar e transformador no combate ao analfabetismo entre jovens, adultos e idosos em nosso município de Barra do Garças.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/mocao_180-_alex_matos_-pesar_-_abigahil.pdf</t>
-[...6 lines deleted...]
-comunidade de Barra do Garças-MT.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/mocao_180-_alex_matos_-pesar_-_abigahil.pdf</t>
+  </si>
+  <si>
+    <t>Como forma de manifestar solidariedade, solicita-se o encaminhamento de MOÇÃO DE PESAR aos familiares da ilustre Sra. Abigahil Sousa Santos (Dona_x000D_
+Bega), em razão de seu falecimento ocorrido em 9 de dezembro de 2025. Nascida em 30 de junho de 1941, deixando um legado de generosidade, respeito e profundo vínculo com a comunidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/mocao_181-_elton-__josias_dezembro.pdf</t>
-[...3 lines deleted...]
-Pe. Josias Alves Vitor Trindade</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/mocao_181-_elton-__josias_dezembro.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo o Reverendo, Pe. Josias Alves Vitor Trindade, que desempenha um brilhante serviço espiritual, social e pastoral à população barra-garcense, reconhecendo o trabalho prestado com dedicação e excelência.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/mocao_182-_maria_silvania-_escola_estadual_heronides_araujo.pdf</t>
-[...2 lines deleted...]
-    <t>Cumprimento e parabenizo a direção, coordenação pedagógica, professores, servidores e demais profissionais da ESCOLA ESTADUAL HERONIDES ARAÚJO, em nome dos abaixo relacionados, pelo excelente desempenho alcançado nos anos de 2024 e 2025, período em que a unidade escolar não apenas atingiu, mas superou as metas estabelecidas pela Secretaria de Estado de Educação – SEDUC, demonstrando compromisso com a educação pública de qualidade e com o avanço dos indicadores educacionais de nosso município.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/mocao_182-_maria_silvania-_escola_estadual_heronides_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo a direção, coordenação pedagógica, professores, servidores e demais profissionais da Escola Estadual Heronídes Araújo, pelo excelente desempenho alcançado nos anos de 2024 e 2025, período em que a unidade escolar não apenas atingiu, mas superou as metas estabelecidas pela Secretaria de Estado de Educação (SEDUC), demonstrando compromisso com a educação pública de qualidade e com o avanço dos indicadores educacionais de nosso município.</t>
+  </si>
+  <si>
+    <t>4856</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4856/mocao_183-_alex_matos_-davi_emanuel_jiu_jistu.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo Davi Emanuel, atleta de Jiu-jítsu Paradesportivo, de apenas 11 anos de idade, aluno da equipe Gracie Barra e integrante da Associação Mato-grossense de Jiu-Jítsu Paradesportivo, pela brilhante trajetória esportiva já construída, marcada por dedicação, disciplina e superação.</t>
+  </si>
+  <si>
+    <t>4855</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4855/mocao_184-_alex_matos_marcio_antonio_do_nascimento_rodrigues_evangelizacao.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimento e parabenizo o Sr. Márcio Antônio do Nascimento Rodrigues pelo relevante trabalho de evangelização realizado no Município de Barra do Garças, reconhecendo sua dedicação, compromisso e zelo na propagação da fé cristã, na orientação espiritual e no fortalecimento dos valores humanos e familiares.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_vagas_creches_dr._neto_001.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_vagas_creches_dr._neto_001.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Educação, solicitando que esta Secretaria forneça a relação completa da lista de espera das creches e escolas municipais que atualmente se encontram sem vagas, incluindo os nomes de todas as crianças que aguardam matrícula.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3730/requerimento_convocacao_do_diretor_da_coopervale_ronair_002.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3730/requerimento_convocacao_do_diretor_da_coopervale_ronair_002.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos do Regimento Interno desta Casa de Leis, que seja encaminhado expediente à empresa Coopervale com cópia à Secretaria Municipal de Educação, convocando o responsável pela empresa Coopervale, contratada pela Prefeitura Municipal de Barra do Garças-MT, para comparecer à Sessão Legislativa da Câmara Municipal de Barra do Garças-MT, no dia 10 de fevereiro de 2025, às 18h, a fim de prestar esclarecimentos sobre os atrasos nos pagamentos dos servidores públicos municipais que prestam serviços à referida empresa.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_003-_allan_construtor_-_restaurante_popular.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_003-_allan_construtor_-_restaurante_popular.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente ao Dr. Adilson Gonçalves de Macedo ao Secretário Municipal de Desenvolvimento Urbano e Sustentável, Thiago Barbosa, à Secretária Municipal de Inclusão e Assistência Social, Leila Batista e à Secretária Municipal de Saúde, Salete Terezinha Lauermann, para que enviem à colenda Câmara Municipal um Projeto de Lei que disponha sobre a criação de um Restaurante Popular em nosso Município, com o objetivo de propiciar às pessoas em situação de vulnerabilidade social uma refeição diária, balanceada, de qualidade e a baixo custo.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_004_-_armando_brito_-_poco_artesiano.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_004_-_armando_brito_-_poco_artesiano.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente ao Exmo. Prefeito Municipal e ao Secretário de Meio Ambiente do Município de Barra do Garças, para que seja realizada a análise da água do poço artesiano que abastece o Aterro Sanitário Parque Recanto das Águas Quentes, localizado na saída para Araguaiana, na MT-100.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_005_-_armando_brito_-_titulos_de_propriedade.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_005_-_armando_brito_-_titulos_de_propriedade.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente ao Exmo. Prefeito Municipal e ao Secretário Municipal de Desenvolvimento Urbano e Sustentável de Barra do Garças, para que adotem, com a maior urgência possível, as providências necessárias à efetivação da entrega dos títulos de propriedade aos moradores do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_006-_elton_-_limpeza_bocas_de_lobo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_006-_elton_-_limpeza_bocas_de_lobo.pdf</t>
   </si>
   <si>
     <t>Requeiro informações ao Chefe do Poder Executivo Municipal sobre o serviço de limpeza, desobstrução e manutenção das bocas de lobo, bueiros e galerias nas ruas José Valeriano Costa, 7 de Setembro, Goiás, Mato Grosso, Antônio Cristino Cortes e José Pedro.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_007-_elton_-_pavimentacao_rua_diacui.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_007-_elton_-_pavimentacao_rua_diacui.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Infraestrutura e Serviços, que informe a esta Casa se há possibilidade de_x000D_
 realizar a pavimentação asfáltica na Rua Diacui, no Bairro Nova Barra Sul, 736, Quadra 525, nos pequenos trechos em que ainda não foram pavimentados.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_008_-_elton_-_pavimentacao_asfaltica.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_008_-_elton_-_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_009-_alex_matos_-_fiscalizacao_de_transporte_por_aplicativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_009-_alex_matos_-_fiscalizacao_de_transporte_por_aplicativo.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente ao Secretário de Infraestrutura e Serviços, responsável pelo Setor de Infraestrutura e Mobilidade, com cópia ao Chefe do Poder Executivo Municipal de Barra do Garças, para que sejam prestados esclarecimentos acerca da fiscalização realizada pela Prefeitura quanto ao transporte de passageiros por aplicativos de mobilidade urbana.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_010-_allan_construtor_-_guarda_municipal_ass.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_010-_allan_construtor_-_guarda_municipal_ass.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente ao Chefe do Poder Executivo, para que envie à colenda Câmara Municipal um Projeto de Lei dispondo sobre a criação da Guarda Municipal/Polícia Municipal, nos termos da Lei Federal nº 13.022, de 8 de agosto de 2014, com o propósito de zelar pelos bens, serviços e instalações do município, com foco na proteção patrimonial dos bens municipais.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_011-_elton_-_remocao_faixa_amarela.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_011-_elton_-_remocao_faixa_amarela.pdf</t>
   </si>
   <si>
     <t>Requeiro à Secretaria Municipal de Infraestrutura e Serviços, a remoção da faixa amarela localizada em frente ao Cartório próximo à Praça da Matriz, situado na Avenida Cel. Antônio Cristino Cortes, nº 502, Cidade Velha, Barra do Garças - MT, 78601-900.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3959/requerimento_012-_elton_-_clean_master.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3959/requerimento_012-_elton_-_clean_master.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado ao Chefe do Poder Executivo Municipal, com cópia ao setor competente para acesso a documentação, o presente pedido de acesso à documentação referente aos serviços de limpeza urbana realizados pela empresa Clean Master.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_013-alex_matos-_aula_virtual_areas_rurais.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_013-alex_matos-_aula_virtual_areas_rurais.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente ao Chefe do Poder Executivo, com cópia à Secretaria Municipal de Educação, para que sejam adotadas_x000D_
 providências visando à concessão de aulas virtuais aos alunos da zona rural nos dias em que houver impossibilidade de transporte escolar.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>COPTC - Comissão de Obras Públicas, Transporte e Comunicação</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_014-2025__autoria-_comissao_obras_publicas_transporte_e_comunicacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_014-2025__autoria-_comissao_obras_publicas_transporte_e_comunicacao.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras Públicas, Transporte e Comunicação, no uso de suas atribuições regimentais, vem respeitosamente à presença de Vossa Excelência, requerer, após aprovação em Plenário, que seja encaminhado expediente à Secretaria Municipal de Infraestrutura e Serviços, solicitando, com urgência, a composição da Câmara Julgadora de Segunda Instância do Conselho Tributário Fiscal de Barra do Garças – MT, conforme prevista no art. 6º da Lei Municipal nº 4.810, de 21 de dezembro de 2023.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4076/requerimento_015-_bianca_freitas_-_calendario_escolar_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4076/requerimento_015-_bianca_freitas_-_calendario_escolar_assinada.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Educação para que proceda ao envio do calendário escolar referente ao mês de maio, com a devida indicação de possíveis datas disponíveis, considerando a necessidade de exposição do Projeto Maio Laranja – Lei Isabelly Negrão. A mencionada lei instituiu o mês de maio como período de conscientização, prevenção, orientação e combate ao abuso e à exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4104/requerimento_016-comissao_de_obras-_camara_julgadora_assinado_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4104/requerimento_016-comissao_de_obras-_camara_julgadora_assinado_1.pdf</t>
   </si>
   <si>
     <t>A Comissão de Obras Públicas, Transporte e Comunicação, no uso de suas atribuições regimentais, vem respeitosamente à presença de Vossa Excelência, requerer, após aprovação em Plenário, que seja encaminhado expediente à Secretaria Municipal de Finanças, solicitando, com urgência, a composição da Câmara Julgadora de Segunda Instância do Conselho Tributário Fiscal de Barra do Garças-MT, conforme prevista no art. 6º da Lei Municipal nº 4.810, de 21 de dezembro de 2023.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4228/requerimento_17-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4228/requerimento_17-2025.pdf</t>
   </si>
   <si>
     <t>REQUEREM, nos termos do Regimento Interno desta Casa de Leis, que seja encaminhado expediente à Secretaria Municipal de Saúde, convocando a Secretária Municipal de Saúde, Sra. Salete Terezinha Lauermann, bem como os coordenadores responsáveis pela referida pasta, para que compareçam à Sessão Legislativa Extraordinária da Câmara Municipal de Barra do Garças - MT, a ser oportunamente agendada e comunicada à Prefeitura, com a finalidade de prestar esclarecimentos acerca da situação dos pagamentos dos profissionais médicos vinculados à rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4317/requerimento_018-__alessandro-_pontos_turisticos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4317/requerimento_018-__alessandro-_pontos_turisticos.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Turismo para que sejam prestadas informações detalhadas acerca da gestão dos pontos turísticos do município no exercício de 2025.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4318/requerimento_019-_alessandro_-_atendimento_odontologicos.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4318/requerimento_019-_alessandro_-_atendimento_odontologicos.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Saúde para que sejam prestadas informações detalhadas acerca dos atendimentos odontológicos realizados nas unidades básicas de saúde do município.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4319/requerimento_020-_alessandro_-_manutencao_estrada_de_acesso_a_serra_do_roncador.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4319/requerimento_020-_alessandro_-_manutencao_estrada_de_acesso_a_serra_do_roncador.pdf</t>
   </si>
   <si>
     <t>Requeiro o encaminhamento de expediente à Secretaria Municipal de Infraestrutura e Serviços para que sejam adotadas as providências necessárias quanto à manutenção da estrada de acesso à Serra do Roncador.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4340/requerimento_021-convocacao_da_sivirino_e_eliciomar-_fundeb_alex_matos_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4340/requerimento_021-convocacao_da_sivirino_e_eliciomar-_fundeb_alex_matos_1.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos do Regimento Interno desta Casa de Leis, que seja encaminhado expediente ao Gabinete do Poder Executivo Municipal, convocando o Vice-Prefeito, Prof. Sivirino Souza dos Santos, e à Secretaria Municipal de Educação, convocando o Secretário Municipal de Educação, Sr. Eliciomar Braz Pereira, para que compareçam à Sessão Legislativa da Câmara Municipal de Barra do Garças – MT, a ser realizada no dia 23 de junho de 2025, a fim de prestar esclarecimentos sobre a notícia da instauração, pelo Ministério Público Federal (MPF), de uma série de inquéritos para apurar possíveis irregularidades na aplicação de recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica (FUNDEB), sendo o Município de Barra do Garças um dos entes investigados, bem como acerca da nota recomendatória expedida pelo referido órgão ministerial.</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4360/requerimento_022-alex_-_requerimento_as__secretarias_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4360/requerimento_022-alex_-_requerimento_as__secretarias_1.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, o encaminhamento de expediente às seguintes secretarias municipais: Secretaria Municipal de Educação, Esporte e Lazer; Secretaria Municipal de Inclusão e Assistência Social; Secretaria Municipal de Planejamento e Finanças; Secretaria Municipal de Infraestrutura e Serviços; a fim de que prestem informações detalhadas acerca da infraestrutura física e funcional de cada pasta.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4363/requerimento_023-podemos_-_remedios_e_insumos_saude.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4363/requerimento_023-podemos_-_remedios_e_insumos_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, o encaminhamento de expediente à Secretaria Municipal de Saúde, com cópia à Coordenação da Farmácia Municipal Básica de Saúde, para que sejam prestadas as seguintes informações relativas ao fornecimento de medicamentos e insumos no âmbito da saúde pública municipal: Relação atualizada dos medicamentos disponíveis à população na Farmácia Básica; Lista dos insumos e materiais regularmente fornecidos à população; Relação dos medicamentos e insumos atualmente em falta na Farmácia Básica; Lista dos medicamentos e insumos disponibilizados para pacientes internados na Unidade de Pronto Atendimento (UPA) e no Pronto-Socorro Municipal; Relação dos medicamentos e insumos atualmente em falta nessas unidades de atendimento.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4355/requerimento_024-_bianca__-_empresa_solus_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4355/requerimento_024-_bianca__-_empresa_solus_assinada.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos do Regimento Interno desta Casa de Leis, o encaminhamento de expediente à empresa Sollus, responsável pela execução das obras de pavimentação asfáltica no bairro Nova Barra, para que preste as seguintes informações, de forma clara e objetiva: 1. O cronograma original da obra e os prazos inicialmente previstos para sua conclusão; 2. As etapas já executadas e aquelas ainda pendentes de realização; 3. A existência de previsão para retomada ou aceleração dos serviços, com apresentação do novo cronograma (caso tenha havido alteração); 4. A existência de eventuais entraves administrativos, financeiros ou logísticos que justifiquem a paralisação ou lentidão das obras, com os devidos esclarecimentos.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4356/requerimento_025-bianca_-_acompanhamento_dos_recursos_publicos_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4356/requerimento_025-bianca_-_acompanhamento_dos_recursos_publicos_assinada.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja encaminhado expediente à Secretaria Municipal de Saúde de Barra do Garças, solicitando as seguintes informações: 1. Relação de todas as instituições bancárias nas quais a Secretaria Municipal de Saúde mantém contas ativas, sejam elas operacionais, de convênios, de fundos ou destinadas a outras finalidades; 2. Número de cada conta bancária vinculada, identificando, quando aplicável, a respectiva finalidade ou natureza da conta.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4357/requerimento_026-bianca-_conduta_da_empresa_amediclin_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4357/requerimento_026-bianca-_conduta_da_empresa_amediclin_assinada.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que sejam convocados para prestar esclarecimentos em sessão desta Câmara Municipal, em data a ser definida pela Presidência, os seguintes representantes: Servidora Ruttila Paraguassu; Responsável legal pela empresa AMEDCLIN Medicina Diagnóstica Ltda.; Representante do Setor Jurídico da Prefeitura Municipal de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4503/requerimento_027-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4503/requerimento_027-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, no uso de suas atribuições regimentais, vêm, respeitosamente, à presença de Vossa Excelência e demais integrantes da Mesa Diretora desta Casa de Leis, conforme o Regimento Interno da Câmara Municipal de Barra do Garças, apresentar o seguinte: Fundamentação Legal:_x000D_
 • Art. 179, inciso VI: permite que um vereador solicite, por requerimento ao Plenário, a realização de “audiência de Comissão sobre determinada matéria”, sendo o pedido submetido à deliberação do Plenário._x000D_
 • Art. 361, inciso II: atribui às Comissões Permanentes da Câmara a competência de “realizar audiências públicas com entidades da sociedade civil”, corroborando o que dispõe a Lei Orgânica do Município._x000D_
 REQUEREM que seja realizada Audiência Pública no dia 5 de setembro de 2025, às 19 horas, no Plenário das Deliberações “Vereador Manoel Pereira Brito”.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4509/requerimento_028-_armando_alves.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4509/requerimento_028-_armando_alves.pdf</t>
   </si>
   <si>
     <t>Requeiro seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal de Barra do Garças, para que sejam adotadas as providências necessárias para o fiel cumprimento do disposto no Código de Posturas do Município de Barra do Garças, com redação dada pela Lei Complementar nº 127/2010, e alterações posteriores, especialmente pela Lei Complementar nº 237/2018, no que se refere ao uso de som em estabelecimentos comerciais.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4514/requerimento_029-_geralmino_alves_-_emprestimo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4514/requerimento_029-_geralmino_alves_-_emprestimo.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Planejamento e Finanças e à Secretaria Municipal de Administração, com cópia à Prefeitura Municipal, para que apresente a relação das empresas que oferecem empréstimos e cartões de crédito consignado aos servidores municipais, bem como a verificação de sua autorização legal.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_030-_alessandro_matos_do_nascimento_-_sec_educacao_alex_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_030-_alessandro_matos_do_nascimento_-_sec_educacao_alex_1.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Educação, solicitando informações acerca das medidas que estão sendo adotadas no tocante às crianças residentes na zona rural, quando estas não conseguem frequentar as aulas presenciais em razão de dificuldades no transporte escolar, especialmente em períodos de chuvas intensas ou por outros motivos diversos.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4564/requerimento_031-_bianca_sousa_de_freitas_almeida_-_desenvolvimento_urbano_e_sustentavel_assinada.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4564/requerimento_031-_bianca_sousa_de_freitas_almeida_-_desenvolvimento_urbano_e_sustentavel_assinada.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Soberano Plenário, que seja encaminhado expediente ao Secretário Municipal de Desenvolvimento Urbano e Sustentável, solicitando as seguintes informações: Quais medidas foram adotadas pela Pasta em relação às indicações apresentadas por esta Vereadora acerca do remanejamento dos semáforos retirados da rotatória próxima à Ponte do Rio Araguaia para a rotatória situada nas proximidades da Universidade Federal de Mato Grosso – UFMT, na BR-070, bem como sobre a implantação de calçada no local, a fim de garantir uma travessia segura aos estudantes.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4583/requerimento_032-_geralmino_alves_rodrigues_neto_-_saude.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4583/requerimento_032-_geralmino_alves_rodrigues_neto_-_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde, com cópia à Prefeitura Municipal, para que apresente as seguintes informações: 1. Quantos Agentes Comunitários de Saúde estão atualmente lotados em cada PSF/UBS do Município? 2. Considerando as reclamações recebidas da população, especialmente no caso da UBS Nova Barra II, que conta com apenas dois agentes para atender nove microáreas, como a Secretaria avalia a necessidade de ampliação desse quadro? 3. Há previsão de realização de concurso público ou outro meio de provimento de vagas para suprir a demanda de Agentes Comunitários de Saúde no Município?</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/requerimento_033-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/requerimento_033-2025.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja oficiado à Secretaria de Turismo, solicitando: 1. A apresentação formal de respostas às indagações levantadas durante o 1º Simpósio de Políticas Públicas do Turismo; 2. A apresentação prévia do Sistema Municipal de Turismo, contemplando sua estrutura, funcionamento e planejamento de ações.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/requerimento_034-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/requerimento_034-2025.pdf</t>
   </si>
   <si>
     <t>Requeiro, nos termos regimentais, que seja realizada Audiência Pública no dia 14 de outubro de 2025, no Plenário da Câmara Municipal de Barra do Garças - MT, com a finalidade de discutir a implantação, regulamentação e fortalecimento do Sistema Municipal de Cultura.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/requerimento_035-_hiago_teles_-_patrulhamento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/requerimento_035-_hiago_teles_-_patrulhamento.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente ao Comando do 5º Batalhão de Polícia Militar de Barra do Garças-MT, solicitando o reforço no patrulhamento ostensivo no Bairro Cidade Universitária, diante das constantes reivindicações da comunidade local.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/ass_requerimento_036-_bianca_sousa_de_freitas_almeida_-__sec._educacao_autista.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/ass_requerimento_036-_bianca_sousa_de_freitas_almeida_-__sec._educacao_autista.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Educação, solicitando as seguintes informações: 1. Quais são as políticas e ações atualmente adotadas pela Secretaria em relação ao tratamento e acompanhamento de estudantes com Transtorno do Espectro Autista (TEA) no âmbito da rede municipal de ensino; 2. Quais são as práticas pedagógicas específicas aplicadas em sala de aula, voltadas à inclusão e ao desenvolvimento dos estudantes com TEA; 3. Quantas crianças com diagnóstico de autismo encontram-se atualmente catalogadas e acompanhadas pela Secretaria Municipal de Educação; 4. Se existe pesquisa de satisfação junto aos pais e responsáveis dessas crianças, visando avaliar a efetividade das políticas e identificar pontos de melhoria. O presente requerimento tem por finalidade obter informações detalhadas acerca das políticas públicas de inclusão adotadas pela rede municipal de ensino em relação aos estudantes com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/ass_requerimento_037-_bianca_sousa_de_freitas_almeida_-_outubro_rosa_e_novembo_azul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/ass_requerimento_037-_bianca_sousa_de_freitas_almeida_-_outubro_rosa_e_novembo_azul.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando que sejam repassadas informações acerca das ações programadas para a Campanha Outubro Rosa – de conscientização e prevenção ao câncer de mama e do colo do útero – e para a Campanha Novembro Azul, voltada à prevenção e diagnóstico precoce do câncer de próstata e promoção da saúde do homem.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/ass_requerimento_038-_bianca_sousa_de_freitas_almeida_-_sec._assistencia_social_-_autistas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/ass_requerimento_038-_bianca_sousa_de_freitas_almeida_-_sec._assistencia_social_-_autistas.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Inclusão e Assistência Social, solicitando as seguintes informações: 1. Quais são, de fato, os programas, projetos e serviços em funcionamento atualmente que oferecem suporte às pessoas com Transtorno do Espectro Autista (TEA) no âmbito da Assistência Social do município; 2. Qual é a quantidade de pessoas com diagnóstico de TEA atendidas diretamente pela Secretaria; 3. Quais ações específicas de inclusão e acompanhamento são realizadas em benefício dessas pessoas e de suas famílias. O presente requerimento busca esclarecer e tornar públicas as ações efetivamente executadas pela Secretaria de Inclusão e Assistência Social em apoio às pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/ass_requerimento_039-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_autistas.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/ass_requerimento_039-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_autistas.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando as seguintes informações: 1. Quais são os tratamentos, terapias e serviços de saúde atualmente oferecidos pelo município às pessoas com Transtorno do Espectro Autista (TEA); 2. Se a Secretaria possui dados ou cadastro referente ao número de pessoas diagnosticadas com TEA em Barra do Garças, e, em caso positivo, que informe a quantidade; 3. Em quais locais/unidades de saúde são disponibilizados os atendimentos e tratamentos destinados às pessoas com autismo; 4. O que efetivamente está em funcionamento e disponível na rede municipal de saúde como suporte especializado aos autistas e suas famílias. O presente requerimento tem por objetivo obter informações claras e atualizadas a respeito da estrutura de atendimento oferecida pela rede municipal de saúde às pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/ass_requerimento_040-_bianca_sousa_de_freitas_almeida_-_sec._saude_vacinacao_bronquiolite.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/ass_requerimento_040-_bianca_sousa_de_freitas_almeida_-_sec._saude_vacinacao_bronquiolite.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações sobre a previsão para o início da vacinação de gestantes contra a bronquiolite no município de Barra do Garças.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/requerimento_041-_paulo_raye-_mesa.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/requerimento_041-_paulo_raye-_mesa.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Mesa Diretora da Câmara Municipal de Barra do Garças – MT, para que encaminhe a este Vereador informações detalhadas sobre os procedimentos e trâmites administrativos realizados para a construção da nova sede da Câmara Municipal.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/requerimento_042-_alex_matos-_saude_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/requerimento_042-_alex_matos-_saude_2.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde de Barra do Garças - MT, para que encaminhe a este Vereador informações detalhadas sobre todos os exames laboratoriais atualmente ofertados pelo Município, tanto na rede própria quanto por meio de clínicas, laboratórios ou prestadores contratualizados.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/requerimento_043-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_prestacao_de_contas_sobre_novembro_az_assinado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/requerimento_043-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_prestacao_de_contas_sobre_novembro_az_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando as seguintes informações sobre as ações realizadas durante as campanhas do Outubro Rosa e Novembro Azul: o número total de pessoas atendidas nas respectivas ações; a quantidade de mamografias realizadas; e demais dados e informações referentes às atividades, campanhas e atendimentos promovidos pelo Município no período</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>ELOML</t>
   </si>
   <si>
     <t>Proposta de Emenda à LOM (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/pelom_001_de_17_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/pelom_001_de_17_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4059/pelom_001_de_03_de_abril_de_2025_executivo_nova_redacao_16-04-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4059/pelom_001_de_03_de_abril_de_2025_executivo_nova_redacao_16-04-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município quanto as disposições relativas a prazo de entrega das leis orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4462/pelom_002-2025_de_15_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4462/pelom_002-2025_de_15_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exclusão da alínea "a" do Art. 93 da Lei Orgânica Municipal de Barra do Garças, que trata da concessão de adicional por tempo de serviço à razão de 2% do vencimento base por ano de efetivo exercício, e dá outras providências.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3793/plc_001_de_14_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3793/plc_001_de_14_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração, a redação e a alteração das leis, no âmbito do Município de Barra do Garças – MT, conforme determina o parágrafo único do art. 59 da Constituição Federal.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3845/plc_002_de_18_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3845/plc_002_de_18_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Acrescenta disposto à Lei Complementar nº 322, de 30 de março de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4008/plc_003_de_27_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4008/plc_003_de_27_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 153, 166 e 167 da Lei Complementar n° 322, de 30 de março de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4221/plc_004_de_09_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4221/plc_004_de_09_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de folga remunerada aos servidores da Câmara Municipal de Barra do Garças-MT no dia de seu aniversário natalício, acrescentando os artigos 99-A, 120-A, 120-B e 120-C à  Lei Complementar n° 322, de 30 de março de 2022.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Sivirino Souza dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_001_de_15_de_janeiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_001_de_15_de_janeiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 4° da Lei Complementar nº 295, de 09 de setembro de 2021.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3688/plc_002_de_21_de_janeiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3688/plc_002_de_21_de_janeiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 195 de 10 de agosto de 2016, que dispõe sobre instituição da AGER Barra e dá outras providências.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3817/plc_003_de_10_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3817/plc_003_de_10_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste de salário dos Cargos de Direção e Assessoramento Superior (DAS).</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3818/plc_004_de_17_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3818/plc_004_de_17_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 366 de 19 de dezembro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3825/plc_005_de_17_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3825/plc_005_de_17_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 383 de 16 de dezembro de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3849/plc_006_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3849/plc_006_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar 350 de 11 de maio de 2023 que dispõe sobre o Plano de Cargos, Carreira e Salários dos Servidores Médicos do Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3850/plc_007_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3850/plc_007_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do salário do Cargo de Agente Público (AP).</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3851/plc_008_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3851/plc_008_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 383 de 16 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3901/plc_009_de_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3901/plc_009_de_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 150, de 2 de maio de 2013 "Código do Meio Ambiente do Município de Barra do Garças", e dá outras providências.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3902/plc_010_de_de_10_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3902/plc_010_de_de_10_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 343 de 16 de fevereiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3903/plc_011_de_de_10_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3903/plc_011_de_de_10_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 373 de 2 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3969/plc_012_de_24_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3969/plc_012_de_24_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 49, de 17 de maio de 1999 e dá outras providências.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4018/plc_exe_013_anonimizado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4018/plc_exe_013_anonimizado.pdf</t>
   </si>
   <si>
     <t>CONTEÚDO SIGILOSO</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4010/plc_014_de_28_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4010/plc_014_de_28_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui Mudanças na Lei Municipal Complementar nº 366, de 19 de dezembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4011/plc_015_de_28_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4011/plc_015_de_28_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui Mudanças na Lei Municipal Complementar nº 385, de 20 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4014/plc_016_de_28_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4014/plc_016_de_28_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Piso Salarial Profissional Nacional para os Profissionais do Magistério Público e de reajuste dos vencimentos dos Profissionais_x000D_
 Administrativos da Carreira dos Profissionais da Educação Básica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4054/plc_017_de_03_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4054/plc_017_de_03_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 124, de 2009, para instituir medidas de desburocratização e concessão de Alvará Imediato no Município de Barra do Garças-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4056/plc_018_de_03_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4056/plc_018_de_03_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o procedimento de concessão de Alvará Imediato de Construção, com tramitação exclusivamente digital, para edificações residenciais unifamiliares com área construída de até 150m², no Município de Barra do Garças-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4108/plc_019_de_11_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4108/plc_019_de_11_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 395, de 19 de março de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4109/plc_020_de_11_de_abril_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4109/plc_020_de_11_de_abril_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência e descrição analítica de um cargo de carreira do PCCR da Saúde para o Plano de Cargos, Carreira e Remuneração dos Profissionais Médicos (Lei Complementar nº 350/2023), e dá outras providências.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4115/plc_021_de_16_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4115/plc_021_de_16_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4116/plc_022_de_16_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4116/plc_022_de_16_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera na Lei Municipal Complementar nº 385, de 20 de dezembro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4156/plc_023_de_22_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4156/plc_023_de_22_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o §2º do Art. 40 da Lei Complementar nº 91, de 22 de novembro de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4257/plc_024_de_19_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4257/plc_024_de_19_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal do Emprego, e dá outras providências.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_complementar_no_025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_complementar_no_025.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 328, de 9 de junho de 2022, que reestrutura o Regime Próprio de Previdência Social do Município de Barra do Garças-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4347/plc_026_de_16_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4347/plc_026_de_16_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento de vagas nos cargos de carreira dentro do Plano de Cargos, Carreira e Remuneração da Administração e da Saúde.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4348/plc_027_de_16_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4348/plc_027_de_16_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis Complementares 195/2016, 226/2017, 232/2018, 261/2019, 283/2020, 318/2022, 321/2022, 341/2023, 348/2023, 386/2025 e institui a Agência Municipal de Regulação e Fiscalização - AGIRF, disciplina sua estrutura administrativa, cargos, regime jurídico, direitos e deveres dos servidores,_x000D_
 regula o processo administrativo, institui taxas de regulação e fiscalização, e dá outras providências.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/plc_028_de_29_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/plc_028_de_29_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 199, de 19 de dezembro de 2016, que regulamenta o pagamento de inscrições e diárias aos membros dos Conselhos Curador, Fiscal e Comitê de Investimentos do BARRAPREVI.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/plc_029_de_17_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/plc_029_de_17_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Transação e o Parcelamento de débitos no mutirão da conciliação do ano de 2025 no Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/plc_030_de_31_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/plc_030_de_31_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 375, de 5 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
+    <t>4864</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4864/plc_031_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Complementar nº 383 de 16 de dezembro de 2024, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4865</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4865/plc_032_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 369 de 22 de dezembro de 2023 que dispõe sobre o Plano de Cargos, Carreira e Remuneração PCCR da Administração Geral do Município de Barra do Garças - MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4866</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4866/plc_033_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>4867</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4867/plc_034_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 368 de 19 de dezembro de 2023, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3687</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3687/pl-001_de_17_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3687/pl-001_de_17_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Revisão Geral Anual (RGA), cria novos cargos, amplia número de vagas no quadro de cargos em comissão, altera tabelas dos anexos III, IV, VI e VII, e altera os anexos V e IX da Lei Municipal nº 4.365 de 22 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3686/pl_-002_de_17_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3686/pl_-002_de_17_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento para despesas de pequeno valor no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_003_de_30_de_janeiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_003_de_30_de_janeiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a contratação temporária no excepcional interesse público pela Prefeitura Municipal de Barra do Garças - Estado de Mato Grosso, pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3695/pl_004_de_31_de_janeiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3695/pl_004_de_31_de_janeiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de projetos de lei específicos para a criação de cargos públicos no âmbito do Município de Barra do Garças – MT e veda a inclusão de dispositivos sobre criação de cargos em projetos de outra natureza.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3696/pl_005_de_31_de_janeiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3696/pl_005_de_31_de_janeiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o mês “MAIO LARANJA” sobre a importância da conscientização, prevenção, orientação e combate ao abuso e exploração sexual de criança e adolescente.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_006_de_10_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_006_de_10_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a acomodação das parturientes de natimorto e das diagnosticadas com óbito fetal nas unidades de saúde do município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3792/pl_007_de_13_de_fevereito_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3792/pl_007_de_13_de_fevereito_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exibição e a divulgação de mecanismos para denúncias de casos de violência e abuso contra crianças e adolescentes nas videoaulas disponibilizadas aos alunos da rede pública municipal de ensino de Barra do Garças/MT, transmitidas pela internet ou pelos canais de TV.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3844/pl_008_de_18_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3844/pl_008_de_18_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da instalação de telas de proteção para cortadores de grama em vias públicas, visando à segurança de trabalhadores e da população.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3848/pl_009_de_24_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3848/pl_009_de_24_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Arena do Parque Recreativo Salomé José Rodrigues.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3861/pl_010_de_25_de_fevereiro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3861/pl_010_de_25_de_fevereiro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Recolhimento de Veículos Abandonados em Vias Públicas no Município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3945/pl_012_de_11_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3945/pl_012_de_11_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento prioritário e especializado às pessoas com doenças autoimunes no município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3946/pl_013_de_12_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3946/pl_013_de_12_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia do Comunicador Reinaldo Silva – Chocolate" no município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_014_de_19_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_014_de_19_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de cigarro eletrônico, narguilé e demais congêneres em estabelecimentos fechados no município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_015_de_24_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_015_de_24_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal à Associação aos Pacientes Oncológicos de Barra do Garças.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3976/pl_016_de_24_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3976/pl_016_de_24_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do ponto de mototáxi localizado na Avenida Presidente Vargas, no Centro do Município de Barra do Garças-MT, como "Josemar Venâncio da Silva", e dá outras providências.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4017/pl_017_de_31_de_marco_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4017/pl_017_de_31_de_marco_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o artigo, 6º da Lei n° 4.810, de 21 de dezembro de 2023.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4062/pl_018_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4062/pl_018_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, atribuições e funcionamento da Procuradoria Jurídica da Câmara Municipal de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_019_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_019_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 37 da Lei Municipal nº 4.365 de 22 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_020_de_09_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_020_de_09_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Barra do Garças-MT, a Campanha Permanente de Conscientização sobre o Respeito e a Inclusão das Pessoas com Deficiência, denominada “Lei Davi Emanuel”, e dá outras providências.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4101/pl_021_de_09_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4101/pl_021_de_09_de_abril_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a validade por prazo indeterminado dos laudos e atestados médicos que comprovem o diagnóstico de Transtorno do Espectro Autista (TEA), no âmbito do Município de Barra do Garças - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4105/pl_022_de_9_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4105/pl_022_de_9_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.114, de 3 de maio de 2010, que dispõe sobre a proibição do consumo de produtos fumígenos em ambientes de uso coletivo no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4106/pl_023_de_9_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4106/pl_023_de_9_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Ordinária nº 3.516, de 5 de março de 2014, que dispõe sobre uso e venda de produtos fumígenos.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4107/pl_024_de_9_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4107/pl_024_de_9_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Semana Municipal de Ciência e Tecnologia do Araguaia – SMCT-Araguaia, e dá outras providências.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_025_de_14_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_025_de_14_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de atendimento preferencial às pessoas com fibromialgia nos órgãos públicos e privados, nas vagas de estacionamento e filas preferenciais do município de Barra do Garças, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_026_de_28_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_026_de_28_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rampa Náutica do Parque Recreativo Salomé José Rodrigues (Porto do Baé).</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4192/pl_027_de_28_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4192/pl_027_de_28_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a assistência integral à gestante, à parturiente e à puérpera no Município de Barra do Garças, com foco na atenção à saúde mental da mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_028_de_30_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_028_de_30_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de folga remunerada aos servidores da Câmara Municipal de Barra do Garças - MT no dia de seu aniversário natalício, e dá outras providências.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4222/pl_029_de_07_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4222/pl_029_de_07_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento, pelas instituições de ensino do Município de Barra do Garças-MT, de laudos médicos emitidos por qualquer especialidade para fins de identificação do Transtorno do Espectro Autista (TEA), e dá outras providências.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4223/pl_030_de_12_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4223/pl_030_de_12_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da tabela do anexo VII da Lei Municipal nº 4.365 de 22 de dezembro de 2021.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4227/pl_031_de_12_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4227/pl_031_de_12_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a Associação Artística e Cultural Junina Mandacaru do Cerrado.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4251/pl_032_de_12_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4251/pl_032_de_12_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no Município que revenderem combustíveis adulterados, e dá outras providências.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4252/pl_033_de_15_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4252/pl_033_de_15_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do prédio da Secretaria Municipal de Planejamento e Finanças como “Jonir de Oliveira Souza” e dá outras providências.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4277/pl_034_de_21_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4277/pl_034_de_21_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração da Festa de Santo Antônio como patrimônio histórico-cultural imaterial do Município de Barra do Garças, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4278/pl_035_de_21_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4278/pl_035_de_21_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Define a prática da telemedicina no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_036_de_21_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_036_de_21_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 4.487/2022, a fim de inserir no Calendário Oficial de Eventos de Barra do Garças-MT a festividade que menciona.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_037_de_21_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_037_de_21_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal ASCARBAG - Associação dos Catadores de Materiais Recicláveis de Barra do Garças e Região.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4324/pl_038_de_2_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4324/pl_038_de_2_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito das gestantes atendidas pelo Sistema Único de Saúde (SUS) no Município de Barra do Garças à cesariana eletiva a partir da 39ª semana de gestação e ao uso de analgesia durante o parto normal, mediante consentimento informado.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4350/pl_039_de_17_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4350/pl_039_de_17_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de patrimônio gastronômico-cultural imaterial do estabelecimento denominado "Pastelaria do Léo", no Município de Barra do Garças, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4353/pl_040_de_06_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4353/pl_040_de_06_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária nº 3.830, de 22 de março de 2017, para dispor sobre a inclusão de QR Code em placas informativas instaladas em logradouros e espaços públicos que homenageiem personalidades históricas no Município de Barra do Garças.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_041_de_23_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_041_de_23_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial de Eventos do Município de Barra do Garças-MT, a Semana Municipal de Controle e Combate à Leishmaniose, e dá outras providências.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_042_de_27_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_042_de_27_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público no âmbito da Câmara Municipal de Barra do Garças-MT, nos termos do inciso IX do art. 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4386/pl_043_de_30_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4386/pl_043_de_30_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a Associação Desportiva e Recreativa Serra Azul.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4412/pl_044_de_04_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4412/pl_044_de_04_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 4.967 de 9 de maio de 2025, a fim de inserir no Calendário Oficial de Eventos do Município de Barra do Garças – MT, a Semana Municipal de Controle e Combate à Leishmaniose, e dá outras providências.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4431/pl_045_de_11_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4431/pl_045_de_11_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Aviador como data comemorativa no Município de Barra do Garças – MT, a ser celebrado em 12 de julho.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4432/pl_046_de_11_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4432/pl_046_de_11_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Central Virtual de Adoção de Animais de Estimação no Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4433/pl_047_de_11_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4433/pl_047_de_11_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração da Ponte de Pedra, situada na Serra do Roncador, como Patrimônio Turístico do Município de Barra do Garças – MT, institui diretrizes para sua proteção, gestão e fomento, e dá outras providências.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4434/pl_048_de_11_de_agosto_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4434/pl_048_de_11_de_agosto_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo ao uso de Inteligência Artificial na rede Pública Municipal de Saúde e estabelece diretrizes para a elaboração de política pública específica.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4435/pl_049_de_11_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4435/pl_049_de_11_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola Estadual Dom José Selva para Escola Municipal João Gomes de Castro.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4457/pl_050_de_15_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4457/pl_050_de_15_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Adoção de Praças e Parques no Município de Barra do Garças, visando à colaboração entre o Poder Público e a iniciativa privada para a urbanização, manutenção e conservação de áreas públicas.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4458/pl_051_de_15_de_agosto_de_2025_legislativo_nova_redacao_25-08-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4458/pl_051_de_15_de_agosto_de_2025_legislativo_nova_redacao_25-08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de dependências do Estádio Municipal José Valeriano Costa, localizado no bairro Santo Antônio, no Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_052_de_25_de_agosto_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_052_de_25_de_agosto_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vagas de estacionamento especial para gestantes e pessoas acompanhadas de crianças de colo no âmbito do Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4537/pl_053_de_02_de_setembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4537/pl_053_de_02_de_setembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara a Feira Livre de Barra do Garças como Patrimônio Cultural Imaterial do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4572/pl_054_de_11_de_setembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4572/pl_054_de_11_de_setembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade Pública Municipal o Instituto de Culturas, Esportes e Artes Alternativas – ICEAA-MT (Casa do Hip Hop Reúna Araguaia).</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/pl_055_de_01_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/pl_055_de_01_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção contra a Prática de Atentados Violentos nas Dependências das Escolas Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/pl_056_de_06_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/pl_056_de_06_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Estatuto da Desburocratização no Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/pl_057_de_03_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/pl_057_de_03_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 4.487/2022, a fim de inserir no Calendário Oficial de Eventos de Barra do Garças – MT, a festividade que menciona.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/pl_058_de_06_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/pl_058_de_06_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de bloqueador de ar para hidrômetro na tubulação do sistema de água residencial ou comercial no município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/pl_059_de_06_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/pl_059_de_06_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de mensagens educativas nos livros, cadernos e demais materiais didáticos fornecidos pelo Poder Público Municipal, contendo informações e o número de denúncia para casos de abuso e exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/pl_060_de_06_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/pl_060_de_06_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Barra do Garças – MT, o Projeto ‘Casal Grávido’, destinado a oferecer orientação, acolhimento e suporte às gestantes e seus respectivos companheiros, e dá outras providências.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/pl_061_de_06_de_outubro_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/pl_061_de_06_de_outubro_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.365, de 22 de dezembro de 2021.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/pl_062_de_15_de_outubro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/pl_062_de_15_de_outubro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui a medida de prevenção à violência nos estabelecimentos de saúde e de ensino do Município de Barra do Garças.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/pl_063_de_03_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/pl_063_de_03_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Oficina de Profissões” nas escolas da Rede Pública Municipal de Ensino de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/pl_064_de_03_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/pl_064_de_03_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de adequação da alimentação e terapia nutricional escolar para estudantes com Transtorno do Espectro Autista (TEA) e outras condições neurodivergentes, matriculados nas instituições da rede pública do Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_leg_065-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_leg_065-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação de informações de utilidade pública e de interesse coletivo em painéis eletrônicos e televisões nas repartições públicas municipais de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/pl_066_de_07_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/pl_066_de_07_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Artesanato localizado no Parque das Águas Quentes, no Município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_067_de_07_de_novembro_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_067_de_07_de_novembro_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Parque Municipal Linear do Lajedo para Parque Municipal Francisco Cândido da Silva - Garrincha.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Prof. Alex Matos/Alessandro Matos do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/pl_068_de_07_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/pl_068_de_07_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação à via pública que menciona, como Avenida Amália Curvo de Campos, no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/pl_069_de_12_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/pl_069_de_12_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação, no site oficial da Prefeitura Municipal de Barra do Garças, dos dados básicos de todos os eventos públicos municipais realizados ou apoiados com recursos públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/pl_070_de_10_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/pl_070_de_10_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da via pública que menciona como “Rua Floriano Martins da Silva”.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/pl_071_de_13_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/pl_071_de_13_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de sistemas de Comunicação Aumentativa e Alternativa (CAA) de baixa tecnologia em espaços públicos e de uso coletivo no âmbito do Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/pl_072_de_12_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/pl_072_de_12_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Cria o Instituto Municipal de Memória do Poder Legislativo de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/pl_073_de_26_de_novembro_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/pl_073_de_26_de_novembro_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Proíbe a derrubada, o corte e a supressão de árvores da espécie Dipteryx alata (baru) no Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/pl_074_de_28_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/pl_074_de_28_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a Liga Esportiva, Cultural e Social do Vale do Araguaia.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/pl_075_de_01_de_dezembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/pl_075_de_01_de_dezembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Esporte Comunitário (PMEC), regulando o uso gratuito de espaços esportivos de escolas públicas municipais nos finais de semana e feriados no Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_076_de_02_de_dezembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_076_de_02_de_dezembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de salas de amamentação nos postos de saúde, unidades de pronto atendimento (UPAs) e no Pronto-Socorro Municipal de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_077_de_02_de_dezembro_de_2025_legislativo.pdf</t>
-[...2 lines deleted...]
-    <t>Dispõe sobre a obrigatoriedade das empresas responsáveis pelo fornecimento de água no Município de Barra do Garças – MT restaurarem o asfalto e demais pavimentações danificadas em decorrência de suas intervenções, e dá outras providências.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_077_de_02_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade das empresas responsáveis pelo fornecimento de água no Município de Barra do Garças restaurarem o asfalto e demais pavimentações danificadas em decorrência de suas intervenções, e dá outras providências.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_078_de_10_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_078_de_10_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilização financeira do agressor pelos custos decorrentes de atendimento médico prestado pelo Sistema Único de Saúde (SUS) às vítimas de violência doméstica no Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/pl_079_de_08_de_dezembro_de_2025_legislativo.pdf</t>
-[...2 lines deleted...]
-    <t>Altera a Lei nº 3.175, de 30 de novembro de 2010, para instituir o Programa Municipal de Esporte Comunitário (PMEC), regular o uso de espaços esportivos em escolas públicas municipais e dar outras providências.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/pl_079_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3.175, de 30 de novembro de 2010, para instituir o Programa Municipal de Esporte Comunitário (PMEC), regular o uso de espaços esportivos em escolas públicas municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/pl_080_de_10_de_dezembro_de_2025_legislativo.pdf</t>
-[...2 lines deleted...]
-    <t>Altera o art. 1º da Lei Municipal nº 4.015, de 16 de outubro de 2018, que dispõe sobre a concessão de diárias a vereadores e servidores do Poder Legislativo Municipal de Barra do Garças, e revoga a Resolução nº 032/2018.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/pl_080_de_10_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 1º da Lei Municipal nº 4.015, de 16 de outubro de 2018, que dispõe sobre a concessão de diárias à vereadores e servidores do Poder Legislativo Municipal de Barra do Garças, e revoga a Resolução nº 32/2018.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/pl_081_de_10_de_dezembro_de_2025_legislativo.pdf</t>
-[...2 lines deleted...]
-    <t>Institui a Política Municipal de Reconhecimento dos "Mestres da Cultura Popular" no âmbito do Município de Barra do Garças, cria o Título de "Tesouro Vivo da Cultura Barra-garcense" e dá outras providências.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/pl_081_de_10_de_dezembro_de_2025_legislativo_nova_redacao.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Reconhecimento dos "Mestres da Cultura Popular" no âmbito do Município de Barra do Garças, cria o Título de "Tesouro Vivo da Cultura Barra-garcense", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4850</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4850/pl_082_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de monitoramento em ônibus escolares no âmbito do Município de Barra do Garças (MT), e dá outras providências</t>
+  </si>
+  <si>
+    <t>4857</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4857/pl_083_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Incentivo ao Esporte denominado “Adote um Campeão”, destinado ao apoio e patrocínio de atletas e paratletas do Município de Barra do Garças, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4858</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3.740, de 21 de junho de 2016, para instituir a obrigatoriedade de instalação de salas de amamentação nos postos de saúde, unidades de pronto atendimento (UPAs) e no Pronto Socorro Municipal de Barra do Garças – MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4881</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4881/pl_085_de_18_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a consolidar emendas parlamentares de autoria do Poder Legislativo junto ao Projeto de Lei Orçamentária Anual – LOA/2026, ao Plano Plurianual – PPA e à Lei de Diretrizes Orçamentárias – LDO, e a proceder à abertura dos créditos adicionais necessários à sua execução, e dá outras providências.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3689/pl__001_de_23_de_janeiro_de_2025.executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3689/pl__001_de_23_de_janeiro_de_2025.executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente da Prefeitura Municipal de Barra do Garças, e dá outras providencias.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3732/pl_002_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3732/pl_002_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de termo de fomento com a entidade que menciona.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3733/pl_003_de_05_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3733/pl_003_de_05_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de termo de fomento com repasse de recursos financeiros à entidade que menciona.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3734/pl_004_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3734/pl_004_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3735/pl_005_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3735/pl_005_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3736/pl_006_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3736/pl_006_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_007_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_007_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_008_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_008_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3819/pl_009_de_10_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3819/pl_009_de_10_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_010_de_14_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_010_de_14_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_011_de_14_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_011_de_14_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui gratificação aos profissionais que atuam no Transporte Escolar da rede municipal de ensino de Barra do Garças-MT e dá outras providências.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_012_de_17_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_012_de_17_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito do Poder Executivo Municipal, a Lei Federal nº 12.846, de 1° de agosto de 2013, que dispõe sobre a responsabilização administrativa e civil de pessoas jurídicas pela prática de atos contra a Administração Pública.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_013_de_17_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_013_de_17_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de transporte de passageiros do Município de Barra do Garças-MT, sob o regime de fretamento, e dá outras providências.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_014_de_17_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_014_de_17_de_fevereiro_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_015_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_015_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Institui ajuda de custo aos profissionais da educação que atuam no âmbito da Secretaria Municipal de Educação, Esporte e Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3853/pl_016_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3853/pl_016_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3854/pl_017_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3854/pl_017_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do Município Barra do Garças/MT e dá outras providências.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3855/pl_018_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3855/pl_018_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3856/pl_019_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3856/pl_019_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3857/pl_020_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3857/pl_020_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.845, de 26 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3858/pl_021_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3858/pl_021_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir crédito adicional Especial por Superávit Financeiro no orçamento do Município de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3859/pl_022_de_24_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3859/pl_022_de_24_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação do imóvel para o fim que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3873/pl_023_de_27_de_fevereiro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3873/pl_023_de_27_de_fevereiro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui a Mesa Permanente de Negociação (MPN-BG), no âmbito da Administração direta, autárquica e fundacional do Município de Barra do Garças.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3898/pl_024_de_10_de_marco_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3898/pl_024_de_10_de_marco_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a formalização de termo de fomento à entidade que menciona.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3900/pl_025_de_10_de_marco_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3900/pl_025_de_10_de_marco_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração do termo de fomento com repasse de recursos financeiros à entidade que menciona.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_026_de_21_de_marco_de_2025_exeucutivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_026_de_21_de_marco_de_2025_exeucutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 4.944, de 11 de março de 2025.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_027_de_24_de_marco_de_2025_exeucutivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_027_de_24_de_marco_de_2025_exeucutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente da Prefeitura Municipal de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3968/pl_028_de_24_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3968/pl_028_de_24_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Piso Salarial Profissional Nacional para os Profissionais do Magistério Público e de reajuste dos vencimentos dos Profissionais Administrativos da Carreira dos Profissionais da Educação Básica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3973/pl_029_de_24_de_marco_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3973/pl_029_de_24_de_marco_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.798 de 14 de dezembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4051/pl_030_de_02_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4051/pl_030_de_02_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Regulamenta sobre a abertura de procedimento licitatório para a venda do lote 18, Quadra IND 1/1, com área de 2.700m², no Setor Distrito Industrial de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_031_de_03_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_031_de_03_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre implantação, organização e funcionamento de Feiras, no âmbito do Município de Barra do Garças-MT e dá outras providencias.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_032_de_04_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_032_de_04_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.599, de 27 de agosto de 2004 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_033_de_14_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_033_de_14_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a afetação do imóvel para o fim que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4117/pl_034_de_16_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4117/pl_034_de_16_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.957, de 14 de abril de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4118/pl_035_de_16_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4118/pl_035_de_16_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe no Calendário Oficial de Eventos do Município de Barra do Garças, para o Exercício de 2025, as festividades que menciona.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_036_de_25_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_036_de_25_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.939 de 28 de fevereiro de 2025, que dispõe sobre a organização e funcionamento do Sistema Único de Assistência Social (SUAS) no Município de Barra do Garças - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_037_de_25_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_037_de_25_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial no orçamento do Município de Barra do Garças-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_038_de_28_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_038_de_28_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no orçamento vigente para os fins que menciona.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4162/pl_039_de_30_de_abril_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4162/pl_039_de_30_de_abril_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração da Lei de Diretrizes Orçamentárias (LDO) do exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4196/pl_040_de_05_de_maio_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4196/pl_040_de_05_de_maio_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_041_de_05_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_041_de_05_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do serviço de transporte remunerado privado individual de passageiros intermediado por plataformas digitais no âmbito do Município de Barra do Garças - MT, nos termos da Lei Federal nº 13.640, de 26 de março de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4218/pl_042_de_09_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4218/pl_042_de_09_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 4.682, de 23 de maio de 2023.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4219/pl_043_de_09_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4219/pl_043_de_09_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.319, de 9 de setembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_044_de_09_de_maio_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_044_de_09_de_maio_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebração do termo de cooperação técnica com à entidade que menciona.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4226/pl_045_de_12_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4226/pl_045_de_12_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4249/pl_046_de_16_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4249/pl_046_de_16_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de horas complementares a professores da rede estadual de ensino cedidos à Secretaria Municipal de Educação, Esporte e Lazer, no âmbito de cooperação técnica com o Município de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4250/pl_047_de_16_de_maio_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4250/pl_047_de_16_de_maio_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado de servidores no cargo de Auxiliar de Apoio Educacional para atender necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4325/pl_048_de_06_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4325/pl_048_de_06_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.102, de 14 de agosto de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4326/pl_049_de_06_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4326/pl_049_de_06_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4328/pl_050_de_10_de_junho_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4328/pl_050_de_10_de_junho_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação e regulamentação de chacreamento aberto ou fechado e do condomínio fechado de lotes, e dá outras providências.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4329/pl_051_de_10_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4329/pl_051_de_10_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4342/pl_052_de_11_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4342/pl_052_de_11_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo para realizar acordos administrativos e judiciais visando economia em honorários, custas processuais e obtenção de parcelamento ou descontos em débitos e dá outras providências.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4343/pl_053_de_12_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4343/pl_053_de_12_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.961, de 16 de abril de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4346/pl_054_de_16_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4346/pl_054_de_16_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado de servidores nos cargos de prestação de serviços de apoio às atividades operacionais para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4364/pl_055_de_23_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4364/pl_055_de_23_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_056_de_30_de_junho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_056_de_30_de_junho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4388/pl_057_de_22_de_julho_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4388/pl_057_de_22_de_julho_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente da Câmara Municipal de Barra do Garças, e dá outras providencias.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4408/pl_058_de_04_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4408/pl_058_de_04_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4429/pl_059_de_06_de_agosto_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4429/pl_059_de_06_de_agosto_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebração do termo de cooperação técnica com a entidade que menciona.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4430/pl_060_de_08_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4430/pl_060_de_08_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.008, de 2 de julho de 2009, que trata da Contribuição para Custeio do Serviço de Iluminação Pública - CIP, e dá outras providências.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4437/pl_061_de_11_de_agosto_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4437/pl_061_de_11_de_agosto_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4438/pl_062_de_11_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4438/pl_062_de_11_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a locação de imóvel para os fins que menciona.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4441/pl_063_de_12_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4441/pl_063_de_12_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.319 de 9 de setembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4451/pl_064_de_15_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4451/pl_064_de_15_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial no valor que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4452/pl_065_de_15_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4452/pl_065_de_15_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4453/pl_066_de_15_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4453/pl_066_de_15_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Codificação do Elemento de Despesa do Art. 1° da Lei nº 5.003/2025 de 13 de agosto de 2025 que autorizou a abertura de Crédito Adicional Especial no orçamento vigente da Câmara Municipal de Barra do Garças, e dá outras providências.</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4461/pl_067_de_18_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4461/pl_067_de_18_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de termo de fomento com à entidade que menciona.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_068_de_21_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_068_de_21_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4.181 de 17 de junho de 2020, que instituiu a Ouvidoria Geral no Município de Barra do Garças - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_069_de_21_de_agosto_de_2025_executivo_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_069_de_21_de_agosto_de_2025_executivo_ocultado.pdf</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4511/pl_070_de_27_de_agosto_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4511/pl_070_de_27_de_agosto_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4522/pl_071_de_01_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4522/pl_071_de_01_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado de servidores no cargo de Técnico Administrativo de Apoio ao Desenvolvimento Infantil para atender necessidade temporária de excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4523/pl_072_de_01_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4523/pl_072_de_01_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no orçamento vigente para os fins que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4531/pl_073_de_04_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4531/pl_073_de_04_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 5.009, de 27 de agosto de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4542/pl_074_de_08_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4542/pl_074_de_08_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4543/pl_075_de_08_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4543/pl_075_de_08_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4563/pl_076_de_12_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4563/pl_076_de_12_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4584/pl_077_de_22_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4584/pl_077_de_22_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adesão municipal ao Sistema Nacional de Segurança Alimentar e Nutricional - SISAN, organiza a Política Municipal de Segurança Alimentar e Nutricional; estabelece os parâmetros para a elaboração do Plano Municipal de Segurança Alimentar e Nutricional - PLANSAN, cria a Câmara Intersetorial de Segurança Alimentar e Nutricional - CAISAN, regulamenta o Conselho Municipal de Segurança Alimentar e Nutricional - COMSEA, e cria o Fundo Municipal de Segurança Alimentar e Nutricional - FUMSAN, e dá outras providências.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4585/pl_078_de_22_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4585/pl_078_de_22_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos 6º e 7º da Lei Municipal nº 2.357, de 15 de outubro de 2001 e nº 3.116 de 5 de maio de 2010, para a recomposição dos membros do Conselho Municipal de Turismo - COMTUR.</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4586/pl_079_de_22_de_setembro_de_2025_executivo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4586/pl_079_de_22_de_setembro_de_2025_executivo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as políticas públicas municipais de incentivos à ciência, tecnologia, inovação e empreendedorismo do município de Barra do Garças, e revoga a Lei nº 3.828, de 22 de março de 2017.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/pl_080_de_29_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/pl_080_de_29_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação do Centro Municipal de Educação Básica que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/pl_081_de_29_de_setembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/pl_081_de_29_de_setembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/pl_082_de_30_de_setembro_de_2025_executivo_ppa_2026-2029.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/pl_082_de_30_de_setembro_de_2025_executivo_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Barra do Garças-MT para o quadriênio 2026/2029, e dá outras providências.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/pl_083_de_30_de_setembro_de_2025_executivo_loa_2026.pdf</t>
-[...2 lines deleted...]
-    <t>Estima a Receita e fixa as Despesas do Município de Barra do Garças, Estado de Mato Grosso para o exercício de 2026, e dá outras providências.</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/pl_083_de_30_de_setembro_de_2025_executivo_loa_2026_nova_redacao.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita, fixa a despesa do Município de Barra do Garças-MT para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/pl_084_de_03_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/pl_084_de_03_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo Municipal para a celebração de acordos administrativos e judiciais, visando à preservação do interesse público, à redução de despesas e à promoção da eficiência na gestão pública, e dá outras providências.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/pl_085_de_13_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/pl_085_de_13_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no valor que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/pl_086_de_13_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/pl_086_de_13_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/pl__087_de_15_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/pl__087_de_15_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/pl_088_de_31_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/pl_088_de_31_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no orçamento vigente da Câmara Municipal de Barra do Garças (MT), e dá outras providências.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/pl_089_de_31_de_outubro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/pl_089_de_31_de_outubro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/pl_090_de_14_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/pl_090_de_14_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_091_de_14_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_091_de_14_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/pl_092_de_24_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/pl_092_de_24_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/pl_093_de_24_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/pl_093_de_24_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/pl_094_de_24_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/pl_094_de_24_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.007, de 21 de agosto de 2025 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/pl_095_de_25_de_novembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/pl_095_de_25_de_novembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.018, de 14 de outubro de 1986, e dá outras providências.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/pl_096_de_05_de_dezembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/pl_096_de_05_de_dezembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera os anexos da Lei nº 5.000, Lei Diretrizes Orçamentária - LDO, de 2 de julho de 2025, que dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2026 - LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/pl_097_de_08_de_dezembro_de_2025_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/pl_097_de_08_de_dezembro_de_2025_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço de Acolhimento em Família Acolhedora no Município de Barra do Garças – MT, e dá outras providências.</t>
   </si>
   <si>
+    <t>4859</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4859/pl_098_de_11_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>4860</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4860/pl_099_de_11_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar aberturas de Créditos Adicionais Suplementares na execução orçamentária do exercício de 2026, na forma que menciona, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4861</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4861/pl_100_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>4862</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4862/pl_101_de_12_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Especial Suplementar no valor que menciona, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4863</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4863/pl_102_de_15_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão gratuita de direito real de uso de bem imóvel que menciona.</t>
+  </si>
+  <si>
+    <t>4883</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4883/pl_103_de_19_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>4884</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4884/pl_104_de_19_de_dezembro_de_2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no valor que menciona, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3693</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3693/pr_001_de_30_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3693/pr_001_de_30_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 355, 358, 359 e 359-A e acrescenta os artigos 359-B e 359-C à Resolução nº 012, de 14 de outubro de 2014.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3846/pr_002_de_18_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3846/pr_002_de_18_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe, no âmbito do Poder Legislativo Municipal, sobre a prioridade de contratação para as Microempresas (ME) e Empresas de Pequeno Porte (EPP) sediadas local ou regionalmente, prevista no § 3º do art. 48, da Lei Complementar nº 123/2006.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3847/pr_003_de_18_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3847/pr_003_de_18_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Resolução nº 014/2020, de 17 de novembro de 2020, que dispõe sobre o Sistema de Transporte – STR da Câmara Municipal de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3862/pr_004_de_25_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3862/pr_004_de_25_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Barra-Garcense.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3897/pr_005_de_10_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3897/pr_005_de_10_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Resolução nº 062, de 12 de dezembro de 2023, que regulamenta os formulários de Matérias Legislativas da Câmara Municipal de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3947/pr_006_de_12_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3947/pr_006_de_12_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Medalha de Honra ao Mérito Esportivo ao Senhor Luis Felipe Oliveira Brasil.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3972/pr_007_de_18_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3972/pr_007_de_18_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Leonardo André da Mata.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4007/pr_008_de_27_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4007/pr_008_de_27_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora da Câmara Municipal de Barra do Garças-MT a realizar o repasse/devolução de saldo do duodécimo recebido, ao Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4012/pr_009_de_28_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4012/pr_009_de_28_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Fábio Paulino Garcia.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4013/pr_010_de_31_de_marco_de_2025_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4013/pr_010_de_31_de_marco_de_2025_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 53, 355, 356, 357, 358, 359, 359-A, 359-B e 359-C; revoga o art. 13-J, o inciso IV, do §5º, do art. 12 e o §1º do art. 31; e acrescenta os artigos 31-A e 359-D à Resolução nº 12, de 14 de outubro de 2014.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4029/pr_011_de_02_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4029/pr_011_de_02_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a licença de vereador e dá outras providências.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4058/pr_012_de_03_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4058/pr_012_de_03_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Mauro Rodrigues de Souza.</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4155/pr_013_de_14_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4155/pr_013_de_14_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Benier Marcos Silva.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4194/pr_014_de_28_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4194/pr_014_de_28_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Elmo Pimentel.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4195/pr_015_de_29_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4195/pr_015_de_29_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Mário Olímpio Medeiros Filho.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4224/pr_016_de_12_de_maio_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4224/pr_016_de_12_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadã Barra-Garcense à Sra. Luiza Ramos dos Santos.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4253/pr_017_de_13_de_maio_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4253/pr_017_de_13_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadã Barra-garcense à Sra. Maria Auxiliadora da Silva Garção.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4254/pr_018_de_13_de_maio_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4254/pr_018_de_13_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-Garcense ao Sr. Flávio Pereira Diniz.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4255/pr_019_de_13_de_maio_de_2025_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4255/pr_019_de_13_de_maio_de_2025_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Thiago Marcelo Silva Barbosa.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4256/pr_20_de_21_de_maio_de_2025_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4256/pr_20_de_21_de_maio_de_2025_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Outorga Medalha de Honra ao Mérito Esportivo a pessoa que menciona.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4300/pr_021_de_28_de_maio_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4300/pr_021_de_28_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadania Barra-garcense ao Sr. Manoel Eliel Reis.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4436/pr_022_de_05_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4436/pr_022_de_05_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora da Câmara Municipal de Barra do Garças – MT a realizar o repasse/devolução de saldo do duodécimo recebido, ao Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4459/pr_023_de_12_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4459/pr_023_de_12_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. George Adriano dos Santos Silva.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4476/pr_24_de_18_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4476/pr_24_de_18_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Termisvaldo Guimarães Machado.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Dr. Neto/Geralmino Alves Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4486/pr_025_de_22_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4486/pr_025_de_22_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Medalha de Honra ao Mérito Masculino e Feminino.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4497/pr_026_de_25_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4497/pr_026_de_25_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a licença de vereador.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4510/pr_027_de_28_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4510/pr_027_de_28_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Coronel PM Gibson Almeida Costa Júnior.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4534/pr_028_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4534/pr_028_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Johnatha Moura Martinel.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4535/pr_029_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4535/pr_029_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Joaquim Pereira da Cruz.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4536/pr_030_de_02_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4536/pr_030_de_02_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Hani Ahmad Fayad.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4538/pr_031_de_05_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4538/pr_031_de_05_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Medalha de Honra ao Mérito Masculino.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4540/pr_032_de_08_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4540/pr_032_de_08_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Cristiano José da Silva.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4541/pr_033_de_08_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4541/pr_033_de_08_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Altieres Pacheco de Araújo Lopes.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4545/pr_034_de_08_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4545/pr_034_de_08_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. José da Silva.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4546/pr_035_de_08_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4546/pr_035_de_08_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense ao Sr. Francisco Teles Sobrinho.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4549/pr_036_de_09_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4549/pr_036_de_09_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Manoel Rocha.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4550/pr_037_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4550/pr_037_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. José Alves Teixeira.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4551/pr_038_de_10_de_setembro_de_2025.pdf</t>
+  </si>
+  <si>
     <t>Outorga Título de Cidadã Barra-garcense à Sra. Maria Izabel da Mota Maranhão.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4552/pr_039_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4552/pr_039_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadã Barra-garcense à Sra. Maria Pereira da Silva.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4553/pr_040_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4553/pr_040_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Jumay Bernardo de Souza.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4554/pr_041_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4554/pr_041_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Ivan Marcos Pereira.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4555/pr_042_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4555/pr_042_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Joaquim dos Santos Soares.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4556/pr_043_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4556/pr_043_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Gilvan Lobo Barbosa.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4557/pr_044_de_11_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4557/pr_044_de_11_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadã Barra-garcense à Sra. Tereza Fonseca da Silva.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4558/pr_045_de_11_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4558/pr_045_de_11_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Anderson Vieira de Assis Faria.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4560/pr_046_de_10_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4560/pr_046_de_10_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Barra-garcense ao Sr. Gilberto Moacir Cattani.</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4587/pr_047_de_22_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4587/pr_047_de_22_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Resolução nº 25, de 26 de agosto de 2025, que dispõe sobre a licença de vereador.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/pr_048_de_02_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/pr_048_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivo da Resolução nº 10, de 19 de abril de 2023.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/pr_049_de_10_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/pr_049_de_10_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga o Título de Cidadão Barra-garcense à Sra. Selma Neves Marques Oliveira.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/pr_050_de_14_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/pr_050_de_14_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a proceder à doação, devolução e entrega dos bens móveis abaixo relacionados ao Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/pr_051_de_01_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/pr_051_de_01_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Outorga Comenda de Mérito Legislativo Municipal “CEL. ANTÔNIO CRISTINO CORTES” ao Ilustríssimo Senhor Júlio César Gonçalves Campos Filho.</t>
   </si>
   <si>
+    <t>4882</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4882/pr_052_de_19_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a licença da Vereadora Bianca Sousa de Freitas Almeida.</t>
+  </si>
+  <si>
     <t>4009</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4009/emenda_aditiva_001_de_31_de_marco_de_2025_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4009/emenda_aditiva_001_de_31_de_marco_de_2025_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 2º-A ao Projeto de Lei Complementar nº 16, de 28 de março de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4015/emenda_aditiva_002_de_31_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4015/emenda_aditiva_002_de_31_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 4º-A ao Projeto de Lei Complementar nº 16, de 28 de março de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4349/emenda_aditiva_003_de_16_de_junho_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4349/emenda_aditiva_003_de_16_de_junho_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 1º-A ao Projeto de Lei Complementar nº 26, de 16 de junho de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>Elton Melo Marques, Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4365/emenda_aditiva_004_de_23_de_junho_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4365/emenda_aditiva_004_de_23_de_junho_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 2º ao Projeto de Lei nº 50, de 16 de junho de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/emenda_aditiva_005_de_29_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/emenda_aditiva_005_de_29_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Capítulo XI-A, com os artigos 65-A, 65-B, 65-C e 65-D, ao Projeto de Lei nº 79, de 22 de setembro de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/emenda_aditiva_006-_pl_061-2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/emenda_aditiva_006-_pl_061-2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao Projeto de Lei nº 61, de 6 de outubro de 2025, de autoria do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_aditiva_007_de_03_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_aditiva_007_de_03_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à Proposta de Emenda à Lei Orgânica, nº 1, de 17 de outubro de 2025, de autoria do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/emenda_aditiva_008_de_10_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/emenda_aditiva_008_de_10_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei Complementar nº 30, de 31 de outubro de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/emenda_aditiva_009_de_17_de_novembro_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/emenda_aditiva_009_de_17_de_novembro_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivo à Proposta de Emenda à Lei Orgânica, nº 1, de 17 de outubro de 2025, de autoria do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/emenda_aditiva_010_de_08_de_dezembro_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/emenda_aditiva_010_de_08_de_dezembro_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 73, de 26 de novembro de 2025, de autoria do Poder Legislativo Municipal.</t>
   </si>
   <si>
+    <t>4853</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4853/emenda_aditiva_011_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Parlamentar Aditiva ao Projeto de Lei nº 83, de 30 de setembro de 2025, de autoria do Poder Executivo Municipal que Estima a Receita e Fixa a Despesa do Município para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4854</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4854/emenda_aditiva_012_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
     <t>3691</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3691/emenda_modificativa-_001_de_27_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3691/emenda_modificativa-_001_de_27_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Complementar nº 001, de 15 de janeiro de 2025, de autoria do Poder Executivo Municipal, que Altera a Lei Complementar nº 295 de 09 de setembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3944/emenda_modificativa_002_de_11_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3944/emenda_modificativa_002_de_11_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei  nº 23, de 27 de fevereiro de 2025, de autoria do Poder Executivo Municipal, que institui a Mesa Permanente de Negociação (MPN-BG), no âmbito da administração direta, autárquica e fundacional do Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3949/emenda_modificativa_003_de_17_de_marco_de_2025..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3949/emenda_modificativa_003_de_17_de_marco_de_2025..pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 23, de 27 de fevereiro de 2025, de autoria do Poder Executivo Municipal, que institui a Mesa Permanente de Negociação (MPN-BG), no âmbito da administração direta, autárquica e fundacional do Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_modificativa_004_de_7_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_modificativa_004_de_7_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Complementar nº 18, de 3 de abril de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_modificativa_005_de_5_de_maio_de_2025_legislativo_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_modificativa_005_de_5_de_maio_de_2025_legislativo_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Complementar nº 23, de 22 de abril de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_modificativa_006_de_5_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_modificativa_006_de_5_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 35, de 16 de abril de 2025, de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_modificativa_007_de_19_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_modificativa_007_de_19_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 43, de 9 de maio de 2025, de autoria do Poder Executivo Municipal, que altera a Lei Municipal nº. 4.319, de 9 de setembro de 2021.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4281/emenda_modificativa_008_de_23_de_maio_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4281/emenda_modificativa_008_de_23_de_maio_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei nº 32, de 12 de maio de 2025, de autoria do Vereador Gabriel Pereira Lopes (Zé Gota).</t>
   </si>
   <si>
+    <t>4872</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4872/emenda_modificativa_009_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Projeto de Lei nº 83, de 30 de setembro de 2025, de autoria do Poder Executivo Municipal que Estima a Receita e Fixa a Despesa do Município para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4828</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4828/emenda_modificativa_010_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Parlamentar Modificativa (Impositiva) ao Projeto de Lei nº 83, de 30 de setembro de 2025, de autoria do Poder Executivo Municipal que Estima a Receita e Fixa a Despesa do Município para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4829</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4829/emenda_modificativa_011_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4830</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4830/emenda_modificativa_012_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4831</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4831/emenda_modificativa_013_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4832</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4832/emenda_modificativa_014_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4833</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4833/emenda_modificativa_015_de_08_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4834</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4834/emenda_modificativa_016_de_10_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4835</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4835/emenda_modificativa_017_de_10_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4836</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4836/emenda_modificativa_018_de_10_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4837</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4837/emenda_modificativa_019_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4838</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4838/emenda_modificativa_020_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4839</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4839/emenda_modificativa_021_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4840</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4840/emenda_modificativa_022_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4841</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4841/emenda_modificativa_023_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4842</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4842/emenda_modificativa_024_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4843</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4843/emenda_modificativa_025_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4844</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4844/emenda_modificativa_026_de_11_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4846</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4846/emenda_modificativa_027_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4847</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4847/emenda_modificativa_028_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Parlamentar Modificativa ao Projeto de Lei nº 83, de 30 de setembro de 2025, de autoria do Poder Executivo Municipal que Estima a Receita e Fixa a Despesa do Município para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4848</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4848/emenda_modificativa_029_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4849</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4849/emenda_modificativa_030_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4868</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4868/emenda_modificativa_031_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4869</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4869/emenda_modificativa_032_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4870</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4870/emenda_modificativa_033_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4871</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4871/emenda_modificativa_034_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Parlamentar Modificativa (Impositiva) ao Projeto de Lei nº 083, de 30 de setembro de 2025, de autoria do Poder Executivo Municipal que Estima a Receita e Fixa a Despesa do Município para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4874</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4874/emenda_modificativa_035_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4875</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4875/emenda_modificativa_036_de_12_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4876</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4876/emenda_modificativa_037_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4877</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4877/emenda_modificativa_038_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>4878</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4878/emenda_modificativa_039_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
     <t>4258</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Modificativa e Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_modificativa_e_aditiva_001-2025_legislativo_nova_redacao_-_23-05-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_modificativa_e_aditiva_001-2025_legislativo_nova_redacao_-_23-05-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta os artigos 6º-A e 6º-B e altera o art. 4º, do Projeto de Resolução nº 10, de 31 de março de 2025.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Modificativa e Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3826/emenda_modificativa_e_supressiva_001_de_17_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3826/emenda_modificativa_e_supressiva_001_de_17_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Suprime o art. 2º, do Projeto de Lei Complementar nº 005, de 17 de fevereiro de 2025 e altera os seus artigos 3º, 4º e 9º.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>AESO</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Ordinária</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3739/ata_da_1a_sessao_ordinaria_da_20a_legislatura_05-02-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3739/ata_da_1a_sessao_ordinaria_da_20a_legislatura_05-02-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3758/ata_da_2a_sessao_ordinaria_da_20a_legislatura_10-02-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3758/ata_da_2a_sessao_ordinaria_da_20a_legislatura_10-02-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3827/ata_da_3a_sessao_ordinaria_da_20a_legislatura_17-02-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3827/ata_da_3a_sessao_ordinaria_da_20a_legislatura_17-02-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3860/ata_da_4a_sessao_ordinaria_da_20a_legislatura_24-02-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3860/ata_da_4a_sessao_ordinaria_da_20a_legislatura_24-02-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3920/ata_da_5a_sessao_ordinaria_da_20a_legislatura_10-03-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3920/ata_da_5a_sessao_ordinaria_da_20a_legislatura_10-03-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3950/ata_da_6a_sessao_ordinaria_da_20a_legislatura_17-03-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3950/ata_da_6a_sessao_ordinaria_da_20a_legislatura_17-03-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3975/ata_da_7a_sessao_ordinaria_da_20a_legislatura_24-03-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3975/ata_da_7a_sessao_ordinaria_da_20a_legislatura_24-03-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4052/ata_da_8a_sessao_ordinaria_da_20a_legislatura_31-03-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4052/ata_da_8a_sessao_ordinaria_da_20a_legislatura_31-03-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 8ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bebeto Betti/Alberto Antonio de Souza Betti, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4066/ata_da_9a_sessao_ordinaria_da_20a_legislatura_07-04-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4066/ata_da_9a_sessao_ordinaria_da_20a_legislatura_07-04-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 9ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4114/ata_da_10a_sessao_ordinaria_da_20a_legislatura_14-04-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4114/ata_da_10a_sessao_ordinaria_da_20a_legislatura_14-04-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 10ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4167/ata_da_11a_sessao_ordinaria_da_20a_legislatura_28-04-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4167/ata_da_11a_sessao_ordinaria_da_20a_legislatura_28-04-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 11ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4200/ata_da_12a_sessao_ordinaria_da_20a_legislatura_05-05-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4200/ata_da_12a_sessao_ordinaria_da_20a_legislatura_05-05-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 12ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4229/ata_da_13a_sessao_ordinaria_da_20a_legislatura_12-05-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4229/ata_da_13a_sessao_ordinaria_da_20a_legislatura_12-05-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 13ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4260/ata_da_14a_sessao_ordinaria_da_20a_legislatura_19-05-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4260/ata_da_14a_sessao_ordinaria_da_20a_legislatura_19-05-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 14ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4290/ata_da_15a_sessao_ordinaria_da_20a_legislatura_26-05-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4290/ata_da_15a_sessao_ordinaria_da_20a_legislatura_26-05-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 15ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4303/ata_da_16a_sessao_ordinaria_da_20a_legislatura_02-06-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4303/ata_da_16a_sessao_ordinaria_da_20a_legislatura_02-06-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 16ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4331/ata_da_17a_sessao_ordinaria_da_20a_legislatura_09-06-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4331/ata_da_17a_sessao_ordinaria_da_20a_legislatura_09-06-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 17ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4351/ata_da_18a_sessao_ordinaria_da_20a_legislatura_16-06-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4351/ata_da_18a_sessao_ordinaria_da_20a_legislatura_16-06-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 18ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4367/ata_da_19a_sessao_ordinaria_da_20a_legislatura_23-06-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4367/ata_da_19a_sessao_ordinaria_da_20a_legislatura_23-06-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 19ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4390/ata_da_20a_sessao_ordinaria_da_20a_legislatura_30-06-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4390/ata_da_20a_sessao_ordinaria_da_20a_legislatura_30-06-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 20ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4419/ata_da_21a_sessao_ordinaria_da_20a_legislatura_04-08-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4419/ata_da_21a_sessao_ordinaria_da_20a_legislatura_04-08-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 21ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4439/ata_da_22a_sessao_ordinaria_da_20a_legislatura_11-08-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4439/ata_da_22a_sessao_ordinaria_da_20a_legislatura_11-08-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 22ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4485/ata_da_23a_sessao_ordinaria_da_20a_legislatura_18-08-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4485/ata_da_23a_sessao_ordinaria_da_20a_legislatura_18-08-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 23ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4506/ata_da_24a_sessao_ordinaria_da_20a_legislatura_25-08-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4506/ata_da_24a_sessao_ordinaria_da_20a_legislatura_25-08-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 24ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Hiago Teles Alves, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4524/ata_da_25a_sessao_ordinaria_da_20a_legislatura_01-09-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4524/ata_da_25a_sessao_ordinaria_da_20a_legislatura_01-09-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4547/ata_da_26a_sessao_ordinaria_da_20a_legislatura_08-09-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4547/ata_da_26a_sessao_ordinaria_da_20a_legislatura_08-09-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 26ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/ata_da_27a_sessao_ordinaria_da_20a_legislatura_22-09-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/ata_da_27a_sessao_ordinaria_da_20a_legislatura_22-09-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 27ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/ata_da_28a_sessao_ordinaria_da_20a_legislatura_29-09-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/ata_da_28a_sessao_ordinaria_da_20a_legislatura_29-09-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/ata_da_29a_sessao_ordinaria_da_20a_legislatura_06-10-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/ata_da_29a_sessao_ordinaria_da_20a_legislatura_06-10-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 29ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/ata_da_30a_sessao_ordinaria_da_20a_legislatura_13-10-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/ata_da_30a_sessao_ordinaria_da_20a_legislatura_13-10-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 30ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/ata_da_31a_sessao_ordinaria_da_20a_legislatura_20-10-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/ata_da_31a_sessao_ordinaria_da_20a_legislatura_20-10-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 31ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/ata_da_32a_sessao_ordinaria_da_20a_legislatura_03-11-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/ata_da_32a_sessao_ordinaria_da_20a_legislatura_03-11-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 32ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/ata_da_33a_sessao_ordinaria_da_20a_legislatura_10-11-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/ata_da_33a_sessao_ordinaria_da_20a_legislatura_10-11-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 33ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/ata_da_34a_sessao_ordinaria_da_20a_legislatura_17-11-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/ata_da_34a_sessao_ordinaria_da_20a_legislatura_17-11-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 34ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/ata_da_35a_sessao_ordinaria_da_20a_legislatura_24-11-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/ata_da_35a_sessao_ordinaria_da_20a_legislatura_24-11-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 35ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/ata_da_36a_sessao_ordinaria_da_20a_legislatura_01-12-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/ata_da_36a_sessao_ordinaria_da_20a_legislatura_01-12-2025.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Sessão Ordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4815/ata_da_37a_sessao_ordinaria_da_20a_legislatura_08-12-2025.pdf</t>
+  </si>
+  <si>
     <t>Ata Eletrônica da 36ª Sessão Ordinária da 20ª Legislatura para Votação em Sessão Plenária.</t>
   </si>
   <si>
+    <t>4880</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4880/ata_da_38a_sessao_ordinaria_da_20a_legislatura_15-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 38ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>5027</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Ronair de Jesus Nunes, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 44ª Sessão Ordinária da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>3680</t>
   </si>
   <si>
     <t>AESE</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3680/ata_eletronica_da_1a_sessao_extraordinaria_da_20a_legislatura_-_01-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3680/ata_eletronica_da_1a_sessao_extraordinaria_da_20a_legislatura_-_01-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3698/ata_eletronica_da_2a_sessao_extraordinaria_da_20a_legislatura_-_23-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3698/ata_eletronica_da_2a_sessao_extraordinaria_da_20a_legislatura_-_23-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3699/ata_eletronica_da_3a_sessao_extraordinaria_da_20a_legislatura_-_28-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3699/ata_eletronica_da_3a_sessao_extraordinaria_da_20a_legislatura_-_28-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3863/ata_eletronica_da_4a_sessao_extraordinaria_da_20a_legislatura_-_28-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3863/ata_eletronica_da_4a_sessao_extraordinaria_da_20a_legislatura_-_28-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4053/ata_eletronica_da_5a_sessao_extraordinaria_da_20a_legislatura_-_03-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4053/ata_eletronica_da_5a_sessao_extraordinaria_da_20a_legislatura_-_03-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Hiago Teles Alves, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4561/ata_eletronica_da_6a_sessao_extraordinaria_da_20a_legislatura_-_12-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4561/ata_eletronica_da_6a_sessao_extraordinaria_da_20a_legislatura_-_12-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Hiago Teles Alves, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4574/ata_eletronica_da_7a_sessao_extraordinaria_da_20a_legislatura_-_17-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4574/ata_eletronica_da_7a_sessao_extraordinaria_da_20a_legislatura_-_17-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Sessão Extraordinária da 20ª Legislatura</t>
   </si>
   <si>
+    <t>4885</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4885/ata_eletronica_da_8a_sessao_extraordinaria_da_20a_legislatura_-_18-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 8ª Sessão Extraordinária da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4886</t>
+  </si>
+  <si>
+    <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4886/ata_eletronica_da_9a_sessao_extraordinaria_da_20a_legislatura_-_19-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 9ª Sessão Extraordinária da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>3681</t>
   </si>
   <si>
     <t>AESS</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Solene</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3681/ata_eletronica_da_1a_sessao_solene_de_posse_da_20a_legislatura_-_01-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3681/ata_eletronica_da_1a_sessao_solene_de_posse_da_20a_legislatura_-_01-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Solene de Posse da 20ª Legislatura</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>Allan Construtor/Allankley Lopes de Souza, Elton Melo Marques, Jaime Rodrigues Neto, Prof. Alex Matos/Alessandro Matos do Nascimento, Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Hiago Teles Alves, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/ata_eletronica_da_2a_sessao_solene_da_20a_legislatura_-_25-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/ata_eletronica_da_2a_sessao_solene_da_20a_legislatura_-_25-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Solene da 20ª Legislatura</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>Prof. Alex Matos/Alessandro Matos do Nascimento, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/ata_eletronica_da_3a_sessao_solene_da_20a_legislatura_-_15-10-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/ata_eletronica_da_3a_sessao_solene_da_20a_legislatura_-_15-10-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Solene da 20ª Legislatura</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>AESP</t>
   </si>
   <si>
     <t>Ata Eletrônica da Sessão Preparatória</t>
   </si>
   <si>
     <t>Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes, Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Prof. Alex Matos/Alessandro Matos do Nascimento, Profª Maria Silvania Araújo Ramos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3679/ata_eletronica_da_1a_sessao_preparatoria_da_20a_legislatura_-_01-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3679/ata_eletronica_da_1a_sessao_preparatoria_da_20a_legislatura_-_01-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Preparatória da 20ª Legislatura</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>ARCP</t>
   </si>
   <si>
     <t>Ata da Reunião das Comissões Permanentes</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3996/ata_eletronica_da_1a_reuniao_das_comissoes_permanentes_23-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3996/ata_eletronica_da_1a_reuniao_das_comissoes_permanentes_23-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1 ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3997/ata_eletronica_da_2a_reuniao_das_comissoes_permanentes_28-01-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3997/ata_eletronica_da_2a_reuniao_das_comissoes_permanentes_28-01-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3998/ata_eletronica_da_3a_reuniao_das_comissoes_permanentes_05-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3998/ata_eletronica_da_3a_reuniao_das_comissoes_permanentes_05-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3999/ata_eletronica_da_4a_reuniao_das_comissoes_permanentes_10-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3999/ata_eletronica_da_4a_reuniao_das_comissoes_permanentes_10-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4000/ata_eletronica_da_5a_reuniao_das_comissoes_permanentes_17-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4000/ata_eletronica_da_5a_reuniao_das_comissoes_permanentes_17-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4001/ata_eletronica_da_6a_reuniao_das_comissoes_permanentes_24-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4001/ata_eletronica_da_6a_reuniao_das_comissoes_permanentes_24-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4002/ata_eletronica_da_7a_reuniao_das_comissoes_permanentes_28-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4002/ata_eletronica_da_7a_reuniao_das_comissoes_permanentes_28-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4003/ata_eletronica_da_8a_reuniao_das_comissoes_permanentes_10-03-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4003/ata_eletronica_da_8a_reuniao_das_comissoes_permanentes_10-03-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 8ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4004/ata_eletronica_da_9a_reuniao_das_comissoes_permanentes_17-03-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4004/ata_eletronica_da_9a_reuniao_das_comissoes_permanentes_17-03-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 9ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4177/ata_eletronica_da_10a_reuniao_das_comissoes_permanentes_24-03-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4177/ata_eletronica_da_10a_reuniao_das_comissoes_permanentes_24-03-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 10ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4180/ata_eletronica_da_11a_reuniao_das_comissoes_permanentes_31-03-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4180/ata_eletronica_da_11a_reuniao_das_comissoes_permanentes_31-03-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 11ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4183/ata_eletronica_da_12a_reuniao_das_comissoes_permanentes_03-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4183/ata_eletronica_da_12a_reuniao_das_comissoes_permanentes_03-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 12ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4188/ata_eletronica_da_13a_reuniao_das_comissoes_permanentes_07-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4188/ata_eletronica_da_13a_reuniao_das_comissoes_permanentes_07-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 13ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4189/ata_eletronica_da_14a_reuniao_das_comissoes_permanentes_14-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4189/ata_eletronica_da_14a_reuniao_das_comissoes_permanentes_14-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 14ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4190/ata_eletronica_da_15a_reuniao_das_comissoes_permanentes_28-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4190/ata_eletronica_da_15a_reuniao_das_comissoes_permanentes_28-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 15ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4201/ata_eletronica_da_16a_reuniao_das_comissoes_permanentes_05-05-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4201/ata_eletronica_da_16a_reuniao_das_comissoes_permanentes_05-05-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 16ª Reunião das Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4230/ata_eletronica_da_17a_reuniao_das_comissoes_permanentes_12-05-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4230/ata_eletronica_da_17a_reuniao_das_comissoes_permanentes_12-05-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 17ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4261/ata_eletronica_da_18a_reuniao_das_comissoes_permanentes_19-05-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4261/ata_eletronica_da_18a_reuniao_das_comissoes_permanentes_19-05-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 18ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4284/ata_eletronica_da_19a_reuniao_das_comissoes_permanentes_26-05-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4284/ata_eletronica_da_19a_reuniao_das_comissoes_permanentes_26-05-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 19ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4302/ata_eletronica_da_20a_reuniao_das_comissoes_permanentes_02-06-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4302/ata_eletronica_da_20a_reuniao_das_comissoes_permanentes_02-06-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 20ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4352/ata_eletronica_da_21a_reuniao_das_comissoes_permanentes_16-06-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4352/ata_eletronica_da_21a_reuniao_das_comissoes_permanentes_16-06-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 21ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4366/ata_eletronica_da_22a_reuniao_das_comissoes_permanentes_23-06-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4366/ata_eletronica_da_22a_reuniao_das_comissoes_permanentes_23-06-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 22ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4387/ata_eletronica_da_23a_reuniao_das_comissoes_permanentes_30-06-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4387/ata_eletronica_da_23a_reuniao_das_comissoes_permanentes_30-06-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 23ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4418/ata_eletronica_da_24a_reuniao_das_comissoes_permanentes_04-08-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4418/ata_eletronica_da_24a_reuniao_das_comissoes_permanentes_04-08-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 24ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4440/ata_eletronica_da_25a_reuniao_das_comissoes_permanentes_11-08-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4440/ata_eletronica_da_25a_reuniao_das_comissoes_permanentes_11-08-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4484/ata_eletronica_da_26a_reuniao_das_comissoes_permanentes_18-08-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4484/ata_eletronica_da_26a_reuniao_das_comissoes_permanentes_18-08-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 26ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4505/ata_eletronica_da_27a_reuniao_das_comissoes_permanentes_25-08-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4505/ata_eletronica_da_27a_reuniao_das_comissoes_permanentes_25-08-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 27ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4525/ata_eletronica_da_28a_reuniao_das_comissoes_permanentes_01-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4525/ata_eletronica_da_28a_reuniao_das_comissoes_permanentes_01-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4548/ata_eletronica_da_29a_reuniao_das_comissoes_permanentes_08-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4548/ata_eletronica_da_29a_reuniao_das_comissoes_permanentes_08-09-25.pdf</t>
   </si>
   <si>
     <t>29ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Hiago Teles Alves, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4562/ata_eletronica_da_30a_reuniao_das_comissoes_permanentes_12-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4562/ata_eletronica_da_30a_reuniao_das_comissoes_permanentes_12-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 30ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4573/ata_eletronica_da_31a_reuniao_das_comissoes_permanentes_17-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4573/ata_eletronica_da_31a_reuniao_das_comissoes_permanentes_17-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 31ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/ata_eletronica_da_32a_reuniao_das_comissoes_permanentes_22-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/ata_eletronica_da_32a_reuniao_das_comissoes_permanentes_22-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 32ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elcio Mendes da Silva, Elton Melo Marques, Jaime Rodrigues Neto, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4620/ata_eletronica_da_33a_reuniao_das_comissoes_permanentes_29-09-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4620/ata_eletronica_da_33a_reuniao_das_comissoes_permanentes_29-09-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 33ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/ata_eletronica_da_34a_reuniao_das_comissoes_permanentes_06-10-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/ata_eletronica_da_34a_reuniao_das_comissoes_permanentes_06-10-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 34ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/ata_eletronica_da_35a_reuniao_das_comissoes_permanentes_13-10-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/ata_eletronica_da_35a_reuniao_das_comissoes_permanentes_13-10-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 35ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/ata_eletronica_da_36a_reuniao_das_comissoes_permanentes_20-10-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/ata_eletronica_da_36a_reuniao_das_comissoes_permanentes_20-10-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/ata_eletronica_da_37a_reuniao_das_comissoes_permanentes_03-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/ata_eletronica_da_37a_reuniao_das_comissoes_permanentes_03-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 37ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/ata_eletronica_da_38a_reuniao_das_comissoes_permanentes_10-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/ata_eletronica_da_38a_reuniao_das_comissoes_permanentes_10-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 38ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/ata_eletronica_da_39a_reuniao_das_comissoes_permanentes_17-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/ata_eletronica_da_39a_reuniao_das_comissoes_permanentes_17-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 39ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Florizan/Florizan Luiz Esteves, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4783/ata_eletronica_da_40a_reuniao_das_comissoes_permanentes_24-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4783/ata_eletronica_da_40a_reuniao_das_comissoes_permanentes_24-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 40ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/ata_eletronica_da_41a_reuniao_das_comissoes_permanentes_01-12-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/ata_eletronica_da_41a_reuniao_das_comissoes_permanentes_01-12-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 41ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4814/ata_eletronica_da_42a_reuniao_das_comissoes_permanentes_08-12-25.pdf</t>
+  </si>
+  <si>
     <t>Ata Eletrônica da 42ª Reunião Comissões Permanentes da 20ª Legislatura</t>
   </si>
   <si>
+    <t>4879</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4879/ata_eletronica_da_43a_reuniao_das_comissoes_permanentes_15-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 43ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4892</t>
+  </si>
+  <si>
+    <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Hiago Teles Alves, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4892/ata_eletronica_da_44a_reuniao_das_comissoes_permanentes_18-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 44ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>4893</t>
+  </si>
+  <si>
+    <t>Adilson Tavares Lopes, Allan Construtor/Allankley Lopes de Souza, Armando Alves Brito, Dr. Neto/Geralmino Alves Rodrigues Neto, Dr. Paulo Raye/Paulo Cesar Raye de Aguiar, Elton Melo Marques, Jaime Rodrigues Neto, Pebinha/Valdeí Leite Guimarães, Profª Maria Silvania Araújo Ramos, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4893/ata_eletronica_da_45a_reuniao_das_comissoes_permanentes_19-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 45ª Reunião Comissões Permanentes da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>4005</t>
   </si>
   <si>
     <t>ARCE</t>
   </si>
   <si>
     <t>Ata da Reunião das Comissões Especiais</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4005/ata_eletronica_da_1a_reuniao_das_comissoes_especiais_17-02-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4005/ata_eletronica_da_1a_reuniao_das_comissoes_especiais_17-02-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Reunião das Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4006/ata_eletronica_da_2a_reuniao_das_comissoes_especiais_10-03-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4006/ata_eletronica_da_2a_reuniao_das_comissoes_especiais_10-03-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da ia Reunião das Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4191/ata_eletronica_da_3a_reuniao_das_comissoes_especiais_28-04-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4191/ata_eletronica_da_3a_reuniao_das_comissoes_especiais_28-04-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Reunião das Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>Adilson Tavares Lopes, Armando Alves Brito, Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4283/ata_eletronica_da_4a_reuniao_das_comissoes_especiais_26-05-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4283/ata_eletronica_da_4a_reuniao_das_comissoes_especiais_26-05-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Reunião Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>Bianca Sousa de Freitas Almeida, Dr. Neto/Geralmino Alves Rodrigues Neto, Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/ata_eletronica_da_5a_reuniao_das_comissoes_especiais_10-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/ata_eletronica_da_5a_reuniao_das_comissoes_especiais_10-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Reunião Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/ata_eletronica_da_6a_reuniao_das_comissoes_especiais_17-11-25.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/ata_eletronica_da_6a_reuniao_das_comissoes_especiais_17-11-25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Reunião Comissões Especiais da 20ª Legislatura</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/ato_da_mesa_001_de_25_de_setembro_de_2025_nova_redacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/ato_da_mesa_001_de_25_de_setembro_de_2025_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Fixa a data para entrega de Título de Cidadania Barra-garcense, e dá outras providências.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/ato_da_mesa_02_-_entrega_de_medalhas_de_honra_e_titulo_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/ato_da_mesa_02_-_entrega_de_medalhas_de_honra_e_titulo_2025.pdf</t>
   </si>
   <si>
     <t>Fixa a data para entrega de Medalha de Honra ao Mérito Masculino "Wilmar Peres de Farias – Prefeito Emérito de Barra do Garças" e da Medalha de Honra ao Mérito Feminino "Maria Lourdes Hora Moraes – 1ª Vereadora de Barra do Garças", assim como a Entrega de Títulos de Cidadão Barra-garcense, e dá outras providências.</t>
   </si>
   <si>
+    <t>4873</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4873/ato_da_mesa_04_de_15_de_dezembro_de_2025_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Fixa a data para entrega da Comenda de Mérito Legislativo Municipal “Cel. Antônio Cristino Cortes” ao Senhor Júlio César Gonçalves Campos Filho.</t>
+  </si>
+  <si>
     <t>3692</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Decreto Executivo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3692/decreto_5.589_de_28_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3692/decreto_5.589_de_28_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação do Diretor Institucional da Agência Reguladora de Serviços Públicos Delegados do Município de Barra do Garças - AGER.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3759/decreto_executivo_5597_de_06_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3759/decreto_executivo_5597_de_06_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prorrogação da cessão da servidora municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3760/decreto_executivo_5598_de_06_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3760/decreto_executivo_5598_de_06_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prorrogação de cessão da servidora municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3828/decreto_executivo_5.602_de_17_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3828/decreto_executivo_5.602_de_17_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3899/decreto_5614_de_10_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3899/decreto_5614_de_10_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cessão do servidor municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3948/decreto_5616_de_10_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3948/decreto_5616_de_10_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3951/decreto_5619_de_17_de_marco_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3951/decreto_5619_de_17_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4102/decreto_5647_de_09_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4102/decreto_5647_de_09_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4103/decreto_5648_de_09_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4103/decreto_5648_de_09_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre retificação do Decreto nº 5.614, de 10/03/2025.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4110/decreto_5.651_de_14_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4110/decreto_5.651_de_14_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4159/decreto_5.659_de_24_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4159/decreto_5.659_de_24_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prorrogação de cessão do servidor municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4372/decreto_executivo_5690_de_25_de_junho_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4372/decreto_executivo_5690_de_25_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4589/decreto_5.693.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4589/decreto_5.693.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito suplementar no valor que menciona e dá outras providências</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4593/decreto_5.694.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4593/decreto_5.694.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações de fonte de recursos no valor que menciona e dá Outras providências</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4591/decreto_5.702.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4591/decreto_5.702.pdf</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4389/decreto_5709_de_30_de_julho_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4389/decreto_5709_de_30_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4590/decreto_5.710.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4590/decreto_5.710.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito suplementar no valor que menciona e dá outras providências</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/decreto_5717-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/decreto_5717-2025.pdf</t>
   </si>
   <si>
     <t>Abre credito adicional suplementar no valor que menciona e da outras providências</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>Dispõe sobre alterações de fonte de recursos no valor que menciona e dá outras providências</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4480/decreto_5725_de_21_de_agosto_de_2025_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4480/decreto_5725_de_21_de_agosto_de_2025_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação do Diretor de Ouvidoria da Agência Municipal de Regulação e Fiscalização - AGIRF.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4481/decreto_5726_de_21_de_agosto_de_2025_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4481/decreto_5726_de_21_de_agosto_de_2025_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação do Diretor Presidente da Agência Municipal de Regulação e Fiscalização - AGIRF.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4482/decreto_5727_de_21_de_agosto_de_2025_ocultado.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4482/decreto_5727_de_21_de_agosto_de_2025_ocultado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação do Diretor Técnico Operacional da Agência Municipal de Regulação e Fiscalização - AGIRF.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4597/decreto_5.734.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4597/decreto_5.734.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de emissão da Nota Fiscal de Serviço eletrônica de padrão nacional (NFS-e) pelos contribuintes estabelecidos no_x000D_
 Município de Barra do Garças/MT, fixa prazo de adesão, disciplina procedimentos de integração e dá outras providências</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4544/decreto_5735-2025_de_08_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4544/decreto_5735-2025_de_08_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Declara estado de emergência no Município de Barra do Garças em decorrência das queimadas no Parque Estadual da Serra Azul, e dá outras providências.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4596/decreto_5.737.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4596/decreto_5.737.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de membros para compor o Conselho Municipal de Esporte e Lazer - COMEL</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4595/decreto_5.740.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4595/decreto_5.740.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no valor que e da outras providências</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4594/decreto_5.743.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4594/decreto_5.743.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limitação de empenhos, movimentação financeira, contenção de despesas com pessoal e corte de gastos no âmbito da administração direta e indireta do Município de Barra do Garças/MT, e dá outras providências</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4592/decreto_5.745.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4592/decreto_5.745.pdf</t>
   </si>
   <si>
     <t>Regulamenta a flexibilização da carga horária e a compensação de horas para servidores públicos municipais efetivos que exerçam mandato eletivo no_x000D_
 âmbito da Prefeitura Municipal de Barra do Garças e dá outras providências</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/decreto_5.746.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/decreto_5.746.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do Decreto Municipal n°3.898, de 20 de Julho de 2017</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/decreto_5754_de_03_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/decreto_5754_de_03_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da cessão da servidora municipal ao órgão que menciona.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/decreto_5755-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/decreto_5755-2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar no valor que menciona e da outras providências</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/decreto_5760-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/decreto_5760-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação do Decreto n° 5.649, de 09 de abril de 2.025, pelos motivos que menciona</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/decreto_5761-2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/decreto_5761-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre declaração de ponto facultativo nas repartições públicas municipais o dia que menciona</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/decreto_5787_de_18_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/decreto_5787_de_18_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/decreto_5801_de_01_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/decreto_5801_de_01_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Decreto nº 5.561, de 2 de dezembro de 2024.</t>
   </si>
   <si>
+    <t>4889</t>
+  </si>
+  <si>
+    <t>PCAE</t>
+  </si>
+  <si>
+    <t>Parecer de Contas Anuais do Executivo</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas do Estado de Mato Grosso</t>
+  </si>
+  <si>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4889/parecer_previo_tce-mt_133-2025.pdf</t>
+  </si>
+  <si>
+    <t>Processo nº 185.030-0/2024 - Tribunal de Contas do Estado de Mato Grosso - Parecer Prévio nº 133/2025-PP - Contas Anuais de Governo, Exercício de 2024, do Poder Executivo Municipal.</t>
+  </si>
+  <si>
     <t>3835</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3835/veto_001-2025_de_21_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3835/veto_001-2025_de_21_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Comunicação de veto à emenda modificativa e supressiva nº 001, de 17 de fevereiro de 2025 ao Projeto de Lei Complementar nº 005, de 17 de fevereiro de 2025</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4060/veto_002_de_04_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4060/veto_002_de_04_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Comunicação de veto à Emenda Aditiva nº 1, de 31 de março de 2025, de autoria do Vereador Elton Melo Marques – PODEMOS, ao Projeto de Lei Complementar nº 16, de 28 de março de 2025.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4345/veto_003_de_27_de_maio_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4345/veto_003_de_27_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Comunicação de Veto à Emenda Aditiva nº 5, de 5 de maio de 2025, de autoria dos vereadores da Câmara Municipal de Barra do Garças, ao Projeto de Lei Complementar nº 23, de 23 de abril de 2025.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>RL</t>
   </si>
   <si>
     <t>Requerimento de Licença</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_de_licenca_001_de_02_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_de_licenca_001_de_02_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Paulo Cesar Raye de Aguiar requer licença de 31 de março de 2025 a 13 de abril de 2025 para tratamento de saúde.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4490/requerimento_de_licenca_-_valdei_leite_guimaraes_-_25_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4490/requerimento_de_licenca_-_valdei_leite_guimaraes_-_25_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Valdeí Leite Guimarães requer licença de 1º de setembro de 2025 a 30 de setembro de 2025 para cuidar de interesses particulares.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4588/requerimento_de_licenca_-_valdei_leite_guimaraes_-_22_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4588/requerimento_de_licenca_-_valdei_leite_guimaraes_-_22_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Valdeí Leite Guimarães requer prorrogação de licença de 1º de outubro de 2025 a 31 de outubro de 2025 para cuidar de interesses particulares.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Requerimento de Urgência</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_de_urgencia_-_pr_18_e_19_de_02_de_abril_de_2025.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_de_urgencia_-_pr_18_e_19_de_02_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de Urgência ao Projeto de Lei nº 18, de 2 de abril de 2025, e ao Projeto de Lei nº 19, de 2 de abril de 2025, ambos de autoria da Mesa Diretora da Câmara Municipal.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4113/requerimento_de_urgencia_ao_pl_025_de_14_de_abril_de_2025_legislativo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4113/requerimento_de_urgencia_ao_pl_025_de_14_de_abril_de_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>Requerimento de urgência ao Projeto de Lei nº 25, de 14 de abril de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12012,67 +12497,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_-_criacao_de_cargo-_hiago_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao-reforma_de_asfalto_hiago_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_criacao_de_quebra_molas_av._ana_lira_e_rua_21_hiago_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3704/indicaa_a_o_separaac2a7ac2a3o_do_lixo_28maria_silvania29_005_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao-_farmacia_basica_paulo_raye_e_outros_006_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao-_ana_lira_28paulo_raye29_007_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao-_avenida_brasil_28paulo_raye29_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao-_bairro_peixinho_28paulo_raye29_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao-_bairro_uniao_28paulo_raye29_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao-_buraco_ypes_28paulo_raye29_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao-_lombada_28paulo_raye29_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao-_nova_barra_28paulo_raye29_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_playgraunds_28paulo_raye29_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao-centro_28paulo_raye29_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_-_bebedouros_publicos_alex_16_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_-_desconto_iptu_alex_17_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_-_passagem_para_pacientes_de_cancer_alex_18_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_alagamento_rua_gaviao_dr._neto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_baile_da_terceira_idade_dr._neto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_faixa_de_pedestres_dr._neto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_limpeza_cachoeiras_dr._neto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_praca_vale_dos_sonhos_dr._neto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_-_quebra_molas_ze_gota_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_mutirao_de_limpeza_distritos_ze_gota_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao-_parque_infantil_ze_gota_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_tapa-buracos_ze_gota_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacaomutirao_de_limpeza_ze_gota_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_abrigo_animais_dr._neto_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_centro_ambulatorial_dr._neto_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_cronograma_mutirao_dr._neto_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_descarte_inserviveis_dr._neto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_va_dr._neto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_-_intercambio_alex_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_-_poste_sem_iluminacao_alex_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3747/indicacao_-_praca_da_juventude_alex_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3748/indicacao_-_quebra-mola_av._mato_grosso_alex_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3749/indicacao_-_quebra-mola_av._ministro_joao_alberto_alex_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_-_adilson_tavares_-_quebra-molas_e_sinalizacao_viaria_39_assinada.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_-_adilson_tavares_-_mutirao_de_limpeza_e_fiscalizacao_ambiental_40_assinada.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_041_-_hiago_teles_-_instalacao_de_cabine_no_ponto_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_042_-_hiago_teles_-_instalacao_de_faixa_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3779/indicacao_043_-_hiago_teles_-_instalacao_de_passarela_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3780/indicacao_044_-_hiago_teles_-_instalacao_de_quebra-molas_duque_de_caxias_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3781/indicacao_045_-_hiago_teles_-_instalacao_de_quebra-molas_presidente_vargas_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3782/indicacao_-_maria_silvania_-_playground_matriz_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3783/indicacao_047_-_hiago_teles_-_criacao_de_projeto_para_reducao_de_impostos_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3784/indicacao_048_-_hiago_teles_-_educacao_financeira_e_empreendedorismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3785/indicacao_049_-_hiago_teles_-_instalacao_de_postes_de_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3786/indicacao_050-_armando_brito_-_aparelhos_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3787/indicacao_051_-_armando_brito_-_tampa_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3788/indicacao_052_-_bianca_freitas_-_asfaltamento_ouro_fino_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3789/indicacao_053_-_dr._neto_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3790/indicacao_054_-_dr._neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3791/indicacao_055_-_dr._neto_-_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3794/indicacao_056_-_jaime_neto_-_tapar_buracos_cohab_ofc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3797/indicacao_057_-_paulo_raye_-_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3798/indicacao_058_-_paulo_raye_-_jardim_amazonia_ii.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3799/indicacao_059_-_paulo_raye_-_praca_jardim_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_060_-_paulo_raye_-_protecao_de_encosta.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_061_-_adilson_tavares_-_assentamento_passa_20_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_062_-_adilson_tavares_-_ploriferacao_de_mosquitos_assinada.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_063-_alex_matos_-_bueiro_vazando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_064_-_alex_matos_-_faixa_de_pedestres_av._salome_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_065_-_alex_matos_-_praca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3806/indicacao_066-_alex_matos_-_quebra-molas_jardim_mariano.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_067_-_alex_matos_-_recapeamento_r._cicero.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3808/indicacao_068-_armando_brito_-_compensacao_de_horas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3809/indicacao_069-_jaime_neto_-_alteracao_do_fluxo_rua_cuiaba_ofc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_070_-_elton_-_estacionamento_diagonal_av._amazonia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_071_-_elton_-_faixa_elevada_rua_alpes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_072_-_elton_-_fios_soltos_e_bambos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_073_-_elton_-_guarda_municipal_praca_da_matriz.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_074_-_elton_-_policia_na_porta_das_escolas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_075_-_elton_-_praca_jardim_araguaia_rainha_e_fatima_e_varjao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_076_-_elton_-_remocao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3829/indicacao_077_-_alex_matos_-_demarcacao_de_estacionamento_de_motocicletas_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3830/indicacao_078-_alex_matos_-_horario_para_limpeza_das_ruas_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3831/indicacao_079-_alex_matos_-_manutencao_asfaltica_av._gabriel_ferreira_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3832/indicacao_080-_alex_matos_-_pl_resolucao_de_conflitos_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3833/indicacao_081-_alex_matos_-_volei_nas_escolas_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3834/indicacao_082-_alex_matos_-_liberacao_de_entrada_carros_aguas_quentes_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3836/indicacao_083-_elton_-_limpeza_e_tapa-buraco_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3837/indicacao_084-_elton_-_placas_de_sinalizacao_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3838/indicacao_085-_elton_-_poda_de_galhos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3839/indicacao_086-_jaime_neto_-_construcao_de_ponte_ou_aduela_corrego_fundo_ofc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3840/indicacao_087-_jaime_neto_-_fechamento_de_acesso_e_rotatoria_ofc.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3841/indicacao_088_-_jaime_neto_-_mao_dupla_rua_xv_ofc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3842/indicacao_089_-_jaime_neto_-_tapa-buraco_rua_cuiaba_ofc.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3843/indicacao_090_-_ronair-_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_091-_adilson_tavares_-_quebra-molas_av._principal_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_092-_adilson_tavares_-_semaforo_av._salome_jose_assinada.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3867/indicacao_093-_dr._neto_-_ar_condicionado_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3868/indicacao_094-_jaime_neto_-_3_ambulancias_ofc.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_095-_jaime_neto_e_armando-_medida_de_seguranca_ufmt_ofc_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3870/indicacao_096-_jaime_neto_-_quebra-mola_rua_miralda_alves_ofc.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3871/indicacao_097-_maria_silvania_-_uti_neo_natal_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_098-_alex_matos_-_atendimento_pediatrico_24h.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_099-_alex_matos_-_demandas_bairro_recanto_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_100-_alex_matos_-_estatuto_da_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_101-_bianca_freitas_-_barra_luz_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_102-_dr._neto_-_ampliacao_de_estacionamento_ina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_103-_dr._neto_-_limpeza_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_104-_dr._neto_-_mutirao_de_limpeza_distritos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_105-_dr._neto_-_via_de_mao_unica_rua_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3890/indicacao_106-_hiago_teles_-_digitalizacao_dos_processos_administrativos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3891/indicacao_107-_hiago_teles_-_pavimentacao_asfaltica_loteamento_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3892/indicacao_108-_hiago_teles_-_pavimentacao_asfaltica_r._nossa_senhora.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3893/indicacao_109-_hiago_teles_-_quebra-mola_rua_borge.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3894/indicacao_110-_hiago_teles_-_semaforo_rua_mato_grosso_e_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3895/indicacao_111-_armando_brito_-_quebra-mola_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3896/indicacao_112-_armando_brito_-_recuperacao_asfaltica_rainha_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_113-_elton_-_quebra_molas_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_114-_elton_-_quebra_molas_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_115-_alex_matos_-_manutencao_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_116-_alex_matos_-_manutencao_semaforos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3929/indicacao_117-_alex_matos_-_quebra-molas_rua_xibiu.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_118-_alex_matos_-_recadastramento_sus.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_119-_elton-_construcao_de_uma_ponte_passo_vente.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3931/indicacao_120-_alex_matos_-_modificacao_pccs.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_121-_adilson_tavares_-_limpeza_urbana_sao_jose_assinada.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_122-_adilson_tavares_-_quebra-molas_rua_diamante_assinada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3933/indicacao_123-_dr._neto_-_limpeza_rua_mauricio_zampa.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3934/indicacao_124-_dr._neto_-_sinalizacao_coopema.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3935/indicacao_125-_hiago_teles_-_ambulancia_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_126-_hiago_teles_-_nome_oficial_das_ruas_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_127-_hiago_teles_-_quebra-molas_br_158_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_128-_hiago_teles_-_rocagem_do_mato_av._principal_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_129-_hiago_teles_-_semaforo_amaro_leite_e_xavante_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_130-_hiago_teles_-_sinal_telefonico_e_internet_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_131-_hiago_teles_-_transporte_escolar_rural_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3932/indicacao_132-_ze_gota_-_faixa_de_pedestre_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3960/indicacao_133_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3961/indicacao_134_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_135-_dr._neto_-_caps_i.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3953/indicacao_136-_alex_matos_-_placas_de_pare.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3954/indicacao_137-_alex_matos_-_rotas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3963/indicacao_138-_bianca_freitas_-_dnit_e_sec._infraestrutura_sinalizacao_-_assinatura.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3964/indicacao_139-_bianca_freitas_-_rua_travessa_voluntarios_da_patria_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_140-_elton-_quebra-molas_e_faixa_de_pedestre_creche_dom_geralda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3962/indicacao_141_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3974/indicacao_142-_ze_gota_-_quebra-molas_e_sinalizacao_gaspar_dutra_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_143-_alex_matos_-_cobertura_ponto_de_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_144-_alex_matos_-_curso_observacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_145-_dr._neto_-_acao_social.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3980/indicacao_146-_dr._neto_-_fila_zero.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3985/indicacao_147-_jaime_neto_-_abertura_de_estradas_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3987/indicacao_148-_jaime_neto_-_cesta_basica_mensal_ofc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3986/indicacao_149-_jaime_neto_-_fiscalizacao_estacionamento_ofc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3989/indicacao_150-_jaime_neto_-_fornecimento_de_remedios_e_medicos_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3990/indicacao_151-_jaime_neto_-_micro-onibus_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3988/indicacao_152-_jaime_neto_-_ponte_de_concreto_assentamento_passa_vinte_new.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_153-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida_2.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_154-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_155-_maria_silvania_-_atualizacao_dados_sus.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3984/indicacao_156-_maria_silvania_-_projeto_saudavel_mente.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4024/indicacao_157-_adilson_tavares_-_faixa_de_pedestres_rua_independencia_assinada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4023/indicacao_158-_alex_matos_-_bueiro_vazando_rua_pedro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4025/indicacao_159-_alex_matos_-_comissao_de_saude_e_espiritualidade.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4026/indicacao_160-_alex_matos_-_editais_grupos_esportivos_e_culturais.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4027/indicacao_161-_alex_matos_-_operacao_tapa_buraco_rua_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_162-_alex_matos_-_semaforo_cruzamento_garimpeiros_e_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4039/indicacao_163-_armando_brito_-_tapa-buracos_rua_42.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4040/indicacao_164-_armando_brito_-_tapa-buracos_rua_pedro_barbosa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_165-_elton_-_limpeza_rua_frei_damiao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_166-_elton_-_quebra_molas_grafica_gl.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_167-_elton_-_tapa_buraco_e_placa_de_pare_bnh.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_168-_elton_-_tapa-buraco_rua_24_ouro_fino.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4045/indicacao_169-_hiago_teles_-_banheiros_publicos_feira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4046/indicacao_170-_hiago_teles_-_caixas_de_som_ao_longo_da_feira.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4047/indicacao_171-_hiago_teles_-_campo_de_futebol_de_areia_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_172-_hiago_teles_-_contratacao_de_medico_pediatra_para_upa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4049/indicacao_173-_hiago_teles_-_sinalizacao_viaria_adequada_av._salome_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_174-_hiago_teles_-_tapa_buraco_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4019/indicacao_175-_maria_silvania_-_paisagismo_solar_ville.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4021/indicacao_176-_maria_silvania_-_reducao_orla_da_praca.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4041/indicacao_177-_ze_gota_-_ambulancia_toricueije.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4042/indicacao_178-_ze_gota_-_reparos_rua_w6.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_179-_hiago-_semana_da_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4084/indicacao_180-_alex_matos_-_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4085/indicacao_181-_alex_matos_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4088/indicacao_182-_alex_matos_-_feira.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4089/indicacao_183-_alex_matos_-_iluminacao_rua_domingos_mariano.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4090/indicacao_184-_alex_matos_-_licitacao_fretamento_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_185-_armando_brito_-_correcao_de_tabela_de_remuneracao_administracao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_186-_armando_brito_-_correcao_de_tabela_de_remuneracao_saude.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_187-_armando_brito_-_redutores_de_velocidade_avenida_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4078/indicacao_188-_armando_brito_-_redutores_de_velocidade_rua_egidio_sipriano_e_rua_31_de_marco.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_189-_bianca_freitas_-_calcada_ufmt_assinada.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_190-_bianca_freitas_-_multirao_de_limpeza_bairro_anchieta_e_bairro_mangueiras_assinada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4072/indicacao_191-_bianca_freitas_-_operacao_tapa_buraco_bairros_assinada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4071/indicacao_192-_bianca_freitas_-_remanejo_dos_semaforos_assinada.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4069/indicacao_193-_dr._neto_-_cameras_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_194-_elton_-_ponte_aldeia_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_195-_elton_-_tapa_buracos_rua_itapajos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4093/indicacao_196-_hiago_teles_-_parquinho_infatil_av_presidente_vargas_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4094/indicacao_197-_hiago_teles_-_pavimentacao_asfaltica_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4095/indicacao_198-_hiago_teles_-_pavimentacao_asfaltica_rua_serra_dourada.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_199-_hiago_teles_-_quebra-molas_rua_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4097/indicacao_200-_hiago_teles_-_sistema_de_ventilacao_ginasio_arnaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4067/indicacao_201-_jaime_-_revogacao_de_lei1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4068/indicacao_202-_jaime_-_falta_de_medicamento1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4122/indicacao_203-_adilson_tavares_-_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_204-_alex_matos_-_iluminacao_av._gabriel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_205-_alex_matos_-_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_206-_alex_matos_-_limpeza_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao_207-_alex_matos_-_manutencao_rua_tucunare_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4141/indicacao_208-_bianca_freitas_-_av._ezequiel_de_carvalho_assinada.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_209-_bianca_freitas_-_av._jose_dos_santos_assinada.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4131/indicacao_210-_bianca_freitas_-_lei_organica_assinada.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_211-_bianca_freitas_-_maio_laranja_assinada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_212-_bianca_freitas_-_regimento_interno_camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_213-_bianca_freitas_-_rua_tamburi_assinada.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_214-_bianca_freitas_-_ubs_anchieta_assinada.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4119/indicacao_215-_dr._neto_-_calcada_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4120/indicacao_216-_dr._neto_-_estacionamento_ina.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4124/indicacao_217-_elton_-_cadeiras_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4125/indicacao_218-_elton_-_limpeza_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_219-_elton_-_pavimentacaoa_asfaltica_avenida_sul.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4127/indicacao_220-_elton_-_tapa-buraco_dermat.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_221-_elton_-_tapa-buraco_rua_xxiii_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_222-_hiago_teles_-_pavimento_asfaltico_ruas_vicinais_escola_federico_toscani.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_223-_hiago_teles_-_quebra-molas_rua_sao_salvador.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_224-_jaime_neto_-_degraus_terminal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_225-_jaime_neto_-_melhorias_hospital_morbek.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_226-_maria_silvania_-_asfaltamento_avenida_oeste.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4132/indicacao_227-_maria_silvania_-_curso_de_odontologia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4133/indicacao_228-_maria_silvania_-_patrolamento_aldeia_sao_marcos.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4134/indicacao_229-_maria_silvania_-_reconstrucao_da_ponte_aldeia_sao_marcos.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_230-_armando_brito_-_limpeza_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_231-_armando_brito_-_limpeza_setor_araguaia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4169/indicacao_232-_alex_matos_-_circuito_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_233-_alex_matos_-_expansao_projetos_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_234-_alex_matos_-_folga_remunerada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4175/indicacao_235-_alex_matos_-_historia_local.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4176/indicacao_236-_alex_matos_-_manutencao_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4178/indicacao_237-_alex_matos_-_placas_educativas_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4181/indicacao_238-_alex_matos_-_roteiro_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4184/indicacao_239-_alex_matos_-_sinalizacao_bilingue_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_240-_armando_brito_-_terraplanagem_ou_reparos_rua_20.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_241-_bianca_freitas_-_iluminacao_rua_borge_assinada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_242-_bianca_freitas_-_muhna_assinada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4163/indicacao_243-_hiago_teles_-_quebra-molas_rua_egidio_sipriano.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4164/indicacao_244-_hiago_teles_-_sinalizacao_de_proibido_estacionar_rua_bororos.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4165/indicacao_245-_hiago_teles_-_tapa_buracos_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4166/indicacao_246-_hiago_teles_-_troca_de_lamapadas_rua_serra_dourada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4182/indicacao_247-_maria_silvania_-_quebra-molas_rua_jose_manoel.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4205/indicacao_248_-_alex_matos_-_pavimentacao_rua_piaui.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4206/indicacao_249_-_alex_matos_-_ponto_de_apoio_motoristas.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_250_-_hiago_teles_-_ampliacao_de_uso_passe_coletivo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_251_-_hiago_teles_-_asfalto_e_iluminacao_rua_turmalina.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_252_-_hiago_teles_-_boca_de_lobo_rua_travessa_a.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4210/indicacao_253_-_hiago_teles_-_pavimentacao_rua_dourados.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_254_-_hiago_teles_-_tapa-buracos_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4212/indicacao_255_-_jaime_neto_-_tapa_fossas_rua_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_256_-_ze_gota_-_calcada_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4246/indicacao_257-_bianca_freitas_-_rua_jardim_toledo_assinada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4247/indicacao_258-_bianca_freitas_-_seguranca_praca_da_matriz_assinada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_259-_dr._neto_-_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_260-_dr._neto_-_comida_de_buteco.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4242/indicacao_261-_elton_-_calcada_ubs.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_262-_elton_-_creche_brigida.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_263-_elton_-_tapa_buraco_rua_dom_cavalcante_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_264-_elton_-_tapa_buraco_rua_sao_lucas_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_265-_hiago_teles_-_isencao_iptu_pacientes_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4241/indicacao_266-_hiago_teles_-_tapa-buracos_rua_jurua.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4231/indicacao_267-_jaime_neto_-_correios_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4232/indicacao_268-_jaime_neto_-_escola_assentamento_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_269-_jaime_neto_-_limpeza_toledo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_270-_jaime_neto_-_pocos_artesianos_assentamento_passa_vinte1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao_271-_jaime_neto_-_praca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4236/indicacao_272-_jaime_neto_-_reforma_sede_assentamento_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_273-_jaime_neto_-_tapa_buraco_toledo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_274-_maria_silvania-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4268/indicacao_275_-armando_alves_-reposicionamento_de_placas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_276_-_hiago_teles_-_contratacao_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4264/indicacao_277_-_hiago_teles_-_instalacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_278_-_hiago_teles_-_operacao_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_279_-_hiago_teles_-_facilitar_o_trafego_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_280_-_ronair_de_jesus-_patrolamento_na_estrada_vicinal_mt-336_1.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_281-_adilson_tavares_-_necessidade__de_molhar_diariamente_a_viade_acesso_a_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4269/indicacao_282-_armando_alves_-_intalacao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4270/indicacao_283-_jaime_rodrigues-_sistema_de_monitoramento_remoto_das_geladeiras_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_284-_ronair_de_jesus_-_realizacao_de_limpeza_na_av_joao_costa_simoes.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4272/indicacao_285-_jaime_rodrigues_-_melhorias_na_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4271/indicacao_286_-jaime_rodrigues_-_capinacao_e_limpeza_do_canteiro_central.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_287_-ronair-_tapa_buraco_toricueije_1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4296/indicacao_288-_jaime_rodrigues_-_reforma_barracao_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4297/indicacao_289-_jaime_rodrigues_-_construcao_de_praca_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_290-_elton_-_limpeza_na_rua_fidalgo_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_291-_pebinha-_pintura_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_292-hiago_teles_-reforma_da_quadra_localizada_no_setor_palmares.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_293-bianca_sousa-__abertura_das_unidades_de_hemocentro_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4295/indicacao_294-jaime_rodrigues-_tapa_buracos_bairro_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_295-elton_melo-_rua_15_de_novembro_semaforo_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4320/indicacao_296-_bianca__-_definicao_previa_das_vias_de_acesso_ao_local_do_evento_e_liberacao_de_ao_menos_uma_rua_se_acesso_ao_comercio_local.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4306/indicacao_297__-_adilson-_patrolamento_e_reparos_nas_pontes_da_estrada_que_liga_barra_do_garcas_a_aldeia_nossa_senhora_auxiliadora.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4309/indicacao_298-_florizan_-_pavimentacai_asfaltica_na_rua_loteamento_solar_ville.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4310/indicacao_299_-_florizan-__quebra_molas_rua_dos_araes.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_300_-_florizan_-_patrolamento_da_estradaque_da_acesso_a_cachoeira_cristal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4307/indicacao_301-hiago_-_tapa_buracos_na_rua_e.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4308/indicacao_302_-_hiago_-_tapa_buracos_na_rua_ccosme_damiao_setor_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_303_-_armando_-_remocao_do_mato_e_recuperacao_da_calcada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4305/indicacao_304_-_armando_-_placas_de_sinalizacao_na_rua_dr._jose_morbeck.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4321/indicacao_305-geralmino-_instalacao_de_um_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4322/indicacao_306-_geralmino-_arrecadacao_de_agasalho_e_cobertores.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4323/indicacao_307-_geralmino-_solicitacao_de_guarda_no_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4314/indicacao_308-_alex_matos_-_limpeza_av_peixinho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_309_-_alex_matos_-_lotes_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_310_-_alex_matos_-_retirar_um_entulho_em_frente_a_escola_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_311-_ronair-_rua_firmino_dos_santos_antiga_rua_42.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacao_312-_ronair-_tampa_em_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4334/indicacao_313-_alex_matos_-_manutencao_rua_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4335/indicacao_314_-_alex_matos_-_politica_municipal_apoio_pessoas_com_epilepsia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4336/indicacao_315-_alex_matos_-_molhar_rua_acesso_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4337/indicacao_316_-_alex_matos_-_tapa_buraco_cruzamento_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4330/indicacao_317_-_allankley-criacao_de_um_centro_ou_ambulatori0_de__feridas_cronicas_ass.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4333/indicacao_318-_armando_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4332/indicacao_319-geralmino-contratacao_de__hematologista.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_320-_alex_matos_-_casa_da_juventude_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4359/indicacao_321-_elton_melo-_avenida_presiidente_vargas_e_rua_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4354/indicacao_322_bianca_-_repintura_da_faixa_de_pedestre_assinada.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4358/indicacao_323-_maria_silvania-_cacamba_pra_entulho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4362/indicacao_324-adilson_-_limpeza_asfaltica_e_operacao_tapa-buracos_no_bairro_dermat.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_325-_alex_-quebra-mola_av._ministro_joao_alberto.docx_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_326-_maria_silvania_-materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_327.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_329-_maria_silvania_araujo-_escola_dom_jose_selva.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_330-_hiago_teles_-implantacao_de_quebra_molas_rua_francisco_lira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_331-_hiago_teles_-pavimentacao_asfaltica_da_rua_5.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_332-_hiago_teles_-_implantacao_de_quebra_molas_na_rua_basilio_dourado_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_333_-_alex_matos_-_ubs_anchieta.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_334-_alex_matos_-praca_da_ciencia.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_335-_elton-_caminhao_pipa_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4391/indicacao_336-_bianca-_sec._saude-_ubs_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4426/indicacao_337-_jaime-_andarilios.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4427/indicacao_338-_jaime-_limpeza_praca_sebastiao_alves_junior.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_339-_jaime-_quebra_molas_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_340-_dr._neto-_asfalto_101.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_341-_dr._neto-_pm_ronda.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_342-_dr._neto-_recapeamento_feira.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_343_-_alex_matos_-_asfalto_rua_202_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_344_-_alex_matos_-_rua_javari_1.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4445/indicacao_345_-_elton_-__estacionamento_rua_xavante_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4446/indicacao_346_-_elton_-__quebra_molas_indo_para_praia_do_bosque_2025__1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_347_-_dr._neto_-_praca_da_ciencia.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4447/indicacao_348_-_jaime_-_reforma_praca_bnh.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_349_-_pebinha-_cascalhamento_e_asfaltamento_da_rua_do_lazer.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_350-__valdeir_leite-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_351-_alex_matos_-_limpeza_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_352-_alex_-sinalizacao_escola_coracao_de_mae.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_353-_armando_alves_brito_-_limpeza_da_rua.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_354-_geralmino_alves_-_rotatorias_2_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_355_hiago_teles.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_356-_hiago_teles_-_conserto_tampa_do_boeiro.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_357-_hiago_teles_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_358-_hiago_teles_-_pavimentacao_asfatica_na_rua_amazonas_ii_setor_a.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_359-_hiago_teles_-_pavimentacao_asfatica_na_rua_laura_vicuna.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_360-_hiago_teles_-_pavimentacao_asfatica_rua_travessa_c.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_361-_hiago_teles_-_pintura_e_revitalizacao_dos_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_362-_hiago_teles_-_reforma_da_acadeia_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_363-_ronair_nunes_-_abertura_de_via_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_364-_ronair_nunes_-_nivelamentos_e_reparos__rua_g_1.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_365-_ronair_nunes_-_praca_da_pedra_1.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_366-_ronair_nunes_-realizacao_da_abertura_da_via_avenida_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_367-_adilson_tavares_-__a_travessa_c_sem_pavimentacao_do_bairro_vila_varjao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4508/indicacao_368-_adilson_tavares_-_solicitracao_de_cascalhamento_e_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_369-_geralmino_alves_-_asfaltamento_iate.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_370-_geralmino_alves_-_tdah.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_371-_jaime_rodrigues_-_avenida_brasilia.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_372-_jaime_rodrigues_-_rua_ao_lado_ginasio_arnaldo_martins.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_373-_jaime_rodrigues_-_tapa_buraco_limpeza_e_capinacao_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_374-_ze_gota_-_colocacao_de_quebra_-_molas.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_375-_ze_gota_-_distrito_de_indianopolis.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_376-_alessandro_matos_do_nascimento_-_placa_e_faixa_pare_alex_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4526/indicacao_377-_elton_melo_marques_-_agua_passa_vinte_2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_378-_adilson_tavares_-_solicitacao_rua_10.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_379-_elton_melo_marques_-rua_w8_wilma_peres.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4579/indicacao_380-_geralmino_alves_rodrigues_neto_-__nova_escola.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_381-_geralmino_alves_rodrigues_neto_-_redutor_velocidade.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_382-_jaime_rodrigues_neto_-__pavimentacao_rua_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_383-_jaime_rodrigues_neto_-_avenida_salome.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_384-_geralmino_alves_rodrigues_neto_-_tapa_buraco_02.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_385-_geralmino_alves_rodrigues_neto_-bairro_sena_marques_tapa_buraco_01.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4576/indicacao_386-_alex_matos-_sec_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_387-_armando_alves_brito_-_instalacao_de_cameras.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_388-_elcio_mendes_da_silva_-_embarque_e_desembarque_escola_cb_vanilson.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_389-_elcio_mendes_da_silva_-_sinalizacao_do_bairro_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_390-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_391-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_392-_armando_alves_brito_-_plano_de_cargos_carreira_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/assinada_indicacao_393-_bianca_sousa_de_freitas_almeida_-__energisa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4622/assinada_indicacao_394-_bianca_sousa_de_freitas_almeida_-_sec._saude-_whatsapp.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_395-_elton_melo_marques_-__abertura_e_reabertura_da_rua_24_09__2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_396-_elton_melo_marques_-__asfalto_zeca_ribeiro_24_09__2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/indicacao_397-_geralmino_alves_rodrigues_neto_-__equoterapia02.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_398-_hiago_teles_-__de_pavimentacao_asfaltica_na_rua_dos_cravos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_399-_hiago_teles_-_implementacao_de_postes.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_400-_hiago_teles_-_instalacao_de_bebedouros_de_agua_e_troca_das_lampadas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_401-_hiago_teles_-_pavimentacao_asfaltica_na_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_402-_hiago_teles_-_pavimentacao_asfaltica_rua_olavo_bilac.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_403-_hiago_teles_-_pavimentacao_asfaltica_rua_universitaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_404-_hiago_teles_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_405-_hiago_teles_-_reforma_de_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_406-_hiago_teles_tamp_-_buracos.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/indicacao_407-_armando_alves_brito_-_estudo_de_transito_002.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/ass_indicacao_408-_bianca_sousa_de_freitas_almeida_-_reparo_do_banheiro_psf_pitaluga.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_409-_geralmino_alves_rodrigues_neto_-_metanol.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_410-_hiago_teles_-_melhoria_de_atendimento_as_gestantes_e_puerperas_no_hospital_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_411-_ze_gota-_regulariza_barra_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_412-_armando_alves_brito_-_25-2025_1.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_413-_armando_alves_brito_-_26-2025_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_414-_jaime_rodrigues_neto_-_melhorias_travessa_rb158_e_av._jardim_araguaia_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_415-_jaime_rodrigues_neto_-_pavimentacao_asfaltica_jardim_nova_barra_1.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/indicacao_416_-_armando_alves_brito_-_27-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_417-_elton_melo_marques_-_quebra-molas__2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_418-_elton_melo_marques-_rua_w_8_wilma_peres_2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/indicacao_419-_geralmino_alves_rodrigues_neto_-_tvs_ubs.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/indicacao_420-_geralmino_alves_rodrigues_neto_-_vale_show.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_421-_geralmino_alves_rodrigues_neto_-_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_422-_geralmino_alves_rodrigues_neto_-_climatizacao_lab.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_423-_jaime_rodrigues_neto_-_cascalhamento_estrada_serra_do_roncador.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_291-_elcio_mendes_-_semafaro.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_425-_jaime_rodrigues_neto_-_reforma_praca_toricueije.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_426-_jaime_rodrigues_neto_-_mutirao_limpeza_toricueije.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/indicacao_427-_maria_silvania_araujo_ramos_-_centro_educacional_e_clinico_multidisciplinar.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_428-_geralmino_alves_rodrigues_neto_-__barrasaude.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_429-_maria_silvania_araujo_ramos_-_interprete_ou_tradutor_lingua_indigena.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_430-_jaime-_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_431-_adilson_tavares_-_redutor_de_velocidade_rua_alpes.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_432-_armando_alves_brito_-_tapa_buraco_av._brasil.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/indicacao_433-_bianca_sousa_de_freitas_almeida_-_sec._saude-_computador_da_sala_de_ultrassom_assinada.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_434-_hiago_teles_-_bairro_piracema.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_435-_hiago_teles_-_cras.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_436-_hiago_teles_-_de_implantacao_de_um_quebra_-_molas_av._pedro_f_deo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_437-_hiago_teles_-_pavimentacao_asfaltica_rua_das_esteves.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_438-_hiago_teles_-_pavimentacao_asfaltica_rua_santa_luzia_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_439-_jaime_rodrigues_neto_-_tapa_buracos_nova_barra_sul.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/indicacao_440-_hiago_teles_-_proto_socorro_e__upa.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/indicacao_441-_adilson_tavares_-_alterar_a_lei_complementar_no03_04_de_dezembro_de_1991-1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/indicacao_442-_adilson_tavares_-_projeto_de_resolucao_que_altere_o_estatuto_dos_servidores_do_poder_le.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/indicacao_443-_jaime_rodrigues_neto_-_limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/indicacao_444-_alex_matos-parquinho_sao_benedito_1_1.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_445-_hiago_teles_-_solicitacao_a_instalacao_de_um_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_446-_maria_silvania-_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_447-_ronair_-quebra_molas_-_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_448-_adilson-_criacao_do_instituto_municipal_de_memoria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_449_-_alex_-_inclusao_da_pessoa_com_epilepsia_3.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/indicacao_450_-_alex_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_451-_maria_silvania-_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_452-_maria_silvania-_sinalizacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_453_-_elton-__rua_coronel_elias_galvao.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_001-2025_i_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3765/moa_a_o_002_-_maria_silvania_-_selo_de_ouro_na_educaa_a_o.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3766/moa_a_o_003-_maria_silvania_-_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3767/mocao_004-_hiago_teles_-_participantes_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3768/mocao_005-_hiago_teles_-_palestrantes_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3769/mocao_006-_hiago_teles_-_membros_da_comissao_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3776/mocao_007-_bianca_freitas_-_ronny_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3795/mocao_008-_alex_matos_-_membros_rotaract_club.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3796/mocao_009-_alex_matos_-_nenem_da_ueva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3864/mocao_010-_paulo_raye_-_colaboradores_clean_master...pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3881/mocao_011-_valdei_leite_-_uniao_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3882/mocao_012_-_bianca_freitas_-_dr._pablo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_013-_bianca_freitas_-_dr._adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_014-_bianca_freitas_-_dr._nelder_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_015-_bianca_freitas_-_dr._wilyney_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_016-_ze_gota_-_pmgo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3955/mocao_017-_alex_matos_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3956/mocao_018-_alex_matos_-_joyce_laura.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_019-_alex_matos_-_monges.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3967/mocao_de_pesar_020-_alex_-_wagner_ferraz_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3993/mocao_021-_alex_matos_-_campeonato_volei.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_022-_alex_matos_-_etnoturismo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3977/mocao_023-_bianca_freitas_-_dr._joaquim_leitao_ass..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3978/document.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4079/mocao__ass_025-_paulo_raye_-_dr._pablo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4081/mocao_ass_026-_paulo_raye_-_dr._adrino.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4020/mocao_027-_alex_matos_-_prf.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4022/mocao_028-_alex_matos_-_selene.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4034/mocao_029-_allan_construtor_-_dona_divina_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4035/mocao_030-_allan_construtor_-_raimundo_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4036/mocao_031-_allan_construtor_-_rivagno_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4037/mocao_032-_allan_construtor_-_ten_cel_pm_naildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4044/mocao_033-_pebinha_-_dr_petterson.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4043/mocao_034-_ze_gota_-_helena.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4091/mocao_035-_alex_matos_-_idealizadores_e_parceiros_do_projeto.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4092/mocao_036-_alex_matos_-_projeto_proverbios_22.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_037-_allan_construtor_-_fernando_rezende_carezolli_ass.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_038-_allan_construtor_-_salete_terezinha_lauermann_ass.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4083/mocao_039-_elton_-_delegada_luciana.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4098/mocao_040-_hiago_teles_-_academia_chute_kombat_e_eduardo_bruno_lima_de_assis.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4099/mocao_041-_hiago_teles_-_gabriel_perola.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4153/mocao_042-_alex_matos_-_projeto_feira_sustentare.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4154/mocao_043-_alex_matos_-_terreiro.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4121/mocao_044-_dr._neto_-_dra_pamela.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4151/mocao_045-_hiago_teles_-_banco_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4152/mocao_046-_hiago_teles_-_supermercado_mendonca.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4123/mocao_047-_paulo_raye_-_ubs_mangueiras_114.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_048-_ze_gota_-_cesar.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4185/mocao_049-_alex_matos_-_ager.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4186/mocao_050-_alex_matos_-_kleryo.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4187/mocao_051-_alex_matos_-_muhna_ufmt.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4168/mocao_052-_paulo_raye_-_ubs_palamares.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4172/mocao_053-_paulo_raye_-_ubs_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4204/mocao_054_-_maria_silvania_-_alfabetiza.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4225/mocao_de_pesar_055-_alex-wanilton.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4248/mocao_056_-paulo_raye-3_ubs.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4276/mocao_057-_ronair_de_jesus-_2o_sargento_mariuzam_e_altieres.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4294/mocao_058_-_alex_matos_-agita_barra_1.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4292/mocao_059_-_hiago_teles_-_dia_mundial_do_hamburguer_solidario.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4287/mocao_060-_elton_melo_-_josiane_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4288/mocao_061-_elton_melo_-_maria_piedade.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4298/mocao_062-_jaime-_etec.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4299/mocao_de_pesar_063-_alex_-__justino.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4301/mocao_064-_pebinha-_diretoria_pronto_socorro1.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4327/mocao_de_pesar_065-_alex_-lider_xavante_edmundo_1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4338/mocao_066-_alex_matos_-_ze_bingo.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4339/mocao__067-_alex_matos_-_gazin.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4344/mocao_068-_jaime-_etec1.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4361/mocao_069-_dr.neto_-_aviacao.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4381/mocao_070-elton-_lucas_martins.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4374/mocao_071_-alex_matos_-_grafica_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4375/mocao_072_-alex_matos_-_sandro_da_saude_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4376/mocao_073_-_alex_matos_-_wendell_mirante_do_cristo_1.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4373/mocao_074_-_alex_matos_-wilyney_santana_1.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4371/mocao_075_-_alex_matos_-_maria_izaurina_1.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4378/mocao_076-_valdei_leite_-_alunos_cathedral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4369/mocao_077-_maria_silvania_-_alfabetiza-__gestores_diretores_e_coordenadores.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4370/mocao_078-maria_silvania_-_alfabetiza_-_professores.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4385/mocao_079-_pebinha-_diretoria_do_hopital_2.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4398/mocao_080-_elton_-_alene.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4399/mocao_081-_elton-adriana_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4414/mocao_082-_elton_-auriane_pacheco.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4400/mocao_083-elton-mirian.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4401/mocao_084-_elton-michelle.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4402/mocao_085_-elton_-_maria_aparecida_pereira.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4403/mocao_086-_elton_-_ana_claudia.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4404/mocao_087_-_elton_-fernanda_cunha.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4405/mocao_088_-_elton_-francineide.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4394/mocao_089_-_alex_matos_-_feira_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4392/mocao_de_pesar_090-_alex_matos-__julia_eva.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4406/mocao_091_-_alex_matos_-_giga_1.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4393/mocao_092-_alex_matos_-_financas.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4407/mocao_093-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4420/mocao_094-_elton-_thatilla_1.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4421/mocao_095-_elton-maria_aparecida_pereira_do_couto_fernandes_1.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4422/mocao_096-_elton-narjara_ramos__1.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4423/mocao_097-_elton-silvany_1.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4424/mocao_098-_elton-sonia_1.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4425/mocao_099-_elton-wilma_1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4448/mocao_100_-_maria_silvania_-_agente_mobilizador_dp_cref17mt.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4449/mocao_101_-_maria_silvania-_equipe_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4450/mocao_102_-_maria_silvania-_comissao_organizadora_municipal_-_jogos_municipais_barra_do_garcas.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4455/mocao_103_-_alex_matos_-_esquadrilha_de_fumaca_1.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4443/mocao_104-_pebinha-_professores_cathedral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4463/mocao_106-_elton_melo_-__paulo_sousa_silva_cras1.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4464/mocao_107-_elton_melo_-_simone_aparecida_pedro_martins_cras1.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4465/mocao_108-_elton_melo-_ana_paula_pereira_brito_cras1.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4466/mocao_109-_adilson-_alexandre_augusto_scarello.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4468/mocao_110-_adilson-_camilo_savio_tavares_lopes1.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4469/mocao_111-_adilson-_carla_sales_rodrigues_simoes.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4470/mocao_112-_adilson-carolina_wisintainer.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4471/mocao_113-_adilson-felipe_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4472/mocao_114-_adilson-itallo_d_paula_matos_machado.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4475/mocao_de_apoio_115-_ze_gota_-_pdl_3-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4504/mocao_116-_allan-_igreja_nossa_senhora_da_guia_ass.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4517/mocao_117-_ze_gota_-_professores_e_professoras.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4528/mocao_118-_alex_matos_-_coordenador_do_cras_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4527/mocao_119-_valdei_leite_-_elio_silva.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4532/mocao_120-_alex_matos_-_dr_carlos_ferrari_1.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4533/mocao_121-_alex-__iga_inst_gastronomia.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4539/mocao_122-_ze_gota-_professores.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4559/mocao_123-_maia_silvania-_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4568/mocao_124-_alessandro_matos_do_nascimento_-_servidoras_1.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4567/mocao_125-_alessandro_matos_do_nascimento_-_capoeira_1.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4569/mocao_126-_alessandro_matos_do_nascimento_-_ganha_tempo_1.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4575/mocao_127-_ronair_de_jesus_nunes_-pm_ronair_2.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4577/mocao_128-_alessandro_matos_do_nascimento_-_ballet_1.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4578/mocao_129-_ronair-_cerii.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/mocao_130-_maria_silvania_araujo_ramos_-_selecao_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/mocao_131-_alex_matos_-_mayke_cinegrafista_3_1_1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/mocao_132-_alex_matos_-allan_kardec_1.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/mocao_133-_adilson_tavares_lopes_-_2o_sargento_pm_fernandes_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/mocao_134-_alex_matos_-_ganha_tempo_1.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/mocao_135-_alex_matos_-_josemar_antonio_limberguer_1.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/mocao_136-_alex_matos_-cavalgada_bruto_memo_1.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/mocao_137-_alex_matos_-micos_brown-_midias_sociais_1.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/mocao_138-_maria_silvania-_salve_o_rio_araguaia.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/mocao_139-_paulo_cesar_raye_de_aguiar_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/mocao_140-_maria_silvania_araujo_ramos-_handebol_masculino_do_ifmt.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/mocao_141-_ronair-_37o_festa_e_novena_-_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/mocao_142-_gabriel_pereira_lopes_-_professor_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/mocao_143-_maria_silvania_araujo_ramos_-__medico_gabriel.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/mocao_144-_alex_matos_-_jessika_pre-cop_1.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/mocao_145-_alex_matos_-_membros_da_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/mocao_146-_alex_matos_-_viajantes_da_estrada_ste_e_joao_1.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/mocao_147-_alex_matos_-cavalgada_bruto_memo_contribuintes_2.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/mocao_148-_maria_silvania_-_copa_america_de_handebol_master.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/mocao_149-_paulo_cesar_raye_de_aguiar_-_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/mocao_150-_paulo_cesar_raye_de_aguiar_-_comboproducoes.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/mocao_151-_gabriel_pereira_lopes_-_circuito_de_pagode.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/mocao_152-_gabriel_-_pms_1.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/mocao_153-_jaime_rodrigues_neto_-_dr._frederico_medeiros.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/mocao_154-_jaime_rodrigues_neto_-_dra._vilka_nobre.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/mocao_155-_maria_silvania_araujo_ramos_-_atletas_e_treinador_da_equeipe_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/mocao_156-_paulo_cesar_raye_de_aguiar_-_assistente_social14.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4751/mocao_157-_alex_matos_-_agapy_santos_-_basquete_1.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/mocao_158-_alex_matos_-_luciano_aquino_de_faria_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/mocao_159-_alex_matos_-_zenilda_teodoro_abars_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/mocao_160-_allan-_policiais_militares_ass.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/moa_a_o_161-_paulo_raye_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/mocao_de_repudio_162-_maria_silvania_-_janaina_riva.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/mocao_163-_ronair-_policiais.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/mocao_164-_ronair-_paula_roberta_-_ganha_tempo.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/mocao_-_alex_matos_-rhillary_clarice_miss_mato_grosso_pre-teen_1.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/mocao_166-_maria_silvania_araujo_ramos_-_ufmt.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/mocao_167-_maria_silvania_araujo_ramos_-_vitor_ferreira.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/mocao_168-_alex_matos_-_associacao_coral_cantarte_1_1.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/mocao_169-_alex_matos_-thiago_cabral_1_1.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/mocao_170-_alex_matos_-_vereadores-aragarcas_1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/mocao_171-__unifatecie.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/moa_a_o_172-_paulo_cesar_raye_de_aguiar_-_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/mocao_173-_alex_matos_-argene_3.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/mocao_174-ronair-_quanta_lameira_05.12.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/mocao_175-_ronair-_policiais_e_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/mocao_176-_dr._neto-_quantalameira.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/mocao_178-_maria_silvania-_ufmt.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/mocao_179-_maria_silvania-_programa_mais_mt_muxirum.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/mocao_180-_alex_matos_-pesar_-_abigahil.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/mocao_181-_elton-__josias_dezembro.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/mocao_182-_maria_silvania-_escola_estadual_heronides_araujo.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_vagas_creches_dr._neto_001.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3730/requerimento_convocacao_do_diretor_da_coopervale_ronair_002.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_003-_allan_construtor_-_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_004_-_armando_brito_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_005_-_armando_brito_-_titulos_de_propriedade.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_006-_elton_-_limpeza_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_007-_elton_-_pavimentacao_rua_diacui.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_008_-_elton_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_009-_alex_matos_-_fiscalizacao_de_transporte_por_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_010-_allan_construtor_-_guarda_municipal_ass.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_011-_elton_-_remocao_faixa_amarela.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3959/requerimento_012-_elton_-_clean_master.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_013-alex_matos-_aula_virtual_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_014-2025__autoria-_comissao_obras_publicas_transporte_e_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4076/requerimento_015-_bianca_freitas_-_calendario_escolar_assinada.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4104/requerimento_016-comissao_de_obras-_camara_julgadora_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4228/requerimento_17-2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4317/requerimento_018-__alessandro-_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4318/requerimento_019-_alessandro_-_atendimento_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4319/requerimento_020-_alessandro_-_manutencao_estrada_de_acesso_a_serra_do_roncador.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4340/requerimento_021-convocacao_da_sivirino_e_eliciomar-_fundeb_alex_matos_1.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4360/requerimento_022-alex_-_requerimento_as__secretarias_1.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4363/requerimento_023-podemos_-_remedios_e_insumos_saude.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4355/requerimento_024-_bianca__-_empresa_solus_assinada.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4356/requerimento_025-bianca_-_acompanhamento_dos_recursos_publicos_assinada.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4357/requerimento_026-bianca-_conduta_da_empresa_amediclin_assinada.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4503/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4509/requerimento_028-_armando_alves.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4514/requerimento_029-_geralmino_alves_-_emprestimo.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_030-_alessandro_matos_do_nascimento_-_sec_educacao_alex_1.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4564/requerimento_031-_bianca_sousa_de_freitas_almeida_-_desenvolvimento_urbano_e_sustentavel_assinada.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4583/requerimento_032-_geralmino_alves_rodrigues_neto_-_saude.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/requerimento_033-2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/requerimento_034-2025.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/requerimento_035-_hiago_teles_-_patrulhamento.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/ass_requerimento_036-_bianca_sousa_de_freitas_almeida_-__sec._educacao_autista.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/ass_requerimento_037-_bianca_sousa_de_freitas_almeida_-_outubro_rosa_e_novembo_azul.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/ass_requerimento_038-_bianca_sousa_de_freitas_almeida_-_sec._assistencia_social_-_autistas.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/ass_requerimento_039-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_autistas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/ass_requerimento_040-_bianca_sousa_de_freitas_almeida_-_sec._saude_vacinacao_bronquiolite.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/requerimento_041-_paulo_raye-_mesa.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/requerimento_042-_alex_matos-_saude_2.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/requerimento_043-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_prestacao_de_contas_sobre_novembro_az_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/pelom_001_de_17_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4059/pelom_001_de_03_de_abril_de_2025_executivo_nova_redacao_16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4462/pelom_002-2025_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3793/plc_001_de_14_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3845/plc_002_de_18_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4008/plc_003_de_27_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4221/plc_004_de_09_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_001_de_15_de_janeiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3688/plc_002_de_21_de_janeiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3817/plc_003_de_10_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3818/plc_004_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3825/plc_005_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3849/plc_006_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3850/plc_007_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3851/plc_008_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3901/plc_009_de_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3902/plc_010_de_de_10_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3903/plc_011_de_de_10_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3969/plc_012_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4018/plc_exe_013_anonimizado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4010/plc_014_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4011/plc_015_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4014/plc_016_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4054/plc_017_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4056/plc_018_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4108/plc_019_de_11_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4109/plc_020_de_11_de_abril_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4115/plc_021_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4116/plc_022_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4156/plc_023_de_22_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4257/plc_024_de_19_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_complementar_no_025.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4347/plc_026_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4348/plc_027_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/plc_028_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/plc_029_de_17_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/plc_030_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3687/pl-001_de_17_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3686/pl_-002_de_17_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_003_de_30_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3695/pl_004_de_31_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3696/pl_005_de_31_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_006_de_10_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3792/pl_007_de_13_de_fevereito_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3844/pl_008_de_18_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3848/pl_009_de_24_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3861/pl_010_de_25_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3945/pl_012_de_11_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3946/pl_013_de_12_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_014_de_19_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_015_de_24_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3976/pl_016_de_24_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4017/pl_017_de_31_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4062/pl_018_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_019_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_020_de_09_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4101/pl_021_de_09_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4105/pl_022_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4106/pl_023_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4107/pl_024_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_025_de_14_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_026_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4192/pl_027_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_028_de_30_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4222/pl_029_de_07_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4223/pl_030_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4227/pl_031_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4251/pl_032_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4252/pl_033_de_15_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4277/pl_034_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4278/pl_035_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_036_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_037_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4324/pl_038_de_2_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4350/pl_039_de_17_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4353/pl_040_de_06_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_041_de_23_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_042_de_27_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4386/pl_043_de_30_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4412/pl_044_de_04_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4431/pl_045_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4432/pl_046_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4433/pl_047_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4434/pl_048_de_11_de_agosto_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4435/pl_049_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4457/pl_050_de_15_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4458/pl_051_de_15_de_agosto_de_2025_legislativo_nova_redacao_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_052_de_25_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4537/pl_053_de_02_de_setembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4572/pl_054_de_11_de_setembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/pl_055_de_01_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/pl_056_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/pl_057_de_03_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/pl_058_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/pl_059_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/pl_060_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/pl_061_de_06_de_outubro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/pl_062_de_15_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/pl_063_de_03_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/pl_064_de_03_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_leg_065-2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/pl_066_de_07_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_067_de_07_de_novembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/pl_068_de_07_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/pl_069_de_12_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/pl_070_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/pl_071_de_13_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/pl_072_de_12_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/pl_073_de_26_de_novembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/pl_074_de_28_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/pl_075_de_01_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_076_de_02_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_077_de_02_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_078_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/pl_079_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/pl_080_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/pl_081_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3689/pl__001_de_23_de_janeiro_de_2025.executivo.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3732/pl_002_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3733/pl_003_de_05_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3734/pl_004_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3735/pl_005_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3736/pl_006_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_007_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_008_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3819/pl_009_de_10_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_010_de_14_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_011_de_14_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_012_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_013_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_014_de_17_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_015_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3853/pl_016_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3854/pl_017_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3855/pl_018_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3856/pl_019_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3857/pl_020_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3858/pl_021_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3859/pl_022_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3873/pl_023_de_27_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3898/pl_024_de_10_de_marco_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3900/pl_025_de_10_de_marco_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_026_de_21_de_marco_de_2025_exeucutivo.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_027_de_24_de_marco_de_2025_exeucutivo.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3968/pl_028_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3973/pl_029_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4051/pl_030_de_02_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_031_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_032_de_04_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_033_de_14_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4117/pl_034_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4118/pl_035_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_036_de_25_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_037_de_25_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_038_de_28_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4162/pl_039_de_30_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4196/pl_040_de_05_de_maio_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_041_de_05_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4218/pl_042_de_09_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4219/pl_043_de_09_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_044_de_09_de_maio_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4226/pl_045_de_12_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4249/pl_046_de_16_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4250/pl_047_de_16_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4325/pl_048_de_06_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4326/pl_049_de_06_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4328/pl_050_de_10_de_junho_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4329/pl_051_de_10_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4342/pl_052_de_11_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4343/pl_053_de_12_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4346/pl_054_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4364/pl_055_de_23_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_056_de_30_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4388/pl_057_de_22_de_julho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4408/pl_058_de_04_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4429/pl_059_de_06_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4430/pl_060_de_08_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4437/pl_061_de_11_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4438/pl_062_de_11_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4441/pl_063_de_12_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4451/pl_064_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4452/pl_065_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4453/pl_066_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4461/pl_067_de_18_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_068_de_21_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_069_de_21_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4511/pl_070_de_27_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4522/pl_071_de_01_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4523/pl_072_de_01_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4531/pl_073_de_04_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4542/pl_074_de_08_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4543/pl_075_de_08_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4563/pl_076_de_12_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4584/pl_077_de_22_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4585/pl_078_de_22_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4586/pl_079_de_22_de_setembro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/pl_080_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/pl_081_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/pl_082_de_30_de_setembro_de_2025_executivo_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/pl_083_de_30_de_setembro_de_2025_executivo_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/pl_084_de_03_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/pl_085_de_13_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/pl_086_de_13_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/pl__087_de_15_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/pl_088_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/pl_089_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/pl_090_de_14_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_091_de_14_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/pl_092_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/pl_093_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/pl_094_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/pl_095_de_25_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/pl_096_de_05_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/pl_097_de_08_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3693/pr_001_de_30_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3846/pr_002_de_18_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3847/pr_003_de_18_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3862/pr_004_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3897/pr_005_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3947/pr_006_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3972/pr_007_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4007/pr_008_de_27_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4012/pr_009_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4013/pr_010_de_31_de_marco_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4029/pr_011_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4058/pr_012_de_03_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4155/pr_013_de_14_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4194/pr_014_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4195/pr_015_de_29_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4224/pr_016_de_12_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4253/pr_017_de_13_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4254/pr_018_de_13_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4255/pr_019_de_13_de_maio_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4256/pr_20_de_21_de_maio_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4300/pr_021_de_28_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4436/pr_022_de_05_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4459/pr_023_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4476/pr_24_de_18_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4486/pr_025_de_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4497/pr_026_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4510/pr_027_de_28_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4534/pr_028_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4535/pr_029_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4536/pr_030_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4538/pr_031_de_05_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4540/pr_032_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4541/pr_033_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4545/pr_034_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4546/pr_035_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4549/pr_036_de_09_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4550/pr_037_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4552/pr_039_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4553/pr_040_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4554/pr_041_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4555/pr_042_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4556/pr_043_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4557/pr_044_de_11_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4558/pr_045_de_11_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4560/pr_046_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4587/pr_047_de_22_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/pr_048_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/pr_049_de_10_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/pr_050_de_14_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/pr_051_de_01_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4009/emenda_aditiva_001_de_31_de_marco_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4015/emenda_aditiva_002_de_31_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4349/emenda_aditiva_003_de_16_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4365/emenda_aditiva_004_de_23_de_junho_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/emenda_aditiva_005_de_29_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/emenda_aditiva_006-_pl_061-2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_aditiva_007_de_03_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/emenda_aditiva_008_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/emenda_aditiva_009_de_17_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/emenda_aditiva_010_de_08_de_dezembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3691/emenda_modificativa-_001_de_27_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3944/emenda_modificativa_002_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3949/emenda_modificativa_003_de_17_de_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_modificativa_004_de_7_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_modificativa_005_de_5_de_maio_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_modificativa_006_de_5_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_modificativa_007_de_19_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4281/emenda_modificativa_008_de_23_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_modificativa_e_aditiva_001-2025_legislativo_nova_redacao_-_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3826/emenda_modificativa_e_supressiva_001_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3739/ata_da_1a_sessao_ordinaria_da_20a_legislatura_05-02-2025.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3758/ata_da_2a_sessao_ordinaria_da_20a_legislatura_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3827/ata_da_3a_sessao_ordinaria_da_20a_legislatura_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3860/ata_da_4a_sessao_ordinaria_da_20a_legislatura_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3920/ata_da_5a_sessao_ordinaria_da_20a_legislatura_10-03-2025.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3950/ata_da_6a_sessao_ordinaria_da_20a_legislatura_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3975/ata_da_7a_sessao_ordinaria_da_20a_legislatura_24-03-2025.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4052/ata_da_8a_sessao_ordinaria_da_20a_legislatura_31-03-2025.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4066/ata_da_9a_sessao_ordinaria_da_20a_legislatura_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4114/ata_da_10a_sessao_ordinaria_da_20a_legislatura_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4167/ata_da_11a_sessao_ordinaria_da_20a_legislatura_28-04-2025.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4200/ata_da_12a_sessao_ordinaria_da_20a_legislatura_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4229/ata_da_13a_sessao_ordinaria_da_20a_legislatura_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4260/ata_da_14a_sessao_ordinaria_da_20a_legislatura_19-05-2025.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4290/ata_da_15a_sessao_ordinaria_da_20a_legislatura_26-05-2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4303/ata_da_16a_sessao_ordinaria_da_20a_legislatura_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4331/ata_da_17a_sessao_ordinaria_da_20a_legislatura_09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4351/ata_da_18a_sessao_ordinaria_da_20a_legislatura_16-06-2025.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4367/ata_da_19a_sessao_ordinaria_da_20a_legislatura_23-06-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4390/ata_da_20a_sessao_ordinaria_da_20a_legislatura_30-06-2025.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4419/ata_da_21a_sessao_ordinaria_da_20a_legislatura_04-08-2025.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4439/ata_da_22a_sessao_ordinaria_da_20a_legislatura_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4485/ata_da_23a_sessao_ordinaria_da_20a_legislatura_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4506/ata_da_24a_sessao_ordinaria_da_20a_legislatura_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4524/ata_da_25a_sessao_ordinaria_da_20a_legislatura_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4547/ata_da_26a_sessao_ordinaria_da_20a_legislatura_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/ata_da_27a_sessao_ordinaria_da_20a_legislatura_22-09-2025.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/ata_da_28a_sessao_ordinaria_da_20a_legislatura_29-09-2025.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/ata_da_29a_sessao_ordinaria_da_20a_legislatura_06-10-2025.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/ata_da_30a_sessao_ordinaria_da_20a_legislatura_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/ata_da_31a_sessao_ordinaria_da_20a_legislatura_20-10-2025.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/ata_da_32a_sessao_ordinaria_da_20a_legislatura_03-11-2025.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/ata_da_33a_sessao_ordinaria_da_20a_legislatura_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/ata_da_34a_sessao_ordinaria_da_20a_legislatura_17-11-2025.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/ata_da_35a_sessao_ordinaria_da_20a_legislatura_24-11-2025.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/ata_da_36a_sessao_ordinaria_da_20a_legislatura_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3680/ata_eletronica_da_1a_sessao_extraordinaria_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3698/ata_eletronica_da_2a_sessao_extraordinaria_da_20a_legislatura_-_23-01-25.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3699/ata_eletronica_da_3a_sessao_extraordinaria_da_20a_legislatura_-_28-01-25.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3863/ata_eletronica_da_4a_sessao_extraordinaria_da_20a_legislatura_-_28-02-25.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4053/ata_eletronica_da_5a_sessao_extraordinaria_da_20a_legislatura_-_03-04-25.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4561/ata_eletronica_da_6a_sessao_extraordinaria_da_20a_legislatura_-_12-09-25.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4574/ata_eletronica_da_7a_sessao_extraordinaria_da_20a_legislatura_-_17-09-25.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3681/ata_eletronica_da_1a_sessao_solene_de_posse_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/ata_eletronica_da_2a_sessao_solene_da_20a_legislatura_-_25-09-25.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/ata_eletronica_da_3a_sessao_solene_da_20a_legislatura_-_15-10-25.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3679/ata_eletronica_da_1a_sessao_preparatoria_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3996/ata_eletronica_da_1a_reuniao_das_comissoes_permanentes_23-01-25.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3997/ata_eletronica_da_2a_reuniao_das_comissoes_permanentes_28-01-25.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3998/ata_eletronica_da_3a_reuniao_das_comissoes_permanentes_05-02-25.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3999/ata_eletronica_da_4a_reuniao_das_comissoes_permanentes_10-02-25.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4000/ata_eletronica_da_5a_reuniao_das_comissoes_permanentes_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4001/ata_eletronica_da_6a_reuniao_das_comissoes_permanentes_24-02-25.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4002/ata_eletronica_da_7a_reuniao_das_comissoes_permanentes_28-02-25.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4003/ata_eletronica_da_8a_reuniao_das_comissoes_permanentes_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4004/ata_eletronica_da_9a_reuniao_das_comissoes_permanentes_17-03-25.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4177/ata_eletronica_da_10a_reuniao_das_comissoes_permanentes_24-03-25.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4180/ata_eletronica_da_11a_reuniao_das_comissoes_permanentes_31-03-25.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4183/ata_eletronica_da_12a_reuniao_das_comissoes_permanentes_03-04-25.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4188/ata_eletronica_da_13a_reuniao_das_comissoes_permanentes_07-04-25.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4189/ata_eletronica_da_14a_reuniao_das_comissoes_permanentes_14-04-25.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4190/ata_eletronica_da_15a_reuniao_das_comissoes_permanentes_28-04-25.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4201/ata_eletronica_da_16a_reuniao_das_comissoes_permanentes_05-05-25.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4230/ata_eletronica_da_17a_reuniao_das_comissoes_permanentes_12-05-25.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4261/ata_eletronica_da_18a_reuniao_das_comissoes_permanentes_19-05-25.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4284/ata_eletronica_da_19a_reuniao_das_comissoes_permanentes_26-05-25.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4302/ata_eletronica_da_20a_reuniao_das_comissoes_permanentes_02-06-25.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4352/ata_eletronica_da_21a_reuniao_das_comissoes_permanentes_16-06-25.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4366/ata_eletronica_da_22a_reuniao_das_comissoes_permanentes_23-06-25.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4387/ata_eletronica_da_23a_reuniao_das_comissoes_permanentes_30-06-25.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4418/ata_eletronica_da_24a_reuniao_das_comissoes_permanentes_04-08-25.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4440/ata_eletronica_da_25a_reuniao_das_comissoes_permanentes_11-08-25.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4484/ata_eletronica_da_26a_reuniao_das_comissoes_permanentes_18-08-25.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4505/ata_eletronica_da_27a_reuniao_das_comissoes_permanentes_25-08-25.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4525/ata_eletronica_da_28a_reuniao_das_comissoes_permanentes_01-09-25.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4548/ata_eletronica_da_29a_reuniao_das_comissoes_permanentes_08-09-25.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4562/ata_eletronica_da_30a_reuniao_das_comissoes_permanentes_12-09-25.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4573/ata_eletronica_da_31a_reuniao_das_comissoes_permanentes_17-09-25.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/ata_eletronica_da_32a_reuniao_das_comissoes_permanentes_22-09-25.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4620/ata_eletronica_da_33a_reuniao_das_comissoes_permanentes_29-09-25.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/ata_eletronica_da_34a_reuniao_das_comissoes_permanentes_06-10-25.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/ata_eletronica_da_35a_reuniao_das_comissoes_permanentes_13-10-25.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/ata_eletronica_da_36a_reuniao_das_comissoes_permanentes_20-10-25.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/ata_eletronica_da_37a_reuniao_das_comissoes_permanentes_03-11-25.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/ata_eletronica_da_38a_reuniao_das_comissoes_permanentes_10-11-25.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/ata_eletronica_da_39a_reuniao_das_comissoes_permanentes_17-11-25.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4783/ata_eletronica_da_40a_reuniao_das_comissoes_permanentes_24-11-25.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/ata_eletronica_da_41a_reuniao_das_comissoes_permanentes_01-12-25.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4005/ata_eletronica_da_1a_reuniao_das_comissoes_especiais_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4006/ata_eletronica_da_2a_reuniao_das_comissoes_especiais_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4191/ata_eletronica_da_3a_reuniao_das_comissoes_especiais_28-04-25.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4283/ata_eletronica_da_4a_reuniao_das_comissoes_especiais_26-05-25.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/ata_eletronica_da_5a_reuniao_das_comissoes_especiais_10-11-25.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/ata_eletronica_da_6a_reuniao_das_comissoes_especiais_17-11-25.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/ato_da_mesa_001_de_25_de_setembro_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/ato_da_mesa_02_-_entrega_de_medalhas_de_honra_e_titulo_2025.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3692/decreto_5.589_de_28_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3759/decreto_executivo_5597_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3760/decreto_executivo_5598_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3828/decreto_executivo_5.602_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3899/decreto_5614_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3948/decreto_5616_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3951/decreto_5619_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4102/decreto_5647_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4103/decreto_5648_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4110/decreto_5.651_de_14_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4159/decreto_5.659_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4372/decreto_executivo_5690_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4589/decreto_5.693.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4593/decreto_5.694.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4591/decreto_5.702.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4389/decreto_5709_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4590/decreto_5.710.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/decreto_5717-2025.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4480/decreto_5725_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4481/decreto_5726_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4482/decreto_5727_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4597/decreto_5.734.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4544/decreto_5735-2025_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4596/decreto_5.737.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4595/decreto_5.740.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4594/decreto_5.743.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4592/decreto_5.745.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/decreto_5.746.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/decreto_5754_de_03_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/decreto_5755-2025.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/decreto_5760-2025.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/decreto_5761-2025.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/decreto_5787_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/decreto_5801_de_01_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3835/veto_001-2025_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4060/veto_002_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4345/veto_003_de_27_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_de_licenca_001_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4490/requerimento_de_licenca_-_valdei_leite_guimaraes_-_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4588/requerimento_de_licenca_-_valdei_leite_guimaraes_-_22_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_de_urgencia_-_pr_18_e_19_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4113/requerimento_de_urgencia_ao_pl_025_de_14_de_abril_de_2025_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_-_criacao_de_cargo-_hiago_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao-reforma_de_asfalto_hiago_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_criacao_de_quebra_molas_av._ana_lira_e_rua_21_hiago_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3704/indicaa_a_o_separaac2a7ac2a3o_do_lixo_28maria_silvania29_005_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao-_farmacia_basica_paulo_raye_e_outros_006_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao-_ana_lira_28paulo_raye29_007_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao-_avenida_brasil_28paulo_raye29_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao-_bairro_peixinho_28paulo_raye29_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao-_bairro_uniao_28paulo_raye29_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao-_buraco_ypes_28paulo_raye29_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao-_lombada_28paulo_raye29_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao-_nova_barra_28paulo_raye29_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_playgraunds_28paulo_raye29_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao-centro_28paulo_raye29_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_-_bebedouros_publicos_alex_16_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_-_desconto_iptu_alex_17_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_-_passagem_para_pacientes_de_cancer_alex_18_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_alagamento_rua_gaviao_dr._neto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_baile_da_terceira_idade_dr._neto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_faixa_de_pedestres_dr._neto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_limpeza_cachoeiras_dr._neto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_praca_vale_dos_sonhos_dr._neto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_-_quebra_molas_ze_gota_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_mutirao_de_limpeza_distritos_ze_gota_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao-_parque_infantil_ze_gota_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_tapa-buracos_ze_gota_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacaomutirao_de_limpeza_ze_gota_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3740/indicacao_abrigo_animais_dr._neto_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3741/indicacao_centro_ambulatorial_dr._neto_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3742/indicacao_cronograma_mutirao_dr._neto_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3743/indicacao_descarte_inserviveis_dr._neto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3744/indicacao_va_dr._neto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3745/indicacao_-_intercambio_alex_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3746/indicacao_-_poste_sem_iluminacao_alex_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3747/indicacao_-_praca_da_juventude_alex_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3748/indicacao_-_quebra-mola_av._mato_grosso_alex_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3749/indicacao_-_quebra-mola_av._ministro_joao_alberto_alex_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3764/indicacao_-_adilson_tavares_-_quebra-molas_e_sinalizacao_viaria_39_assinada.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3775/indicacao_-_adilson_tavares_-_mutirao_de_limpeza_e_fiscalizacao_ambiental_40_assinada.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3777/indicacao_041_-_hiago_teles_-_instalacao_de_cabine_no_ponto_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3778/indicacao_042_-_hiago_teles_-_instalacao_de_faixa_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3779/indicacao_043_-_hiago_teles_-_instalacao_de_passarela_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3780/indicacao_044_-_hiago_teles_-_instalacao_de_quebra-molas_duque_de_caxias_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3781/indicacao_045_-_hiago_teles_-_instalacao_de_quebra-molas_presidente_vargas_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3782/indicacao_-_maria_silvania_-_playground_matriz_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3783/indicacao_047_-_hiago_teles_-_criacao_de_projeto_para_reducao_de_impostos_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3784/indicacao_048_-_hiago_teles_-_educacao_financeira_e_empreendedorismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3785/indicacao_049_-_hiago_teles_-_instalacao_de_postes_de_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3786/indicacao_050-_armando_brito_-_aparelhos_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3787/indicacao_051_-_armando_brito_-_tampa_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3788/indicacao_052_-_bianca_freitas_-_asfaltamento_ouro_fino_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3789/indicacao_053_-_dr._neto_-_asfaltamento.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3790/indicacao_054_-_dr._neto_-_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3791/indicacao_055_-_dr._neto_-_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3794/indicacao_056_-_jaime_neto_-_tapar_buracos_cohab_ofc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3797/indicacao_057_-_paulo_raye_-_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3798/indicacao_058_-_paulo_raye_-_jardim_amazonia_ii.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3799/indicacao_059_-_paulo_raye_-_praca_jardim_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_060_-_paulo_raye_-_protecao_de_encosta.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_061_-_adilson_tavares_-_assentamento_passa_20_assinada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_062_-_adilson_tavares_-_ploriferacao_de_mosquitos_assinada.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_063-_alex_matos_-_bueiro_vazando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_064_-_alex_matos_-_faixa_de_pedestres_av._salome_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_065_-_alex_matos_-_praca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3806/indicacao_066-_alex_matos_-_quebra-molas_jardim_mariano.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_067_-_alex_matos_-_recapeamento_r._cicero.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3808/indicacao_068-_armando_brito_-_compensacao_de_horas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3809/indicacao_069-_jaime_neto_-_alteracao_do_fluxo_rua_cuiaba_ofc.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3810/indicacao_070_-_elton_-_estacionamento_diagonal_av._amazonia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3811/indicacao_071_-_elton_-_faixa_elevada_rua_alpes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3812/indicacao_072_-_elton_-_fios_soltos_e_bambos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3813/indicacao_073_-_elton_-_guarda_municipal_praca_da_matriz.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3814/indicacao_074_-_elton_-_policia_na_porta_das_escolas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3815/indicacao_075_-_elton_-_praca_jardim_araguaia_rainha_e_fatima_e_varjao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3816/indicacao_076_-_elton_-_remocao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3829/indicacao_077_-_alex_matos_-_demarcacao_de_estacionamento_de_motocicletas_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3830/indicacao_078-_alex_matos_-_horario_para_limpeza_das_ruas_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3831/indicacao_079-_alex_matos_-_manutencao_asfaltica_av._gabriel_ferreira_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3832/indicacao_080-_alex_matos_-_pl_resolucao_de_conflitos_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3833/indicacao_081-_alex_matos_-_volei_nas_escolas_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3834/indicacao_082-_alex_matos_-_liberacao_de_entrada_carros_aguas_quentes_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3836/indicacao_083-_elton_-_limpeza_e_tapa-buraco_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3837/indicacao_084-_elton_-_placas_de_sinalizacao_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3838/indicacao_085-_elton_-_poda_de_galhos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3839/indicacao_086-_jaime_neto_-_construcao_de_ponte_ou_aduela_corrego_fundo_ofc.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3840/indicacao_087-_jaime_neto_-_fechamento_de_acesso_e_rotatoria_ofc.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3841/indicacao_088_-_jaime_neto_-_mao_dupla_rua_xv_ofc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3842/indicacao_089_-_jaime_neto_-_tapa-buraco_rua_cuiaba_ofc.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3843/indicacao_090_-_ronair-_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3865/indicacao_091-_adilson_tavares_-_quebra-molas_av._principal_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3866/indicacao_092-_adilson_tavares_-_semaforo_av._salome_jose_assinada.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3867/indicacao_093-_dr._neto_-_ar_condicionado_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3868/indicacao_094-_jaime_neto_-_3_ambulancias_ofc.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_095-_jaime_neto_e_armando-_medida_de_seguranca_ufmt_ofc_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3870/indicacao_096-_jaime_neto_-_quebra-mola_rua_miralda_alves_ofc.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3871/indicacao_097-_maria_silvania_-_uti_neo_natal_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_098-_alex_matos_-_atendimento_pediatrico_24h.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_099-_alex_matos_-_demandas_bairro_recanto_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_100-_alex_matos_-_estatuto_da_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_101-_bianca_freitas_-_barra_luz_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_102-_dr._neto_-_ampliacao_de_estacionamento_ina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_103-_dr._neto_-_limpeza_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_104-_dr._neto_-_mutirao_de_limpeza_distritos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_105-_dr._neto_-_via_de_mao_unica_rua_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3890/indicacao_106-_hiago_teles_-_digitalizacao_dos_processos_administrativos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3891/indicacao_107-_hiago_teles_-_pavimentacao_asfaltica_loteamento_cidade_universitaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3892/indicacao_108-_hiago_teles_-_pavimentacao_asfaltica_r._nossa_senhora.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3893/indicacao_109-_hiago_teles_-_quebra-mola_rua_borge.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3894/indicacao_110-_hiago_teles_-_semaforo_rua_mato_grosso_e_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3895/indicacao_111-_armando_brito_-_quebra-mola_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3896/indicacao_112-_armando_brito_-_recuperacao_asfaltica_rainha_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_113-_elton_-_quebra_molas_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_114-_elton_-_quebra_molas_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_115-_alex_matos_-_manutencao_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_116-_alex_matos_-_manutencao_semaforos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3929/indicacao_117-_alex_matos_-_quebra-molas_rua_xibiu.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_118-_alex_matos_-_recadastramento_sus.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3943/indicacao_119-_elton-_construcao_de_uma_ponte_passo_vente.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3931/indicacao_120-_alex_matos_-_modificacao_pccs.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_121-_adilson_tavares_-_limpeza_urbana_sao_jose_assinada.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_122-_adilson_tavares_-_quebra-molas_rua_diamante_assinada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3933/indicacao_123-_dr._neto_-_limpeza_rua_mauricio_zampa.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3934/indicacao_124-_dr._neto_-_sinalizacao_coopema.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3935/indicacao_125-_hiago_teles_-_ambulancia_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3936/indicacao_126-_hiago_teles_-_nome_oficial_das_ruas_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3937/indicacao_127-_hiago_teles_-_quebra-molas_br_158_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3938/indicacao_128-_hiago_teles_-_rocagem_do_mato_av._principal_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3939/indicacao_129-_hiago_teles_-_semaforo_amaro_leite_e_xavante_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3940/indicacao_130-_hiago_teles_-_sinal_telefonico_e_internet_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3941/indicacao_131-_hiago_teles_-_transporte_escolar_rural_indianopolis_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3932/indicacao_132-_ze_gota_-_faixa_de_pedestre_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3960/indicacao_133_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3961/indicacao_134_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_135-_dr._neto_-_caps_i.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3953/indicacao_136-_alex_matos_-_placas_de_pare.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3954/indicacao_137-_alex_matos_-_rotas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3963/indicacao_138-_bianca_freitas_-_dnit_e_sec._infraestrutura_sinalizacao_-_assinatura.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3964/indicacao_139-_bianca_freitas_-_rua_travessa_voluntarios_da_patria_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3958/indicacao_140-_elton-_quebra-molas_e_faixa_de_pedestre_creche_dom_geralda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3962/indicacao_141_asfaltica_-_projeto_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3974/indicacao_142-_ze_gota_-_quebra-molas_e_sinalizacao_gaspar_dutra_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_143-_alex_matos_-_cobertura_ponto_de_moto_taxi.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_144-_alex_matos_-_curso_observacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_145-_dr._neto_-_acao_social.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3980/indicacao_146-_dr._neto_-_fila_zero.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3985/indicacao_147-_jaime_neto_-_abertura_de_estradas_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3987/indicacao_148-_jaime_neto_-_cesta_basica_mensal_ofc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3986/indicacao_149-_jaime_neto_-_fiscalizacao_estacionamento_ofc.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3989/indicacao_150-_jaime_neto_-_fornecimento_de_remedios_e_medicos_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3990/indicacao_151-_jaime_neto_-_micro-onibus_assentamento_passa_vinte_ofc.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3988/indicacao_152-_jaime_neto_-_ponte_de_concreto_assentamento_passa_vinte_new.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_153-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida_2.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_154-_maria_silvania_-_asfalto_rua_nossa_senhora_aparecida.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_155-_maria_silvania_-_atualizacao_dados_sus.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3984/indicacao_156-_maria_silvania_-_projeto_saudavel_mente.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4024/indicacao_157-_adilson_tavares_-_faixa_de_pedestres_rua_independencia_assinada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4023/indicacao_158-_alex_matos_-_bueiro_vazando_rua_pedro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4025/indicacao_159-_alex_matos_-_comissao_de_saude_e_espiritualidade.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4026/indicacao_160-_alex_matos_-_editais_grupos_esportivos_e_culturais.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4027/indicacao_161-_alex_matos_-_operacao_tapa_buraco_rua_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4028/indicacao_162-_alex_matos_-_semaforo_cruzamento_garimpeiros_e_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4039/indicacao_163-_armando_brito_-_tapa-buracos_rua_42.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4040/indicacao_164-_armando_brito_-_tapa-buracos_rua_pedro_barbosa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4030/indicacao_165-_elton_-_limpeza_rua_frei_damiao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4031/indicacao_166-_elton_-_quebra_molas_grafica_gl.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_167-_elton_-_tapa_buraco_e_placa_de_pare_bnh.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4033/indicacao_168-_elton_-_tapa-buraco_rua_24_ouro_fino.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4045/indicacao_169-_hiago_teles_-_banheiros_publicos_feira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4046/indicacao_170-_hiago_teles_-_caixas_de_som_ao_longo_da_feira.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4047/indicacao_171-_hiago_teles_-_campo_de_futebol_de_areia_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_172-_hiago_teles_-_contratacao_de_medico_pediatra_para_upa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4049/indicacao_173-_hiago_teles_-_sinalizacao_viaria_adequada_av._salome_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_174-_hiago_teles_-_tapa_buraco_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4019/indicacao_175-_maria_silvania_-_paisagismo_solar_ville.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4021/indicacao_176-_maria_silvania_-_reducao_orla_da_praca.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4041/indicacao_177-_ze_gota_-_ambulancia_toricueije.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4042/indicacao_178-_ze_gota_-_reparos_rua_w6.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_179-_hiago-_semana_da_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4084/indicacao_180-_alex_matos_-_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4085/indicacao_181-_alex_matos_-_bosque.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4088/indicacao_182-_alex_matos_-_feira.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4089/indicacao_183-_alex_matos_-_iluminacao_rua_domingos_mariano.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4090/indicacao_184-_alex_matos_-_licitacao_fretamento_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_185-_armando_brito_-_correcao_de_tabela_de_remuneracao_administracao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_186-_armando_brito_-_correcao_de_tabela_de_remuneracao_saude.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_187-_armando_brito_-_redutores_de_velocidade_avenida_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4078/indicacao_188-_armando_brito_-_redutores_de_velocidade_rua_egidio_sipriano_e_rua_31_de_marco.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_189-_bianca_freitas_-_calcada_ufmt_assinada.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_190-_bianca_freitas_-_multirao_de_limpeza_bairro_anchieta_e_bairro_mangueiras_assinada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4072/indicacao_191-_bianca_freitas_-_operacao_tapa_buraco_bairros_assinada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4071/indicacao_192-_bianca_freitas_-_remanejo_dos_semaforos_assinada.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4069/indicacao_193-_dr._neto_-_cameras_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4080/indicacao_194-_elton_-_ponte_aldeia_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_195-_elton_-_tapa_buracos_rua_itapajos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4093/indicacao_196-_hiago_teles_-_parquinho_infatil_av_presidente_vargas_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4094/indicacao_197-_hiago_teles_-_pavimentacao_asfaltica_rua_primavera.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4095/indicacao_198-_hiago_teles_-_pavimentacao_asfaltica_rua_serra_dourada.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_199-_hiago_teles_-_quebra-molas_rua_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4097/indicacao_200-_hiago_teles_-_sistema_de_ventilacao_ginasio_arnaldo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4067/indicacao_201-_jaime_-_revogacao_de_lei1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4068/indicacao_202-_jaime_-_falta_de_medicamento1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4122/indicacao_203-_adilson_tavares_-_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4144/indicacao_204-_alex_matos_-_iluminacao_av._gabriel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_205-_alex_matos_-_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_206-_alex_matos_-_limpeza_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4150/indicacao_207-_alex_matos_-_manutencao_rua_tucunare_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4141/indicacao_208-_bianca_freitas_-_av._ezequiel_de_carvalho_assinada.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_209-_bianca_freitas_-_av._jose_dos_santos_assinada.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4131/indicacao_210-_bianca_freitas_-_lei_organica_assinada.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4135/indicacao_211-_bianca_freitas_-_maio_laranja_assinada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_212-_bianca_freitas_-_regimento_interno_camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_213-_bianca_freitas_-_rua_tamburi_assinada.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_214-_bianca_freitas_-_ubs_anchieta_assinada.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4119/indicacao_215-_dr._neto_-_calcada_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4120/indicacao_216-_dr._neto_-_estacionamento_ina.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4124/indicacao_217-_elton_-_cadeiras_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4125/indicacao_218-_elton_-_limpeza_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_219-_elton_-_pavimentacaoa_asfaltica_avenida_sul.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4127/indicacao_220-_elton_-_tapa-buraco_dermat.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_221-_elton_-_tapa-buraco_rua_xxiii_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_222-_hiago_teles_-_pavimento_asfaltico_ruas_vicinais_escola_federico_toscani.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4149/indicacao_223-_hiago_teles_-_quebra-molas_rua_sao_salvador.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4136/indicacao_224-_jaime_neto_-_degraus_terminal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_225-_jaime_neto_-_melhorias_hospital_morbek.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_226-_maria_silvania_-_asfaltamento_avenida_oeste.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4132/indicacao_227-_maria_silvania_-_curso_de_odontologia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4133/indicacao_228-_maria_silvania_-_patrolamento_aldeia_sao_marcos.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4134/indicacao_229-_maria_silvania_-_reconstrucao_da_ponte_aldeia_sao_marcos.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4142/indicacao_230-_armando_brito_-_limpeza_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4143/indicacao_231-_armando_brito_-_limpeza_setor_araguaia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4169/indicacao_232-_alex_matos_-_circuito_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4170/indicacao_233-_alex_matos_-_expansao_projetos_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4171/indicacao_234-_alex_matos_-_folga_remunerada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4175/indicacao_235-_alex_matos_-_historia_local.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4176/indicacao_236-_alex_matos_-_manutencao_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4178/indicacao_237-_alex_matos_-_placas_educativas_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4181/indicacao_238-_alex_matos_-_roteiro_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4184/indicacao_239-_alex_matos_-_sinalizacao_bilingue_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4179/indicacao_240-_armando_brito_-_terraplanagem_ou_reparos_rua_20.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4174/indicacao_241-_bianca_freitas_-_iluminacao_rua_borge_assinada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4173/indicacao_242-_bianca_freitas_-_muhna_assinada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4163/indicacao_243-_hiago_teles_-_quebra-molas_rua_egidio_sipriano.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4164/indicacao_244-_hiago_teles_-_sinalizacao_de_proibido_estacionar_rua_bororos.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4165/indicacao_245-_hiago_teles_-_tapa_buracos_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4166/indicacao_246-_hiago_teles_-_troca_de_lamapadas_rua_serra_dourada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4182/indicacao_247-_maria_silvania_-_quebra-molas_rua_jose_manoel.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4205/indicacao_248_-_alex_matos_-_pavimentacao_rua_piaui.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4206/indicacao_249_-_alex_matos_-_ponto_de_apoio_motoristas.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4207/indicacao_250_-_hiago_teles_-_ampliacao_de_uso_passe_coletivo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4208/indicacao_251_-_hiago_teles_-_asfalto_e_iluminacao_rua_turmalina.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4209/indicacao_252_-_hiago_teles_-_boca_de_lobo_rua_travessa_a.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4210/indicacao_253_-_hiago_teles_-_pavimentacao_rua_dourados.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4211/indicacao_254_-_hiago_teles_-_tapa-buracos_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4212/indicacao_255_-_jaime_neto_-_tapa_fossas_rua_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4203/indicacao_256_-_ze_gota_-_calcada_abel_lira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4246/indicacao_257-_bianca_freitas_-_rua_jardim_toledo_assinada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4247/indicacao_258-_bianca_freitas_-_seguranca_praca_da_matriz_assinada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4239/indicacao_259-_dr._neto_-_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4240/indicacao_260-_dr._neto_-_comida_de_buteco.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4242/indicacao_261-_elton_-_calcada_ubs.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4243/indicacao_262-_elton_-_creche_brigida.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4244/indicacao_263-_elton_-_tapa_buraco_rua_dom_cavalcante_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4245/indicacao_264-_elton_-_tapa_buraco_rua_sao_lucas_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4238/indicacao_265-_hiago_teles_-_isencao_iptu_pacientes_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4241/indicacao_266-_hiago_teles_-_tapa-buracos_rua_jurua.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4231/indicacao_267-_jaime_neto_-_correios_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4232/indicacao_268-_jaime_neto_-_escola_assentamento_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4233/indicacao_269-_jaime_neto_-_limpeza_toledo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4234/indicacao_270-_jaime_neto_-_pocos_artesianos_assentamento_passa_vinte1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4235/indicacao_271-_jaime_neto_-_praca_sebastiao_junior.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4236/indicacao_272-_jaime_neto_-_reforma_sede_assentamento_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4237/indicacao_273-_jaime_neto_-_tapa_buraco_toledo.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4267/indicacao_274-_maria_silvania-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4268/indicacao_275_-armando_alves_-reposicionamento_de_placas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4263/indicacao_276_-_hiago_teles_-_contratacao_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4264/indicacao_277_-_hiago_teles_-_instalacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4265/indicacao_278_-_hiago_teles_-_operacao_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4266/indicacao_279_-_hiago_teles_-_facilitar_o_trafego_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4274/indicacao_280_-_ronair_de_jesus-_patrolamento_na_estrada_vicinal_mt-336_1.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4262/indicacao_281-_adilson_tavares_-_necessidade__de_molhar_diariamente_a_viade_acesso_a_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4269/indicacao_282-_armando_alves_-_intalacao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4270/indicacao_283-_jaime_rodrigues-_sistema_de_monitoramento_remoto_das_geladeiras_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4275/indicacao_284-_ronair_de_jesus_-_realizacao_de_limpeza_na_av_joao_costa_simoes.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4272/indicacao_285-_jaime_rodrigues_-_melhorias_na_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4271/indicacao_286_-jaime_rodrigues_-_capinacao_e_limpeza_do_canteiro_central.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4273/indicacao_287_-ronair-_tapa_buraco_toricueije_1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4296/indicacao_288-_jaime_rodrigues_-_reforma_barracao_passa_vinte.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4297/indicacao_289-_jaime_rodrigues_-_construcao_de_praca_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4285/indicacao_290-_elton_-_limpeza_na_rua_fidalgo_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4289/indicacao_291-_pebinha-_pintura_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4291/indicacao_292-hiago_teles_-reforma_da_quadra_localizada_no_setor_palmares.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4293/indicacao_293-bianca_sousa-__abertura_das_unidades_de_hemocentro_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4295/indicacao_294-jaime_rodrigues-_tapa_buracos_bairro_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4286/indicacao_295-elton_melo-_rua_15_de_novembro_semaforo_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4320/indicacao_296-_bianca__-_definicao_previa_das_vias_de_acesso_ao_local_do_evento_e_liberacao_de_ao_menos_uma_rua_se_acesso_ao_comercio_local.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4306/indicacao_297__-_adilson-_patrolamento_e_reparos_nas_pontes_da_estrada_que_liga_barra_do_garcas_a_aldeia_nossa_senhora_auxiliadora.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4309/indicacao_298-_florizan_-_pavimentacai_asfaltica_na_rua_loteamento_solar_ville.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4310/indicacao_299_-_florizan-__quebra_molas_rua_dos_araes.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4311/indicacao_300_-_florizan_-_patrolamento_da_estradaque_da_acesso_a_cachoeira_cristal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4307/indicacao_301-hiago_-_tapa_buracos_na_rua_e.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4308/indicacao_302_-_hiago_-_tapa_buracos_na_rua_ccosme_damiao_setor_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4304/indicacao_303_-_armando_-_remocao_do_mato_e_recuperacao_da_calcada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4305/indicacao_304_-_armando_-_placas_de_sinalizacao_na_rua_dr._jose_morbeck.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4321/indicacao_305-geralmino-_instalacao_de_um_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4322/indicacao_306-_geralmino-_arrecadacao_de_agasalho_e_cobertores.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4323/indicacao_307-_geralmino-_solicitacao_de_guarda_no_porto_do_bae.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4314/indicacao_308-_alex_matos_-_limpeza_av_peixinho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4315/indicacao_309_-_alex_matos_-_lotes_jardim_dos_ipes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4316/indicacao_310_-_alex_matos_-_retirar_um_entulho_em_frente_a_escola_joao_bosco.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4312/indicacao_311-_ronair-_rua_firmino_dos_santos_antiga_rua_42.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4313/indicacao_312-_ronair-_tampa_em_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4334/indicacao_313-_alex_matos_-_manutencao_rua_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4335/indicacao_314_-_alex_matos_-_politica_municipal_apoio_pessoas_com_epilepsia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4336/indicacao_315-_alex_matos_-_molhar_rua_acesso_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4337/indicacao_316_-_alex_matos_-_tapa_buraco_cruzamento_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4330/indicacao_317_-_allankley-criacao_de_um_centro_ou_ambulatori0_de__feridas_cronicas_ass.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4333/indicacao_318-_armando_-_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4332/indicacao_319-geralmino-contratacao_de__hematologista.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4341/indicacao_320-_alex_matos_-_casa_da_juventude_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4359/indicacao_321-_elton_melo-_avenida_presiidente_vargas_e_rua_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4354/indicacao_322_bianca_-_repintura_da_faixa_de_pedestre_assinada.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4358/indicacao_323-_maria_silvania-_cacamba_pra_entulho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4362/indicacao_324-adilson_-_limpeza_asfaltica_e_operacao_tapa-buracos_no_bairro_dermat.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4377/indicacao_325-_alex_-quebra-mola_av._ministro_joao_alberto.docx_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4368/indicacao_326-_maria_silvania_-materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4379/indicacao_327.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_329-_maria_silvania_araujo-_escola_dom_jose_selva.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4409/indicacao_330-_hiago_teles_-implantacao_de_quebra_molas_rua_francisco_lira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_331-_hiago_teles_-pavimentacao_asfaltica_da_rua_5.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_332-_hiago_teles_-_implantacao_de_quebra_molas_na_rua_basilio_dourado_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_333_-_alex_matos_-_ubs_anchieta.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_334-_alex_matos_-praca_da_ciencia.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_335-_elton-_caminhao_pipa_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4391/indicacao_336-_bianca-_sec._saude-_ubs_anchieta_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4426/indicacao_337-_jaime-_andarilios.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4427/indicacao_338-_jaime-_limpeza_praca_sebastiao_alves_junior.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4428/indicacao_339-_jaime-_quebra_molas_bairro_toledo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_340-_dr._neto-_asfalto_101.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_341-_dr._neto-_pm_ronda.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_342-_dr._neto-_recapeamento_feira.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4456/indicacao_343_-_alex_matos_-_asfalto_rua_202_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4454/indicacao_344_-_alex_matos_-_rua_javari_1.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4445/indicacao_345_-_elton_-__estacionamento_rua_xavante_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4446/indicacao_346_-_elton_-__quebra_molas_indo_para_praia_do_bosque_2025__1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4444/indicacao_347_-_dr._neto_-_praca_da_ciencia.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4447/indicacao_348_-_jaime_-_reforma_praca_bnh.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4442/indicacao_349_-_pebinha-_cascalhamento_e_asfaltamento_da_rua_do_lazer.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4483/indicacao_350-__valdeir_leite-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_351-_alex_matos_-_limpeza_rua_liberdade.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_352-_alex_-sinalizacao_escola_coracao_de_mae.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_353-_armando_alves_brito_-_limpeza_da_rua.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4467/indicacao_354-_geralmino_alves_-_rotatorias_2_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_355_hiago_teles.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_356-_hiago_teles_-_conserto_tampa_do_boeiro.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_357-_hiago_teles_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_358-_hiago_teles_-_pavimentacao_asfatica_na_rua_amazonas_ii_setor_a.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_359-_hiago_teles_-_pavimentacao_asfatica_na_rua_laura_vicuna.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_360-_hiago_teles_-_pavimentacao_asfatica_rua_travessa_c.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_361-_hiago_teles_-_pintura_e_revitalizacao_dos_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_362-_hiago_teles_-_reforma_da_acadeia_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_363-_ronair_nunes_-_abertura_de_via_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_364-_ronair_nunes_-_nivelamentos_e_reparos__rua_g_1.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_365-_ronair_nunes_-_praca_da_pedra_1.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_366-_ronair_nunes_-realizacao_da_abertura_da_via_avenida_brasil_1.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4507/indicacao_367-_adilson_tavares_-__a_travessa_c_sem_pavimentacao_do_bairro_vila_varjao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4508/indicacao_368-_adilson_tavares_-_solicitracao_de_cascalhamento_e_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4512/indicacao_369-_geralmino_alves_-_asfaltamento_iate.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_370-_geralmino_alves_-_tdah.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_371-_jaime_rodrigues_-_avenida_brasilia.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_372-_jaime_rodrigues_-_rua_ao_lado_ginasio_arnaldo_martins.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_373-_jaime_rodrigues_-_tapa_buraco_limpeza_e_capinacao_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_374-_ze_gota_-_colocacao_de_quebra_-_molas.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_375-_ze_gota_-_distrito_de_indianopolis.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_376-_alessandro_matos_do_nascimento_-_placa_e_faixa_pare_alex_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4526/indicacao_377-_elton_melo_marques_-_agua_passa_vinte_2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_378-_adilson_tavares_-_solicitacao_rua_10.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_379-_elton_melo_marques_-rua_w8_wilma_peres.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4579/indicacao_380-_geralmino_alves_rodrigues_neto_-__nova_escola.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4580/indicacao_381-_geralmino_alves_rodrigues_neto_-_redutor_velocidade.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_382-_jaime_rodrigues_neto_-__pavimentacao_rua_praia_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_383-_jaime_rodrigues_neto_-_avenida_salome.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_384-_geralmino_alves_rodrigues_neto_-_tapa_buraco_02.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_385-_geralmino_alves_rodrigues_neto_-bairro_sena_marques_tapa_buraco_01.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4576/indicacao_386-_alex_matos-_sec_de_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_387-_armando_alves_brito_-_instalacao_de_cameras.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_388-_elcio_mendes_da_silva_-_embarque_e_desembarque_escola_cb_vanilson.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4608/indicacao_389-_elcio_mendes_da_silva_-_sinalizacao_do_bairro_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4615/indicacao_390-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_391-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_392-_armando_alves_brito_-_plano_de_cargos_carreira_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4621/assinada_indicacao_393-_bianca_sousa_de_freitas_almeida_-__energisa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4622/assinada_indicacao_394-_bianca_sousa_de_freitas_almeida_-_sec._saude-_whatsapp.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_395-_elton_melo_marques_-__abertura_e_reabertura_da_rua_24_09__2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_396-_elton_melo_marques_-__asfalto_zeca_ribeiro_24_09__2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4628/indicacao_397-_geralmino_alves_rodrigues_neto_-__equoterapia02.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_398-_hiago_teles_-__de_pavimentacao_asfaltica_na_rua_dos_cravos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_399-_hiago_teles_-_implementacao_de_postes.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_400-_hiago_teles_-_instalacao_de_bebedouros_de_agua_e_troca_das_lampadas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_401-_hiago_teles_-_pavimentacao_asfaltica_na_rua_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_402-_hiago_teles_-_pavimentacao_asfaltica_rua_olavo_bilac.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_403-_hiago_teles_-_pavimentacao_asfaltica_rua_universitaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_404-_hiago_teles_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_405-_hiago_teles_-_reforma_de_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_406-_hiago_teles_tamp_-_buracos.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4669/indicacao_407-_armando_alves_brito_-_estudo_de_transito_002.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4650/ass_indicacao_408-_bianca_sousa_de_freitas_almeida_-_reparo_do_banheiro_psf_pitaluga.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_409-_geralmino_alves_rodrigues_neto_-_metanol.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4672/indicacao_410-_hiago_teles_-_melhoria_de_atendimento_as_gestantes_e_puerperas_no_hospital_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_411-_ze_gota-_regulariza_barra_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_412-_armando_alves_brito_-_25-2025_1.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_413-_armando_alves_brito_-_26-2025_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_414-_jaime_rodrigues_neto_-_melhorias_travessa_rb158_e_av._jardim_araguaia_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_415-_jaime_rodrigues_neto_-_pavimentacao_asfaltica_jardim_nova_barra_1.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4700/indicacao_416_-_armando_alves_brito_-_27-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4698/indicacao_417-_elton_melo_marques_-_quebra-molas__2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_418-_elton_melo_marques-_rua_w_8_wilma_peres_2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4694/indicacao_419-_geralmino_alves_rodrigues_neto_-_tvs_ubs.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4695/indicacao_420-_geralmino_alves_rodrigues_neto_-_vale_show.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_421-_geralmino_alves_rodrigues_neto_-_zeca_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_422-_geralmino_alves_rodrigues_neto_-_climatizacao_lab.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_423-_jaime_rodrigues_neto_-_cascalhamento_estrada_serra_do_roncador.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_291-_elcio_mendes_-_semafaro.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_425-_jaime_rodrigues_neto_-_reforma_praca_toricueije.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_426-_jaime_rodrigues_neto_-_mutirao_limpeza_toricueije.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4703/indicacao_427-_maria_silvania_araujo_ramos_-_centro_educacional_e_clinico_multidisciplinar.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_428-_geralmino_alves_rodrigues_neto_-__barrasaude.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_429-_maria_silvania_araujo_ramos_-_interprete_ou_tradutor_lingua_indigena.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_430-_jaime-_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4742/indicacao_431-_adilson_tavares_-_redutor_de_velocidade_rua_alpes.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_432-_armando_alves_brito_-_tapa_buraco_av._brasil.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4744/indicacao_433-_bianca_sousa_de_freitas_almeida_-_sec._saude-_computador_da_sala_de_ultrassom_assinada.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_434-_hiago_teles_-_bairro_piracema.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_435-_hiago_teles_-_cras.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_436-_hiago_teles_-_de_implantacao_de_um_quebra_-_molas_av._pedro_f_deo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_437-_hiago_teles_-_pavimentacao_asfaltica_rua_das_esteves.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_438-_hiago_teles_-_pavimentacao_asfaltica_rua_santa_luzia_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_439-_jaime_rodrigues_neto_-_tapa_buracos_nova_barra_sul.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4745/indicacao_440-_hiago_teles_-_proto_socorro_e__upa.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4766/indicacao_441-_adilson_tavares_-_alterar_a_lei_complementar_no03_04_de_dezembro_de_1991-1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4767/indicacao_442-_adilson_tavares_-_projeto_de_resolucao_que_altere_o_estatuto_dos_servidores_do_poder_le.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4768/indicacao_443-_jaime_rodrigues_neto_-_limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4784/indicacao_444-_alex_matos-parquinho_sao_benedito_1_1.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_445-_hiago_teles_-_solicitacao_a_instalacao_de_um_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_446-_maria_silvania-_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_447-_ronair_-quebra_molas_-_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_448-_adilson-_criacao_do_instituto_municipal_de_memoria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_449_-_alex_-_inclusao_da_pessoa_com_epilepsia_3.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4812/indicacao_450_-_alex_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4821/indicacao_451-_maria_silvania-_aparelho_de_mamografia.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4822/indicacao_452-_maria_silvania-_sinalizacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4826/indicacao_453_-_elton-__rua_coronel_elias_galvao.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_454_-_elton-__rua_coronel_elias_galvao.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_001-2025_i_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3765/moa_a_o_002_-_maria_silvania_-_selo_de_ouro_na_educaa_a_o.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3766/moa_a_o_003-_maria_silvania_-_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3767/mocao_004-_hiago_teles_-_participantes_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3768/mocao_005-_hiago_teles_-_palestrantes_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3769/mocao_006-_hiago_teles_-_membros_da_comissao_taadis_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3776/mocao_007-_bianca_freitas_-_ronny_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3795/mocao_008-_alex_matos_-_membros_rotaract_club.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3796/mocao_009-_alex_matos_-_nenem_da_ueva.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3864/mocao_010-_paulo_raye_-_colaboradores_clean_master...pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3881/mocao_011-_valdei_leite_-_uniao_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3882/mocao_012_-_bianca_freitas_-_dr._pablo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_013-_bianca_freitas_-_dr._adriano_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_014-_bianca_freitas_-_dr._nelder_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_015-_bianca_freitas_-_dr._wilyney_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_016-_ze_gota_-_pmgo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3955/mocao_017-_alex_matos_-_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3956/mocao_018-_alex_matos_-_joyce_laura.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_019-_alex_matos_-_monges.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3967/mocao_de_pesar_020-_alex_-_wagner_ferraz_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3993/mocao_021-_alex_matos_-_campeonato_volei.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_022-_alex_matos_-_etnoturismo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3977/mocao_023-_bianca_freitas_-_dr._joaquim_leitao_ass..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3978/document.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4079/mocao__ass_025-_paulo_raye_-_dr._pablo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4081/mocao_ass_026-_paulo_raye_-_dr._adrino.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4020/mocao_027-_alex_matos_-_prf.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4022/mocao_028-_alex_matos_-_selene.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4034/mocao_029-_allan_construtor_-_dona_divina_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4035/mocao_030-_allan_construtor_-_raimundo_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4036/mocao_031-_allan_construtor_-_rivagno_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4037/mocao_032-_allan_construtor_-_ten_cel_pm_naildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4044/mocao_033-_pebinha_-_dr_petterson.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4043/mocao_034-_ze_gota_-_helena.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4091/mocao_035-_alex_matos_-_idealizadores_e_parceiros_do_projeto.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4092/mocao_036-_alex_matos_-_projeto_proverbios_22.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_037-_allan_construtor_-_fernando_rezende_carezolli_ass.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_038-_allan_construtor_-_salete_terezinha_lauermann_ass.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4083/mocao_039-_elton_-_delegada_luciana.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4098/mocao_040-_hiago_teles_-_academia_chute_kombat_e_eduardo_bruno_lima_de_assis.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4099/mocao_041-_hiago_teles_-_gabriel_perola.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4153/mocao_042-_alex_matos_-_projeto_feira_sustentare.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4154/mocao_043-_alex_matos_-_terreiro.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4121/mocao_044-_dr._neto_-_dra_pamela.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4151/mocao_045-_hiago_teles_-_banco_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4152/mocao_046-_hiago_teles_-_supermercado_mendonca.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4123/mocao_047-_paulo_raye_-_ubs_mangueiras_114.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_048-_ze_gota_-_cesar.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4185/mocao_049-_alex_matos_-_ager.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4186/mocao_050-_alex_matos_-_kleryo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4187/mocao_051-_alex_matos_-_muhna_ufmt.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4168/mocao_052-_paulo_raye_-_ubs_palamares.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4172/mocao_053-_paulo_raye_-_ubs_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4204/mocao_054_-_maria_silvania_-_alfabetiza.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4225/mocao_de_pesar_055-_alex-wanilton.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4248/mocao_056_-paulo_raye-3_ubs.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4276/mocao_057-_ronair_de_jesus-_2o_sargento_mariuzam_e_altieres.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4294/mocao_058_-_alex_matos_-agita_barra_1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4292/mocao_059_-_hiago_teles_-_dia_mundial_do_hamburguer_solidario.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4287/mocao_060-_elton_melo_-_josiane_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4288/mocao_061-_elton_melo_-_maria_piedade.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4298/mocao_062-_jaime-_etec.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4299/mocao_de_pesar_063-_alex_-__justino.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4301/mocao_064-_pebinha-_diretoria_pronto_socorro1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4327/mocao_de_pesar_065-_alex_-lider_xavante_edmundo_1.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4338/mocao_066-_alex_matos_-_ze_bingo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4339/mocao__067-_alex_matos_-_gazin.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4344/mocao_068-_jaime-_etec1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4361/mocao_069-_dr.neto_-_aviacao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4381/mocao_070-elton-_lucas_martins.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4374/mocao_071_-alex_matos_-_grafica_ivan_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4375/mocao_072_-alex_matos_-_sandro_da_saude_1.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4376/mocao_073_-_alex_matos_-_wendell_mirante_do_cristo_1.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4373/mocao_074_-_alex_matos_-wilyney_santana_1.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4371/mocao_075_-_alex_matos_-_maria_izaurina_1.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4378/mocao_076-_valdei_leite_-_alunos_cathedral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4369/mocao_077-_maria_silvania_-_alfabetiza-__gestores_diretores_e_coordenadores.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4370/mocao_078-maria_silvania_-_alfabetiza_-_professores.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4385/mocao_079-_pebinha-_diretoria_do_hopital_2.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4398/mocao_080-_elton_-_alene.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4399/mocao_081-_elton-adriana_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4414/mocao_082-_elton_-auriane_pacheco.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4400/mocao_083-elton-mirian.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4401/mocao_084-_elton-michelle.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4402/mocao_085_-elton_-_maria_aparecida_pereira.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4403/mocao_086-_elton_-_ana_claudia.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4404/mocao_087_-_elton_-fernanda_cunha.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4405/mocao_088_-_elton_-francineide.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4394/mocao_089_-_alex_matos_-_feira_nova_barra.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4392/mocao_de_pesar_090-_alex_matos-__julia_eva.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4406/mocao_091_-_alex_matos_-_giga_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4393/mocao_092-_alex_matos_-_financas.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4407/mocao_093-_guilherme.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4420/mocao_094-_elton-_thatilla_1.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4421/mocao_095-_elton-maria_aparecida_pereira_do_couto_fernandes_1.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4422/mocao_096-_elton-narjara_ramos__1.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4423/mocao_097-_elton-silvany_1.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4424/mocao_098-_elton-sonia_1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4425/mocao_099-_elton-wilma_1.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4448/mocao_100_-_maria_silvania_-_agente_mobilizador_dp_cref17mt.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4449/mocao_101_-_maria_silvania-_equipe_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4450/mocao_102_-_maria_silvania-_comissao_organizadora_municipal_-_jogos_municipais_barra_do_garcas.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4455/mocao_103_-_alex_matos_-_esquadrilha_de_fumaca_1.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4443/mocao_104-_pebinha-_professores_cathedral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4463/mocao_106-_elton_melo_-__paulo_sousa_silva_cras1.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4464/mocao_107-_elton_melo_-_simone_aparecida_pedro_martins_cras1.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4465/mocao_108-_elton_melo-_ana_paula_pereira_brito_cras1.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4466/mocao_109-_adilson-_alexandre_augusto_scarello.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4468/mocao_110-_adilson-_camilo_savio_tavares_lopes1.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4469/mocao_111-_adilson-_carla_sales_rodrigues_simoes.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4470/mocao_112-_adilson-carolina_wisintainer.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4471/mocao_113-_adilson-felipe_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4472/mocao_114-_adilson-itallo_d_paula_matos_machado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4475/mocao_de_apoio_115-_ze_gota_-_pdl_3-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4504/mocao_116-_allan-_igreja_nossa_senhora_da_guia_ass.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4517/mocao_117-_ze_gota_-_professores_e_professoras.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4528/mocao_118-_alex_matos_-_coordenador_do_cras_1.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4527/mocao_119-_valdei_leite_-_elio_silva.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4532/mocao_120-_alex_matos_-_dr_carlos_ferrari_1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4533/mocao_121-_alex-__iga_inst_gastronomia.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4539/mocao_122-_ze_gota-_professores.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4559/mocao_123-_maia_silvania-_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4568/mocao_124-_alessandro_matos_do_nascimento_-_servidoras_1.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4567/mocao_125-_alessandro_matos_do_nascimento_-_capoeira_1.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4569/mocao_126-_alessandro_matos_do_nascimento_-_ganha_tempo_1.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4575/mocao_127-_ronair_de_jesus_nunes_-pm_ronair_2.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4577/mocao_128-_alessandro_matos_do_nascimento_-_ballet_1.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4578/mocao_129-_ronair-_cerii.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4606/mocao_130-_maria_silvania_araujo_ramos_-_selecao_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4604/mocao_131-_alex_matos_-_mayke_cinegrafista_3_1_1.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4605/mocao_132-_alex_matos_-allan_kardec_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4627/mocao_133-_adilson_tavares_lopes_-_2o_sargento_pm_fernandes_alves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4658/mocao_134-_alex_matos_-_ganha_tempo_1.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4659/mocao_135-_alex_matos_-_josemar_antonio_limberguer_1.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4660/mocao_136-_alex_matos_-cavalgada_bruto_memo_1.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4661/mocao_137-_alex_matos_-micos_brown-_midias_sociais_1.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4648/mocao_138-_maria_silvania-_salve_o_rio_araguaia.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4668/mocao_139-_paulo_cesar_raye_de_aguiar_-_policiais.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4649/mocao_140-_maria_silvania_araujo_ramos-_handebol_masculino_do_ifmt.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4662/mocao_141-_ronair-_37o_festa_e_novena_-_vila_maria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4689/mocao_142-_gabriel_pereira_lopes_-_professor_1.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4686/mocao_143-_maria_silvania_araujo_ramos_-__medico_gabriel.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4713/mocao_144-_alex_matos_-_jessika_pre-cop_1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4714/mocao_145-_alex_matos_-_membros_da_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4715/mocao_146-_alex_matos_-_viajantes_da_estrada_ste_e_joao_1.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4716/mocao_147-_alex_matos_-cavalgada_bruto_memo_contribuintes_2.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4704/mocao_148-_maria_silvania_-_copa_america_de_handebol_master.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4708/mocao_149-_paulo_cesar_raye_de_aguiar_-_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4709/mocao_150-_paulo_cesar_raye_de_aguiar_-_comboproducoes.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4702/mocao_151-_gabriel_pereira_lopes_-_circuito_de_pagode.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4712/mocao_152-_gabriel_-_pms_1.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4720/mocao_153-_jaime_rodrigues_neto_-_dr._frederico_medeiros.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4721/mocao_154-_jaime_rodrigues_neto_-_dra._vilka_nobre.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4728/mocao_155-_maria_silvania_araujo_ramos_-_atletas_e_treinador_da_equeipe_de_basquete.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4731/mocao_156-_paulo_cesar_raye_de_aguiar_-_assistente_social14.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4751/mocao_157-_alex_matos_-_agapy_santos_-_basquete_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4752/mocao_158-_alex_matos_-_luciano_aquino_de_faria_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4753/mocao_159-_alex_matos_-_zenilda_teodoro_abars_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4763/mocao_160-_allan-_policiais_militares_ass.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4743/moa_a_o_161-_paulo_raye_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4738/mocao_de_repudio_162-_maria_silvania_-_janaina_riva.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4762/mocao_163-_ronair-_policiais.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4761/mocao_164-_ronair-_paula_roberta_-_ganha_tempo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4779/mocao_-_alex_matos_-rhillary_clarice_miss_mato_grosso_pre-teen_1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4769/mocao_166-_maria_silvania_araujo_ramos_-_ufmt.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4770/mocao_167-_maria_silvania_araujo_ramos_-_vitor_ferreira.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4785/mocao_168-_alex_matos_-_associacao_coral_cantarte_1_1.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4786/mocao_169-_alex_matos_-thiago_cabral_1_1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4790/mocao_170-_alex_matos_-_vereadores-aragarcas_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4811/mocao_171-__unifatecie.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4797/moa_a_o_172-_paulo_cesar_raye_de_aguiar_-_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4805/mocao_173-_alex_matos_-argene_3.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4804/mocao_174-ronair-_quanta_lameira_05.12.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4809/mocao_175-_ronair-_policiais_e_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4818/mocao_176-_dr._neto-_quantalameira.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4845/mocao_177-_dr._paulo_raye-_colaborador_xavante.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4823/mocao_178-_maria_silvania-_ufmt.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4824/mocao_179-_maria_silvania-_programa_mais_mt_muxirum.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4827/mocao_180-_alex_matos_-pesar_-_abigahil.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4817/mocao_181-_elton-__josias_dezembro.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4825/mocao_182-_maria_silvania-_escola_estadual_heronides_araujo.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4856/mocao_183-_alex_matos_-davi_emanuel_jiu_jistu.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4855/mocao_184-_alex_matos_marcio_antonio_do_nascimento_rodrigues_evangelizacao.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_vagas_creches_dr._neto_001.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3730/requerimento_convocacao_do_diretor_da_coopervale_ronair_002.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_003-_allan_construtor_-_restaurante_popular.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_004_-_armando_brito_-_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_005_-_armando_brito_-_titulos_de_propriedade.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_006-_elton_-_limpeza_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_007-_elton_-_pavimentacao_rua_diacui.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_008_-_elton_-_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_009-_alex_matos_-_fiscalizacao_de_transporte_por_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_010-_allan_construtor_-_guarda_municipal_ass.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_011-_elton_-_remocao_faixa_amarela.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3959/requerimento_012-_elton_-_clean_master.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_013-alex_matos-_aula_virtual_areas_rurais.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4016/requerimento_014-2025__autoria-_comissao_obras_publicas_transporte_e_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4076/requerimento_015-_bianca_freitas_-_calendario_escolar_assinada.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4104/requerimento_016-comissao_de_obras-_camara_julgadora_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4228/requerimento_17-2025.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4317/requerimento_018-__alessandro-_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4318/requerimento_019-_alessandro_-_atendimento_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4319/requerimento_020-_alessandro_-_manutencao_estrada_de_acesso_a_serra_do_roncador.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4340/requerimento_021-convocacao_da_sivirino_e_eliciomar-_fundeb_alex_matos_1.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4360/requerimento_022-alex_-_requerimento_as__secretarias_1.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4363/requerimento_023-podemos_-_remedios_e_insumos_saude.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4355/requerimento_024-_bianca__-_empresa_solus_assinada.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4356/requerimento_025-bianca_-_acompanhamento_dos_recursos_publicos_assinada.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4357/requerimento_026-bianca-_conduta_da_empresa_amediclin_assinada.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4503/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4509/requerimento_028-_armando_alves.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4514/requerimento_029-_geralmino_alves_-_emprestimo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_030-_alessandro_matos_do_nascimento_-_sec_educacao_alex_1.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4564/requerimento_031-_bianca_sousa_de_freitas_almeida_-_desenvolvimento_urbano_e_sustentavel_assinada.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4583/requerimento_032-_geralmino_alves_rodrigues_neto_-_saude.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4614/requerimento_033-2025.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4613/requerimento_034-2025.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4638/requerimento_035-_hiago_teles_-_patrulhamento.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4651/ass_requerimento_036-_bianca_sousa_de_freitas_almeida_-__sec._educacao_autista.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4652/ass_requerimento_037-_bianca_sousa_de_freitas_almeida_-_outubro_rosa_e_novembo_azul.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4653/ass_requerimento_038-_bianca_sousa_de_freitas_almeida_-_sec._assistencia_social_-_autistas.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4654/ass_requerimento_039-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_autistas.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4655/ass_requerimento_040-_bianca_sousa_de_freitas_almeida_-_sec._saude_vacinacao_bronquiolite.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4691/requerimento_041-_paulo_raye-_mesa.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4764/requerimento_042-_alex_matos-_saude_2.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4771/requerimento_043-_bianca_sousa_de_freitas_almeida_-_sec._saude_-_prestacao_de_contas_sobre_novembro_az_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4683/pelom_001_de_17_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4059/pelom_001_de_03_de_abril_de_2025_executivo_nova_redacao_16-04-2025.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4462/pelom_002-2025_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3793/plc_001_de_14_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3845/plc_002_de_18_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4008/plc_003_de_27_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4221/plc_004_de_09_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_001_de_15_de_janeiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3688/plc_002_de_21_de_janeiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3817/plc_003_de_10_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3818/plc_004_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3825/plc_005_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3849/plc_006_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3850/plc_007_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3851/plc_008_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3901/plc_009_de_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3902/plc_010_de_de_10_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3903/plc_011_de_de_10_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3969/plc_012_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4018/plc_exe_013_anonimizado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4010/plc_014_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4011/plc_015_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4014/plc_016_de_28_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4054/plc_017_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4056/plc_018_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4108/plc_019_de_11_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4109/plc_020_de_11_de_abril_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4115/plc_021_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4116/plc_022_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4156/plc_023_de_22_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4257/plc_024_de_19_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4282/projeto_de_lei_complementar_no_025.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4347/plc_026_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4348/plc_027_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4612/plc_028_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4685/plc_029_de_17_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4717/plc_030_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4864/plc_031_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4865/plc_032_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4866/plc_033_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4867/plc_034_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3687/pl-001_de_17_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3686/pl_-002_de_17_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_003_de_30_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3695/pl_004_de_31_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3696/pl_005_de_31_de_janeiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_006_de_10_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3792/pl_007_de_13_de_fevereito_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3844/pl_008_de_18_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3848/pl_009_de_24_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3861/pl_010_de_25_de_fevereiro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3945/pl_012_de_11_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3946/pl_013_de_12_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_014_de_19_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_015_de_24_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3976/pl_016_de_24_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4017/pl_017_de_31_de_marco_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4062/pl_018_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_019_de_02_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_020_de_09_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4101/pl_021_de_09_de_abril_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4105/pl_022_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4106/pl_023_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4107/pl_024_de_9_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_025_de_14_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4161/pl_026_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4192/pl_027_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4193/pl_028_de_30_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4222/pl_029_de_07_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4223/pl_030_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4227/pl_031_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4251/pl_032_de_12_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4252/pl_033_de_15_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4277/pl_034_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4278/pl_035_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4279/pl_036_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4280/pl_037_de_21_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4324/pl_038_de_2_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4350/pl_039_de_17_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4353/pl_040_de_06_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4382/pl_041_de_23_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4383/pl_042_de_27_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4386/pl_043_de_30_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4412/pl_044_de_04_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4431/pl_045_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4432/pl_046_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4433/pl_047_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4434/pl_048_de_11_de_agosto_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4435/pl_049_de_11_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4457/pl_050_de_15_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4458/pl_051_de_15_de_agosto_de_2025_legislativo_nova_redacao_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4518/pl_052_de_25_de_agosto_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4537/pl_053_de_02_de_setembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4572/pl_054_de_11_de_setembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4642/pl_055_de_01_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4663/pl_056_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4664/pl_057_de_03_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4665/pl_058_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4666/pl_059_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4667/pl_060_de_06_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4673/pl_061_de_06_de_outubro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4682/pl_062_de_15_de_outubro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4724/pl_063_de_03_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4725/pl_064_de_03_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4726/pl_leg_065-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4732/pl_066_de_07_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4733/pl_067_de_07_de_novembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4734/pl_068_de_07_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4754/pl_069_de_12_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4755/pl_070_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4756/pl_071_de_13_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4787/pl_072_de_12_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4788/pl_073_de_26_de_novembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4789/pl_074_de_28_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4799/pl_075_de_01_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4800/pl_076_de_02_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4801/pl_077_de_02_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4802/pl_078_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4816/pl_079_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4819/pl_080_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4820/pl_081_de_10_de_dezembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4850/pl_082_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4857/pl_083_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4881/pl_085_de_18_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3689/pl__001_de_23_de_janeiro_de_2025.executivo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3732/pl_002_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3733/pl_003_de_05_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3734/pl_004_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3735/pl_005_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3736/pl_006_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_007_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_008_de_05_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3819/pl_009_de_10_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_010_de_14_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_011_de_14_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_012_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_013_de_17_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_014_de_17_de_fevereiro_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_015_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3853/pl_016_de_24_de_fevereiro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3854/pl_017_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3855/pl_018_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3856/pl_019_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3857/pl_020_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3858/pl_021_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3859/pl_022_de_24_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3873/pl_023_de_27_de_fevereiro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3898/pl_024_de_10_de_marco_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3900/pl_025_de_10_de_marco_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_026_de_21_de_marco_de_2025_exeucutivo.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_027_de_24_de_marco_de_2025_exeucutivo.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3968/pl_028_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3973/pl_029_de_24_de_marco_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4051/pl_030_de_02_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_031_de_03_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_032_de_04_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_033_de_14_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4117/pl_034_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4118/pl_035_de_16_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_036_de_25_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4158/pl_037_de_25_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_038_de_28_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4162/pl_039_de_30_de_abril_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4196/pl_040_de_05_de_maio_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4197/pl_041_de_05_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4218/pl_042_de_09_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4219/pl_043_de_09_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4220/pl_044_de_09_de_maio_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4226/pl_045_de_12_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4249/pl_046_de_16_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4250/pl_047_de_16_de_maio_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4325/pl_048_de_06_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4326/pl_049_de_06_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4328/pl_050_de_10_de_junho_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4329/pl_051_de_10_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4342/pl_052_de_11_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4343/pl_053_de_12_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4346/pl_054_de_16_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4364/pl_055_de_23_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4384/pl_056_de_30_de_junho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4388/pl_057_de_22_de_julho_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4408/pl_058_de_04_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4429/pl_059_de_06_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4430/pl_060_de_08_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4437/pl_061_de_11_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4438/pl_062_de_11_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4441/pl_063_de_12_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4451/pl_064_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4452/pl_065_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4453/pl_066_de_15_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4461/pl_067_de_18_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4478/pl_068_de_21_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4479/pl_069_de_21_de_agosto_de_2025_executivo_ocultado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4511/pl_070_de_27_de_agosto_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4522/pl_071_de_01_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4523/pl_072_de_01_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4531/pl_073_de_04_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4542/pl_074_de_08_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4543/pl_075_de_08_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4563/pl_076_de_12_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4584/pl_077_de_22_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4585/pl_078_de_22_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4586/pl_079_de_22_de_setembro_de_2025_executivo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4609/pl_080_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4610/pl_081_de_29_de_setembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4616/pl_082_de_30_de_setembro_de_2025_executivo_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4617/pl_083_de_30_de_setembro_de_2025_executivo_loa_2026_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4640/pl_084_de_03_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4670/pl_085_de_13_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4671/pl_086_de_13_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4690/pl__087_de_15_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4710/pl_088_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4711/pl_089_de_31_de_outubro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4759/pl_090_de_14_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4760/pl_091_de_14_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4777/pl_092_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4778/pl_093_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4780/pl_094_de_24_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4781/pl_095_de_25_de_novembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4798/pl_096_de_05_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4808/pl_097_de_08_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4859/pl_098_de_11_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4860/pl_099_de_11_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4861/pl_100_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4862/pl_101_de_12_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4863/pl_102_de_15_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4883/pl_103_de_19_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4884/pl_104_de_19_de_dezembro_de_2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3693/pr_001_de_30_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3846/pr_002_de_18_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3847/pr_003_de_18_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3862/pr_004_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3897/pr_005_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3947/pr_006_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3972/pr_007_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4007/pr_008_de_27_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4012/pr_009_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4013/pr_010_de_31_de_marco_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4029/pr_011_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4058/pr_012_de_03_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4155/pr_013_de_14_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4194/pr_014_de_28_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4195/pr_015_de_29_de_abril_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4224/pr_016_de_12_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4253/pr_017_de_13_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4254/pr_018_de_13_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4255/pr_019_de_13_de_maio_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4256/pr_20_de_21_de_maio_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4300/pr_021_de_28_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4436/pr_022_de_05_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4459/pr_023_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4476/pr_24_de_18_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4486/pr_025_de_22_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4497/pr_026_de_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4510/pr_027_de_28_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4534/pr_028_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4535/pr_029_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4536/pr_030_de_02_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4538/pr_031_de_05_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4540/pr_032_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4541/pr_033_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4545/pr_034_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4546/pr_035_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4549/pr_036_de_09_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4550/pr_037_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4551/pr_038_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4552/pr_039_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4553/pr_040_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4554/pr_041_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4555/pr_042_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4556/pr_043_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4557/pr_044_de_11_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4558/pr_045_de_11_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4560/pr_046_de_10_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4587/pr_047_de_22_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4643/pr_048_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4757/pr_049_de_10_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4758/pr_050_de_14_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4792/pr_051_de_01_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4882/pr_052_de_19_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4009/emenda_aditiva_001_de_31_de_marco_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4015/emenda_aditiva_002_de_31_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4349/emenda_aditiva_003_de_16_de_junho_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4365/emenda_aditiva_004_de_23_de_junho_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4611/emenda_aditiva_005_de_29_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4722/emenda_aditiva_006-_pl_061-2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4727/emenda_aditiva_007_de_03_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4735/emenda_aditiva_008_de_10_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4765/emenda_aditiva_009_de_17_de_novembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4813/emenda_aditiva_010_de_08_de_dezembro_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4853/emenda_aditiva_011_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4854/emenda_aditiva_012_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3691/emenda_modificativa-_001_de_27_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3944/emenda_modificativa_002_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3949/emenda_modificativa_003_de_17_de_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4065/emenda_modificativa_004_de_7_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_modificativa_005_de_5_de_maio_de_2025_legislativo_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_modificativa_006_de_5_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_modificativa_007_de_19_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4281/emenda_modificativa_008_de_23_de_maio_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4872/emenda_modificativa_009_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4828/emenda_modificativa_010_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4829/emenda_modificativa_011_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4830/emenda_modificativa_012_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4831/emenda_modificativa_013_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4832/emenda_modificativa_014_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4833/emenda_modificativa_015_de_08_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4834/emenda_modificativa_016_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4835/emenda_modificativa_017_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4836/emenda_modificativa_018_de_10_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4837/emenda_modificativa_019_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4838/emenda_modificativa_020_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4839/emenda_modificativa_021_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4840/emenda_modificativa_022_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4841/emenda_modificativa_023_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4842/emenda_modificativa_024_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4843/emenda_modificativa_025_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4844/emenda_modificativa_026_de_11_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4846/emenda_modificativa_027_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4847/emenda_modificativa_028_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4848/emenda_modificativa_029_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4849/emenda_modificativa_030_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4868/emenda_modificativa_031_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4869/emenda_modificativa_032_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4870/emenda_modificativa_033_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4871/emenda_modificativa_034_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4874/emenda_modificativa_035_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4875/emenda_modificativa_036_de_12_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4876/emenda_modificativa_037_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4877/emenda_modificativa_038_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4878/emenda_modificativa_039_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_modificativa_e_aditiva_001-2025_legislativo_nova_redacao_-_23-05-2025.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3826/emenda_modificativa_e_supressiva_001_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3739/ata_da_1a_sessao_ordinaria_da_20a_legislatura_05-02-2025.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3758/ata_da_2a_sessao_ordinaria_da_20a_legislatura_10-02-2025.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3827/ata_da_3a_sessao_ordinaria_da_20a_legislatura_17-02-2025.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3860/ata_da_4a_sessao_ordinaria_da_20a_legislatura_24-02-2025.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3920/ata_da_5a_sessao_ordinaria_da_20a_legislatura_10-03-2025.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3950/ata_da_6a_sessao_ordinaria_da_20a_legislatura_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3975/ata_da_7a_sessao_ordinaria_da_20a_legislatura_24-03-2025.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4052/ata_da_8a_sessao_ordinaria_da_20a_legislatura_31-03-2025.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4066/ata_da_9a_sessao_ordinaria_da_20a_legislatura_07-04-2025.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4114/ata_da_10a_sessao_ordinaria_da_20a_legislatura_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4167/ata_da_11a_sessao_ordinaria_da_20a_legislatura_28-04-2025.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4200/ata_da_12a_sessao_ordinaria_da_20a_legislatura_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4229/ata_da_13a_sessao_ordinaria_da_20a_legislatura_12-05-2025.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4260/ata_da_14a_sessao_ordinaria_da_20a_legislatura_19-05-2025.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4290/ata_da_15a_sessao_ordinaria_da_20a_legislatura_26-05-2025.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4303/ata_da_16a_sessao_ordinaria_da_20a_legislatura_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4331/ata_da_17a_sessao_ordinaria_da_20a_legislatura_09-06-2025.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4351/ata_da_18a_sessao_ordinaria_da_20a_legislatura_16-06-2025.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4367/ata_da_19a_sessao_ordinaria_da_20a_legislatura_23-06-2025.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4390/ata_da_20a_sessao_ordinaria_da_20a_legislatura_30-06-2025.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4419/ata_da_21a_sessao_ordinaria_da_20a_legislatura_04-08-2025.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4439/ata_da_22a_sessao_ordinaria_da_20a_legislatura_11-08-2025.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4485/ata_da_23a_sessao_ordinaria_da_20a_legislatura_18-08-2025.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4506/ata_da_24a_sessao_ordinaria_da_20a_legislatura_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4524/ata_da_25a_sessao_ordinaria_da_20a_legislatura_01-09-2025.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4547/ata_da_26a_sessao_ordinaria_da_20a_legislatura_08-09-2025.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4602/ata_da_27a_sessao_ordinaria_da_20a_legislatura_22-09-2025.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4625/ata_da_28a_sessao_ordinaria_da_20a_legislatura_29-09-2025.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4646/ata_da_29a_sessao_ordinaria_da_20a_legislatura_06-10-2025.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4679/ata_da_30a_sessao_ordinaria_da_20a_legislatura_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4693/ata_da_31a_sessao_ordinaria_da_20a_legislatura_20-10-2025.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4718/ata_da_32a_sessao_ordinaria_da_20a_legislatura_03-11-2025.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4741/ata_da_33a_sessao_ordinaria_da_20a_legislatura_10-11-2025.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4772/ata_da_34a_sessao_ordinaria_da_20a_legislatura_17-11-2025.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4782/ata_da_35a_sessao_ordinaria_da_20a_legislatura_24-11-2025.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4794/ata_da_36a_sessao_ordinaria_da_20a_legislatura_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4815/ata_da_37a_sessao_ordinaria_da_20a_legislatura_08-12-2025.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4880/ata_da_38a_sessao_ordinaria_da_20a_legislatura_15-12-2025.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3680/ata_eletronica_da_1a_sessao_extraordinaria_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3698/ata_eletronica_da_2a_sessao_extraordinaria_da_20a_legislatura_-_23-01-25.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3699/ata_eletronica_da_3a_sessao_extraordinaria_da_20a_legislatura_-_28-01-25.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3863/ata_eletronica_da_4a_sessao_extraordinaria_da_20a_legislatura_-_28-02-25.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4053/ata_eletronica_da_5a_sessao_extraordinaria_da_20a_legislatura_-_03-04-25.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4561/ata_eletronica_da_6a_sessao_extraordinaria_da_20a_legislatura_-_12-09-25.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4574/ata_eletronica_da_7a_sessao_extraordinaria_da_20a_legislatura_-_17-09-25.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4885/ata_eletronica_da_8a_sessao_extraordinaria_da_20a_legislatura_-_18-12-25.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4886/ata_eletronica_da_9a_sessao_extraordinaria_da_20a_legislatura_-_19-12-25.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3681/ata_eletronica_da_1a_sessao_solene_de_posse_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4641/ata_eletronica_da_2a_sessao_solene_da_20a_legislatura_-_25-09-25.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4684/ata_eletronica_da_3a_sessao_solene_da_20a_legislatura_-_15-10-25.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3679/ata_eletronica_da_1a_sessao_preparatoria_da_20a_legislatura_-_01-01-25.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3996/ata_eletronica_da_1a_reuniao_das_comissoes_permanentes_23-01-25.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3997/ata_eletronica_da_2a_reuniao_das_comissoes_permanentes_28-01-25.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3998/ata_eletronica_da_3a_reuniao_das_comissoes_permanentes_05-02-25.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3999/ata_eletronica_da_4a_reuniao_das_comissoes_permanentes_10-02-25.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4000/ata_eletronica_da_5a_reuniao_das_comissoes_permanentes_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4001/ata_eletronica_da_6a_reuniao_das_comissoes_permanentes_24-02-25.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4002/ata_eletronica_da_7a_reuniao_das_comissoes_permanentes_28-02-25.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4003/ata_eletronica_da_8a_reuniao_das_comissoes_permanentes_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4004/ata_eletronica_da_9a_reuniao_das_comissoes_permanentes_17-03-25.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4177/ata_eletronica_da_10a_reuniao_das_comissoes_permanentes_24-03-25.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4180/ata_eletronica_da_11a_reuniao_das_comissoes_permanentes_31-03-25.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4183/ata_eletronica_da_12a_reuniao_das_comissoes_permanentes_03-04-25.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4188/ata_eletronica_da_13a_reuniao_das_comissoes_permanentes_07-04-25.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4189/ata_eletronica_da_14a_reuniao_das_comissoes_permanentes_14-04-25.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4190/ata_eletronica_da_15a_reuniao_das_comissoes_permanentes_28-04-25.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4201/ata_eletronica_da_16a_reuniao_das_comissoes_permanentes_05-05-25.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4230/ata_eletronica_da_17a_reuniao_das_comissoes_permanentes_12-05-25.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4261/ata_eletronica_da_18a_reuniao_das_comissoes_permanentes_19-05-25.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4284/ata_eletronica_da_19a_reuniao_das_comissoes_permanentes_26-05-25.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4302/ata_eletronica_da_20a_reuniao_das_comissoes_permanentes_02-06-25.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4352/ata_eletronica_da_21a_reuniao_das_comissoes_permanentes_16-06-25.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4366/ata_eletronica_da_22a_reuniao_das_comissoes_permanentes_23-06-25.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4387/ata_eletronica_da_23a_reuniao_das_comissoes_permanentes_30-06-25.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4418/ata_eletronica_da_24a_reuniao_das_comissoes_permanentes_04-08-25.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4440/ata_eletronica_da_25a_reuniao_das_comissoes_permanentes_11-08-25.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4484/ata_eletronica_da_26a_reuniao_das_comissoes_permanentes_18-08-25.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4505/ata_eletronica_da_27a_reuniao_das_comissoes_permanentes_25-08-25.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4525/ata_eletronica_da_28a_reuniao_das_comissoes_permanentes_01-09-25.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4548/ata_eletronica_da_29a_reuniao_das_comissoes_permanentes_08-09-25.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4562/ata_eletronica_da_30a_reuniao_das_comissoes_permanentes_12-09-25.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4573/ata_eletronica_da_31a_reuniao_das_comissoes_permanentes_17-09-25.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4619/ata_eletronica_da_32a_reuniao_das_comissoes_permanentes_22-09-25.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4620/ata_eletronica_da_33a_reuniao_das_comissoes_permanentes_29-09-25.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4647/ata_eletronica_da_34a_reuniao_das_comissoes_permanentes_06-10-25.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4678/ata_eletronica_da_35a_reuniao_das_comissoes_permanentes_13-10-25.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4692/ata_eletronica_da_36a_reuniao_das_comissoes_permanentes_20-10-25.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4719/ata_eletronica_da_37a_reuniao_das_comissoes_permanentes_03-11-25.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4737/ata_eletronica_da_38a_reuniao_das_comissoes_permanentes_10-11-25.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4773/ata_eletronica_da_39a_reuniao_das_comissoes_permanentes_17-11-25.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4783/ata_eletronica_da_40a_reuniao_das_comissoes_permanentes_24-11-25.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4793/ata_eletronica_da_41a_reuniao_das_comissoes_permanentes_01-12-25.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4814/ata_eletronica_da_42a_reuniao_das_comissoes_permanentes_08-12-25.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4879/ata_eletronica_da_43a_reuniao_das_comissoes_permanentes_15-12-25.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4892/ata_eletronica_da_44a_reuniao_das_comissoes_permanentes_18-12-25.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4893/ata_eletronica_da_45a_reuniao_das_comissoes_permanentes_19-12-25.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4005/ata_eletronica_da_1a_reuniao_das_comissoes_especiais_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4006/ata_eletronica_da_2a_reuniao_das_comissoes_especiais_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4191/ata_eletronica_da_3a_reuniao_das_comissoes_especiais_28-04-25.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4283/ata_eletronica_da_4a_reuniao_das_comissoes_especiais_26-05-25.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4736/ata_eletronica_da_5a_reuniao_das_comissoes_especiais_10-11-25.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4774/ata_eletronica_da_6a_reuniao_das_comissoes_especiais_17-11-25.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4639/ato_da_mesa_001_de_25_de_setembro_de_2025_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4677/ato_da_mesa_02_-_entrega_de_medalhas_de_honra_e_titulo_2025.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4873/ato_da_mesa_04_de_15_de_dezembro_de_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3692/decreto_5.589_de_28_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3759/decreto_executivo_5597_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3760/decreto_executivo_5598_de_06_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3828/decreto_executivo_5.602_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3899/decreto_5614_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3948/decreto_5616_de_10_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3951/decreto_5619_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4102/decreto_5647_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4103/decreto_5648_de_09_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4110/decreto_5.651_de_14_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4159/decreto_5.659_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4372/decreto_executivo_5690_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4589/decreto_5.693.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4593/decreto_5.694.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4591/decreto_5.702.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4389/decreto_5709_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4590/decreto_5.710.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4601/decreto_5717-2025.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4480/decreto_5725_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4481/decreto_5726_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4482/decreto_5727_de_21_de_agosto_de_2025_ocultado.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4597/decreto_5.734.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4544/decreto_5735-2025_de_08_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4596/decreto_5.737.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4595/decreto_5.740.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4594/decreto_5.743.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4592/decreto_5.745.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4600/decreto_5.746.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4645/decreto_5754_de_03_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4674/decreto_5755-2025.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4676/decreto_5760-2025.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4675/decreto_5761-2025.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4776/decreto_5787_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4791/decreto_5801_de_01_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4889/parecer_previo_tce-mt_133-2025.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/3835/veto_001-2025_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4060/veto_002_de_04_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4345/veto_003_de_27_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_de_licenca_001_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4490/requerimento_de_licenca_-_valdei_leite_guimaraes_-_25_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4588/requerimento_de_licenca_-_valdei_leite_guimaraes_-_22_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4064/requerimento_de_urgencia_-_pr_18_e_19_de_02_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2025/4113/requerimento_de_urgencia_ao_pl_025_de_14_de_abril_de_2025_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1104"/>
+  <dimension ref="A1:H1166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="217.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="216.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -23818,16966 +24303,18578 @@
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453" t="s">
         <v>12</v>
       </c>
       <c r="F453" t="s">
         <v>299</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>1836</v>
       </c>
       <c r="H453" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1838</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>10</v>
+        <v>1839</v>
       </c>
       <c r="D454" t="s">
-        <v>1839</v>
+        <v>11</v>
       </c>
       <c r="E454" t="s">
+        <v>12</v>
+      </c>
+      <c r="F454" t="s">
+        <v>299</v>
+      </c>
+      <c r="G454" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="F454" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H454" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>10</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E455" t="s">
         <v>1843</v>
       </c>
-      <c r="B455" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F455" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>1844</v>
       </c>
       <c r="H455" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1846</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D456" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E456" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F456" t="s">
         <v>26</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="H456" t="s">
         <v>1848</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>1849</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D457" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E457" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F457" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>1850</v>
       </c>
       <c r="H457" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>1852</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D458" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E458" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F458" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>1853</v>
       </c>
       <c r="H458" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1855</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D459" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E459" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F459" t="s">
         <v>13</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>1856</v>
       </c>
       <c r="H459" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1858</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D460" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E460" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F460" t="s">
-        <v>225</v>
+        <v>13</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>1859</v>
       </c>
       <c r="H460" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1861</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D461" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E461" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F461" t="s">
-        <v>76</v>
+        <v>225</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>1862</v>
       </c>
       <c r="H461" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1864</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D462" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E462" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F462" t="s">
         <v>76</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>1865</v>
       </c>
       <c r="H462" t="s">
         <v>1866</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1867</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D463" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E463" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F463" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="G463" s="1" t="s">
         <v>1868</v>
       </c>
       <c r="H463" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1870</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D464" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E464" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F464" t="s">
-        <v>1186</v>
+        <v>35</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>1871</v>
       </c>
       <c r="H464" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1873</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D465" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E465" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F465" t="s">
-        <v>225</v>
+        <v>1186</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>1874</v>
       </c>
       <c r="H465" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1876</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D466" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E466" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F466" t="s">
         <v>225</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>1877</v>
       </c>
       <c r="H466" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1879</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D467" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E467" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F467" t="s">
         <v>225</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>1880</v>
       </c>
       <c r="H467" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1882</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D468" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E468" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F468" t="s">
         <v>225</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>1883</v>
       </c>
       <c r="H468" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1885</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D469" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E469" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F469" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>1886</v>
       </c>
       <c r="H469" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1888</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D470" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E470" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F470" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>1889</v>
       </c>
       <c r="H470" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1891</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D471" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E471" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F471" t="s">
         <v>76</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>1892</v>
       </c>
       <c r="H471" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1894</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D472" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E472" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F472" t="s">
         <v>76</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>1895</v>
       </c>
       <c r="H472" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1897</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D473" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E473" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F473" t="s">
         <v>76</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>1898</v>
       </c>
       <c r="H473" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1900</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D474" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E474" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F474" t="s">
         <v>76</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="H474" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1903</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D475" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E475" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F475" t="s">
         <v>76</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>1904</v>
       </c>
       <c r="H475" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1906</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D476" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E476" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F476" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="H476" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1909</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D477" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E477" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F477" t="s">
         <v>225</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>1910</v>
       </c>
       <c r="H477" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1912</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D478" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E478" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F478" t="s">
-        <v>35</v>
+        <v>225</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>1913</v>
       </c>
       <c r="H478" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1915</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D479" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E479" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F479" t="s">
         <v>35</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="H479" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1918</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D480" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E480" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F480" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>1919</v>
       </c>
       <c r="H480" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1921</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D481" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E481" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F481" t="s">
         <v>76</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="H481" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1924</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D482" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E482" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F482" t="s">
-        <v>1292</v>
+        <v>76</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="H482" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>1927</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D483" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E483" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F483" t="s">
         <v>1292</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="H483" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1930</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D484" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E484" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F484" t="s">
         <v>1292</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="H484" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>1933</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D485" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E485" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F485" t="s">
         <v>1292</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>1934</v>
       </c>
       <c r="H485" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1936</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D486" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E486" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F486" t="s">
-        <v>1186</v>
+        <v>1292</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>1937</v>
       </c>
       <c r="H486" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>1939</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D487" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E487" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F487" t="s">
-        <v>110</v>
+        <v>1186</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>1940</v>
       </c>
       <c r="H487" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1942</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D488" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E488" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F488" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1943</v>
       </c>
       <c r="H488" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>1945</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D489" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E489" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F489" t="s">
         <v>76</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>1946</v>
       </c>
       <c r="H489" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>1948</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D490" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E490" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F490" t="s">
-        <v>1292</v>
+        <v>76</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1949</v>
       </c>
       <c r="H490" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1951</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D491" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E491" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F491" t="s">
         <v>1292</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>1952</v>
       </c>
       <c r="H491" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>1954</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D492" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E492" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F492" t="s">
-        <v>299</v>
+        <v>1292</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>1955</v>
       </c>
       <c r="H492" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>1957</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D493" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E493" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F493" t="s">
-        <v>13</v>
+        <v>299</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>1958</v>
       </c>
       <c r="H493" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>1960</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D494" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E494" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F494" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>1961</v>
       </c>
       <c r="H494" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1963</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D495" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E495" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F495" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>1964</v>
       </c>
       <c r="H495" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>1966</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D496" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E496" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F496" t="s">
         <v>76</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>1967</v>
       </c>
       <c r="H496" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1969</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D497" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E497" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F497" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>1970</v>
       </c>
       <c r="H497" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>1972</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D498" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E498" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F498" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="H498" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>1975</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D499" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E499" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F499" t="s">
         <v>13</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="H499" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>1978</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D500" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E500" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F500" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>1979</v>
       </c>
       <c r="H500" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>1981</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D501" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E501" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F501" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>1982</v>
       </c>
       <c r="H501" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>1984</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D502" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E502" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F502" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>1985</v>
       </c>
       <c r="H502" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>1987</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D503" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E503" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F503" t="s">
         <v>76</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>1988</v>
       </c>
       <c r="H503" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>1990</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D504" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E504" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F504" t="s">
         <v>76</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>1991</v>
       </c>
       <c r="H504" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>1993</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D505" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E505" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F505" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>1994</v>
       </c>
       <c r="H505" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>1996</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D506" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E506" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F506" t="s">
         <v>35</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>1997</v>
       </c>
       <c r="H506" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>1999</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D507" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E507" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F507" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>2000</v>
       </c>
       <c r="H507" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>2002</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D508" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E508" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F508" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>2003</v>
       </c>
       <c r="H508" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>2005</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D509" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E509" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F509" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>2006</v>
       </c>
       <c r="H509" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>2008</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D510" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E510" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F510" t="s">
-        <v>380</v>
+        <v>35</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>2009</v>
       </c>
       <c r="H510" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>2011</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D511" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E511" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F511" t="s">
-        <v>76</v>
+        <v>380</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>2012</v>
       </c>
       <c r="H511" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>2014</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D512" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E512" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F512" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G512" s="1" t="s">
         <v>2015</v>
       </c>
       <c r="H512" t="s">
         <v>2016</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>2017</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D513" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E513" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F513" t="s">
-        <v>299</v>
+        <v>13</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="H513" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>2020</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D514" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E514" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F514" t="s">
         <v>299</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>2021</v>
       </c>
       <c r="H514" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>2023</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D515" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E515" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F515" t="s">
-        <v>242</v>
+        <v>299</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>2024</v>
       </c>
       <c r="H515" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>2026</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D516" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E516" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F516" t="s">
-        <v>76</v>
+        <v>242</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>2027</v>
       </c>
       <c r="H516" t="s">
         <v>2028</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>2029</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D517" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E517" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F517" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>2030</v>
       </c>
       <c r="H517" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>2032</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D518" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E518" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F518" t="s">
-        <v>76</v>
+        <v>1186</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>2033</v>
       </c>
       <c r="H518" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>2035</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D519" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E519" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F519" t="s">
         <v>76</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>2036</v>
       </c>
       <c r="H519" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>2038</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D520" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E520" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F520" t="s">
         <v>76</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>2039</v>
       </c>
       <c r="H520" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>2041</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D521" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E521" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F521" t="s">
-        <v>242</v>
+        <v>76</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>2042</v>
       </c>
       <c r="H521" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>2044</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D522" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E522" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F522" t="s">
-        <v>89</v>
+        <v>242</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="H522" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>2047</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D523" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E523" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F523" t="s">
-        <v>299</v>
+        <v>89</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="H523" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>2050</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D524" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E524" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F524" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>2051</v>
       </c>
       <c r="H524" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>2053</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D525" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E525" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F525" t="s">
         <v>76</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="H525" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>2056</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D526" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E526" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F526" t="s">
         <v>76</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>2057</v>
       </c>
       <c r="H526" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>2059</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D527" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E527" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F527" t="s">
         <v>76</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>2060</v>
       </c>
       <c r="H527" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>2062</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D528" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E528" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F528" t="s">
         <v>76</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>2063</v>
       </c>
       <c r="H528" t="s">
         <v>2064</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>2065</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D529" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E529" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F529" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>2066</v>
       </c>
       <c r="H529" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>2068</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D530" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E530" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F530" t="s">
-        <v>26</v>
+        <v>1186</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>2069</v>
       </c>
       <c r="H530" t="s">
         <v>2070</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>2071</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D531" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E531" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F531" t="s">
         <v>26</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>2072</v>
       </c>
       <c r="H531" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>2074</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D532" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E532" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F532" t="s">
-        <v>1186</v>
+        <v>26</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>2075</v>
       </c>
       <c r="H532" t="s">
         <v>2076</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>2077</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="D533" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E533" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F533" t="s">
-        <v>299</v>
+        <v>1186</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>2078</v>
       </c>
       <c r="H533" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>2080</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D534" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E534" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F534" t="s">
         <v>299</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>2081</v>
       </c>
       <c r="H534" t="s">
         <v>2082</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>2083</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D535" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E535" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F535" t="s">
         <v>299</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>2084</v>
       </c>
       <c r="H535" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>2086</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D536" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E536" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F536" t="s">
         <v>299</v>
       </c>
       <c r="G536" s="1" t="s">
         <v>2087</v>
       </c>
       <c r="H536" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>2089</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D537" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E537" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F537" t="s">
         <v>299</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>2090</v>
       </c>
       <c r="H537" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>2092</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D538" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E538" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F538" t="s">
         <v>299</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>2093</v>
       </c>
       <c r="H538" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>2095</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D539" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E539" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F539" t="s">
         <v>299</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>2096</v>
       </c>
       <c r="H539" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>2098</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D540" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E540" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F540" t="s">
         <v>299</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>2099</v>
       </c>
       <c r="H540" t="s">
         <v>2100</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>2101</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D541" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E541" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F541" t="s">
         <v>299</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>2102</v>
       </c>
       <c r="H541" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>2104</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D542" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E542" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F542" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>2105</v>
       </c>
       <c r="H542" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>2107</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D543" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E543" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F543" t="s">
         <v>76</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>2108</v>
       </c>
       <c r="H543" t="s">
         <v>2109</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>2110</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D544" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E544" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F544" t="s">
         <v>76</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>2111</v>
       </c>
       <c r="H544" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>2113</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D545" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E545" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F545" t="s">
         <v>76</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>2114</v>
       </c>
       <c r="H545" t="s">
         <v>2115</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>2116</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D546" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E546" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F546" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>2117</v>
       </c>
       <c r="H546" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>2119</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D547" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E547" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F547" t="s">
-        <v>299</v>
+        <v>1186</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>2120</v>
       </c>
       <c r="H547" t="s">
         <v>2121</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>2122</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D548" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E548" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F548" t="s">
         <v>299</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>2123</v>
       </c>
       <c r="H548" t="s">
         <v>2124</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>2125</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D549" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E549" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F549" t="s">
         <v>299</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>2126</v>
       </c>
       <c r="H549" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>2128</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D550" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E550" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F550" t="s">
         <v>299</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>2129</v>
       </c>
       <c r="H550" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>2131</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D551" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E551" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F551" t="s">
         <v>299</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>2132</v>
       </c>
       <c r="H551" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>2134</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D552" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E552" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F552" t="s">
         <v>299</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="H552" t="s">
         <v>2136</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>2137</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D553" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E553" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F553" t="s">
-        <v>26</v>
+        <v>299</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="H553" t="s">
         <v>2139</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>2140</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D554" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E554" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F554" t="s">
         <v>26</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="H554" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>2143</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D555" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E555" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F555" t="s">
         <v>26</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>2144</v>
       </c>
       <c r="H555" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>2146</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D556" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E556" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F556" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>2147</v>
       </c>
       <c r="H556" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>2149</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="D557" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E557" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F557" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>2150</v>
       </c>
       <c r="H557" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>2152</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D558" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E558" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F558" t="s">
-        <v>76</v>
+        <v>1186</v>
       </c>
       <c r="G558" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="H558" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>2155</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D559" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E559" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F559" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>2156</v>
       </c>
       <c r="H559" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>2158</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="D560" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E560" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F560" t="s">
         <v>299</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>2159</v>
       </c>
       <c r="H560" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>2161</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D561" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E561" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F561" t="s">
         <v>299</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>2162</v>
       </c>
       <c r="H561" t="s">
         <v>2163</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>2164</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D562" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E562" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F562" t="s">
-        <v>171</v>
+        <v>299</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="H562" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>2167</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D563" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E563" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F563" t="s">
         <v>171</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>2168</v>
       </c>
       <c r="H563" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>2170</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D564" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E564" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F564" t="s">
         <v>171</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>2171</v>
       </c>
       <c r="H564" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>2173</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D565" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E565" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F565" t="s">
         <v>171</v>
       </c>
       <c r="G565" s="1" t="s">
         <v>2174</v>
       </c>
       <c r="H565" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>2176</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D566" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E566" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F566" t="s">
         <v>171</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>2177</v>
       </c>
       <c r="H566" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>2179</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D567" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E567" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F567" t="s">
         <v>171</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>2180</v>
       </c>
       <c r="H567" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>2182</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D568" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E568" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F568" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="G568" s="1" t="s">
         <v>2183</v>
       </c>
       <c r="H568" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>2185</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="D569" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E569" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F569" t="s">
-        <v>1292</v>
+        <v>110</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>2186</v>
       </c>
       <c r="H569" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>2188</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D570" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E570" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F570" t="s">
-        <v>110</v>
+        <v>1292</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>2189</v>
       </c>
       <c r="H570" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>2191</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D571" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E571" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F571" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>2192</v>
       </c>
       <c r="H571" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>2194</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="D572" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E572" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F572" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>2195</v>
       </c>
       <c r="H572" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>2197</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="D573" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E573" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F573" t="s">
-        <v>76</v>
+        <v>1186</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>2198</v>
       </c>
       <c r="H573" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>2200</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="D574" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E574" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F574" t="s">
         <v>76</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>2201</v>
       </c>
       <c r="H574" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>2203</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="D575" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E575" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F575" t="s">
-        <v>110</v>
+        <v>76</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>2204</v>
       </c>
       <c r="H575" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>2206</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D576" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E576" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F576" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>2207</v>
       </c>
       <c r="H576" t="s">
         <v>2208</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>2209</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="D577" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E577" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F577" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>2210</v>
       </c>
       <c r="H577" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>2212</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D578" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E578" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F578" t="s">
         <v>76</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>2213</v>
       </c>
       <c r="H578" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>2215</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="D579" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E579" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F579" t="s">
         <v>76</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>2216</v>
       </c>
       <c r="H579" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>2218</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="D580" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E580" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F580" t="s">
-        <v>380</v>
+        <v>76</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>2219</v>
       </c>
       <c r="H580" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>2221</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="D581" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E581" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F581" t="s">
-        <v>76</v>
+        <v>380</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>2222</v>
       </c>
       <c r="H581" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>2224</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="D582" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E582" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F582" t="s">
-        <v>380</v>
+        <v>76</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>2225</v>
       </c>
       <c r="H582" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>2227</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="D583" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E583" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F583" t="s">
-        <v>26</v>
+        <v>380</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>2228</v>
       </c>
       <c r="H583" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>2230</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="D584" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E584" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F584" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>2231</v>
       </c>
       <c r="H584" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>2233</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="D585" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E585" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F585" t="s">
         <v>76</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>2234</v>
       </c>
       <c r="H585" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>2236</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="D586" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E586" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F586" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>2237</v>
       </c>
       <c r="H586" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>2239</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="D587" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E587" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F587" t="s">
-        <v>76</v>
+        <v>171</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>2240</v>
       </c>
       <c r="H587" t="s">
-        <v>2217</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="D588" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E588" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F588" t="s">
         <v>76</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="H588" t="s">
-        <v>2243</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>2244</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D589" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E589" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F589" t="s">
         <v>76</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>2245</v>
       </c>
       <c r="H589" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>2247</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="D590" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E590" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F590" t="s">
         <v>76</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>2248</v>
       </c>
       <c r="H590" t="s">
         <v>2249</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>2250</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D591" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E591" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F591" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>2251</v>
       </c>
       <c r="H591" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>2253</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="D592" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E592" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F592" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>2254</v>
       </c>
       <c r="H592" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>2256</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="D593" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E593" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F593" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G593" s="1" t="s">
         <v>2257</v>
       </c>
       <c r="H593" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>2259</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="D594" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E594" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F594" t="s">
-        <v>380</v>
+        <v>26</v>
       </c>
       <c r="G594" s="1" t="s">
         <v>2260</v>
       </c>
       <c r="H594" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>2262</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="D595" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E595" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F595" t="s">
-        <v>110</v>
+        <v>380</v>
       </c>
       <c r="G595" s="1" t="s">
         <v>2263</v>
       </c>
       <c r="H595" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>2265</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="D596" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E596" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F596" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G596" s="1" t="s">
         <v>2266</v>
       </c>
       <c r="H596" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>2268</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D597" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E597" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F597" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>2269</v>
       </c>
       <c r="H597" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>2271</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="D598" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E598" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F598" t="s">
         <v>76</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>2272</v>
       </c>
       <c r="H598" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>2274</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="D599" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E599" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F599" t="s">
         <v>76</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>2275</v>
       </c>
       <c r="H599" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>2277</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="D600" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E600" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F600" t="s">
         <v>76</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>2278</v>
       </c>
       <c r="H600" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>2280</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="D601" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E601" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F601" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>2281</v>
       </c>
       <c r="H601" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>2283</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="D602" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E602" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F602" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>2284</v>
       </c>
       <c r="H602" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>2286</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="D603" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E603" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F603" t="s">
         <v>35</v>
       </c>
       <c r="G603" s="1" t="s">
         <v>2287</v>
       </c>
       <c r="H603" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>2289</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="D604" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E604" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F604" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="G604" s="1" t="s">
         <v>2290</v>
       </c>
       <c r="H604" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>2292</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="D605" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E605" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F605" t="s">
         <v>110</v>
       </c>
       <c r="G605" s="1" t="s">
         <v>2293</v>
       </c>
       <c r="H605" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>2295</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D606" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E606" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F606" t="s">
-        <v>242</v>
+        <v>110</v>
       </c>
       <c r="G606" s="1" t="s">
         <v>2296</v>
       </c>
       <c r="H606" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>2298</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="D607" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E607" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F607" t="s">
         <v>242</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>2299</v>
       </c>
       <c r="H607" t="s">
         <v>2300</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>2301</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="D608" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E608" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F608" t="s">
-        <v>26</v>
+        <v>242</v>
       </c>
       <c r="G608" s="1" t="s">
         <v>2302</v>
       </c>
       <c r="H608" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>2304</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="D609" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E609" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F609" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>2305</v>
       </c>
       <c r="H609" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>2307</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="D610" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E610" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F610" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="G610" s="1" t="s">
         <v>2308</v>
       </c>
       <c r="H610" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>2310</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D611" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E611" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F611" t="s">
         <v>76</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>2311</v>
       </c>
       <c r="H611" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>2313</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="D612" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E612" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F612" t="s">
         <v>76</v>
       </c>
       <c r="G612" s="1" t="s">
         <v>2314</v>
       </c>
       <c r="H612" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>2316</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="D613" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E613" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F613" t="s">
-        <v>1292</v>
+        <v>76</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="H613" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>2319</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="D614" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E614" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F614" t="s">
-        <v>35</v>
+        <v>1292</v>
       </c>
       <c r="G614" s="1" t="s">
         <v>2320</v>
       </c>
       <c r="H614" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>2322</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D615" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E615" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F615" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G615" s="1" t="s">
         <v>2323</v>
       </c>
       <c r="H615" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>2325</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="D616" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E616" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F616" t="s">
-        <v>380</v>
+        <v>26</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>2326</v>
       </c>
       <c r="H616" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>2328</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="D617" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E617" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F617" t="s">
         <v>380</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>2329</v>
       </c>
       <c r="H617" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>2331</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="D618" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E618" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F618" t="s">
-        <v>76</v>
+        <v>380</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>2332</v>
       </c>
       <c r="H618" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>2334</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="D619" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E619" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F619" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>2335</v>
       </c>
       <c r="H619" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>2337</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="D620" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E620" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F620" t="s">
         <v>26</v>
       </c>
       <c r="G620" s="1" t="s">
         <v>2338</v>
       </c>
       <c r="H620" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>2340</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="D621" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E621" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F621" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>2341</v>
       </c>
       <c r="H621" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>2343</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D622" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E622" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F622" t="s">
         <v>76</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>2344</v>
       </c>
       <c r="H622" t="s">
         <v>2345</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>2346</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D623" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E623" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F623" t="s">
         <v>76</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>2347</v>
       </c>
       <c r="H623" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>2349</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D624" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E624" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F624" t="s">
-        <v>1186</v>
+        <v>76</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>2350</v>
       </c>
       <c r="H624" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>2352</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="D625" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E625" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F625" t="s">
-        <v>35</v>
+        <v>1186</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>2353</v>
       </c>
       <c r="H625" t="s">
         <v>2354</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>2355</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="D626" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E626" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F626" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>2356</v>
       </c>
       <c r="H626" t="s">
         <v>2357</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>2358</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="D627" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E627" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F627" t="s">
-        <v>380</v>
+        <v>76</v>
       </c>
       <c r="G627" s="1" t="s">
         <v>2359</v>
       </c>
       <c r="H627" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>2361</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="D628" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E628" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F628" t="s">
         <v>380</v>
       </c>
       <c r="G628" s="1" t="s">
         <v>2362</v>
       </c>
       <c r="H628" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>2364</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="D629" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E629" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F629" t="s">
-        <v>89</v>
+        <v>380</v>
       </c>
       <c r="G629" s="1" t="s">
         <v>2365</v>
       </c>
       <c r="H629" t="s">
         <v>2366</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>2367</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="D630" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E630" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F630" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G630" s="1" t="s">
         <v>2368</v>
       </c>
       <c r="H630" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>2370</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D631" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E631" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F631" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G631" s="1" t="s">
         <v>2371</v>
       </c>
       <c r="H631" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>2373</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="D632" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E632" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F632" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="G632" s="1" t="s">
         <v>2374</v>
       </c>
       <c r="H632" t="s">
         <v>2375</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>2376</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="D633" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E633" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F633" t="s">
-        <v>299</v>
+        <v>26</v>
       </c>
       <c r="G633" s="1" t="s">
         <v>2377</v>
       </c>
       <c r="H633" t="s">
         <v>2378</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>2379</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="D634" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="E634" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="F634" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G634" s="1" t="s">
         <v>2380</v>
       </c>
       <c r="H634" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>2382</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>10</v>
+        <v>745</v>
       </c>
       <c r="D635" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F635" t="s">
+        <v>299</v>
+      </c>
+      <c r="G635" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="E635" t="s">
+      <c r="H635" t="s">
         <v>2384</v>
-      </c>
-[...7 lines deleted...]
-        <v>2386</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>749</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F636" t="s">
+        <v>26</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H636" t="s">
         <v>2387</v>
-      </c>
-[...19 lines deleted...]
-        <v>2389</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>753</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F637" t="s">
+        <v>76</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H637" t="s">
         <v>2390</v>
-      </c>
-[...19 lines deleted...]
-        <v>2392</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>757</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F638" t="s">
+        <v>76</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H638" t="s">
         <v>2393</v>
-      </c>
-[...19 lines deleted...]
-        <v>2395</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>10</v>
+      </c>
+      <c r="D639" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E639" t="s">
         <v>2396</v>
       </c>
-      <c r="B639" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F639" t="s">
-        <v>216</v>
+        <v>89</v>
       </c>
       <c r="G639" s="1" t="s">
         <v>2397</v>
       </c>
       <c r="H639" t="s">
         <v>2398</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>2399</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D640" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E640" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F640" t="s">
-        <v>299</v>
+        <v>380</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>2400</v>
       </c>
       <c r="H640" t="s">
         <v>2401</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>2402</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D641" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E641" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F641" t="s">
-        <v>299</v>
+        <v>1292</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>2403</v>
       </c>
       <c r="H641" t="s">
         <v>2404</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>2405</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D642" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E642" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F642" t="s">
-        <v>299</v>
+        <v>216</v>
       </c>
       <c r="G642" s="1" t="s">
         <v>2406</v>
       </c>
       <c r="H642" t="s">
-        <v>361</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D643" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E643" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F643" t="s">
-        <v>76</v>
+        <v>216</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="H643" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D644" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E644" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F644" t="s">
-        <v>1292</v>
+        <v>299</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="H644" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D645" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E645" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F645" t="s">
         <v>299</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="H645" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D646" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E646" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F646" t="s">
         <v>299</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="H646" t="s">
-        <v>2418</v>
+        <v>361</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>2419</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="D647" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E647" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F647" t="s">
         <v>76</v>
       </c>
       <c r="G647" s="1" t="s">
         <v>2420</v>
       </c>
       <c r="H647" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>2422</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="D648" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E648" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F648" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G648" s="1" t="s">
         <v>2423</v>
       </c>
-      <c r="G648" s="1" t="s">
+      <c r="H648" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2425</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>55</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E649" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F649" t="s">
+        <v>299</v>
+      </c>
+      <c r="G649" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="B649" t="s">
-[...14 lines deleted...]
-      <c r="G649" s="1" t="s">
+      <c r="H649" t="s">
         <v>2427</v>
-      </c>
-[...1 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>59</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F650" t="s">
+        <v>299</v>
+      </c>
+      <c r="G650" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="B650" t="s">
-[...14 lines deleted...]
-      <c r="G650" s="1" t="s">
+      <c r="H650" t="s">
         <v>2430</v>
-      </c>
-[...1 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>63</v>
+      </c>
+      <c r="D651" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E651" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F651" t="s">
+        <v>76</v>
+      </c>
+      <c r="G651" s="1" t="s">
         <v>2432</v>
       </c>
-      <c r="B651" t="s">
-[...11 lines deleted...]
-      <c r="F651" t="s">
+      <c r="H651" t="s">
         <v>2433</v>
-      </c>
-[...4 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>67</v>
+      </c>
+      <c r="D652" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E652" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F652" t="s">
+        <v>2435</v>
+      </c>
+      <c r="G652" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="B652" t="s">
-[...14 lines deleted...]
-      <c r="G652" s="1" t="s">
+      <c r="H652" t="s">
         <v>2437</v>
-      </c>
-[...1 lines deleted...]
-        <v>2438</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>71</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E653" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F653" t="s">
+        <v>225</v>
+      </c>
+      <c r="G653" s="1" t="s">
         <v>2439</v>
       </c>
-      <c r="B653" t="s">
-[...14 lines deleted...]
-      <c r="G653" s="1" t="s">
+      <c r="H653" t="s">
         <v>2440</v>
-      </c>
-[...1 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>75</v>
+      </c>
+      <c r="D654" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E654" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F654" t="s">
+        <v>2435</v>
+      </c>
+      <c r="G654" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="B654" t="s">
-[...14 lines deleted...]
-      <c r="G654" s="1" t="s">
+      <c r="H654" t="s">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>80</v>
+      </c>
+      <c r="D655" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E655" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F655" t="s">
         <v>2445</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>2446</v>
       </c>
       <c r="H655" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>2448</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="D656" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E656" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F656" t="s">
         <v>76</v>
       </c>
       <c r="G656" s="1" t="s">
         <v>2449</v>
       </c>
       <c r="H656" t="s">
         <v>2450</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>2451</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="D657" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E657" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F657" t="s">
         <v>76</v>
       </c>
       <c r="G657" s="1" t="s">
         <v>2452</v>
       </c>
       <c r="H657" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>2454</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="D658" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E658" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F658" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>2455</v>
       </c>
       <c r="H658" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>2457</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D659" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E659" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F659" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G659" s="1" t="s">
         <v>2458</v>
       </c>
       <c r="H659" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>2460</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="D660" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E660" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F660" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G660" s="1" t="s">
         <v>2461</v>
       </c>
       <c r="H660" t="s">
         <v>2462</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>2463</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="D661" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E661" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F661" t="s">
-        <v>2433</v>
+        <v>76</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>2464</v>
       </c>
       <c r="H661" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>2466</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="D662" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E662" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F662" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>2467</v>
       </c>
       <c r="H662" t="s">
         <v>2468</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>2469</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="D663" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E663" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F663" t="s">
-        <v>89</v>
+        <v>225</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>2470</v>
       </c>
       <c r="H663" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>2472</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="D664" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E664" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F664" t="s">
-        <v>76</v>
+        <v>225</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>2473</v>
       </c>
       <c r="H664" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>2475</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="D665" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E665" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F665" t="s">
-        <v>225</v>
+        <v>2445</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>2476</v>
       </c>
       <c r="H665" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>2478</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="D666" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E666" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F666" t="s">
-        <v>89</v>
+        <v>216</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>2479</v>
       </c>
       <c r="H666" t="s">
         <v>2480</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>2481</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="D667" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E667" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F667" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>2482</v>
       </c>
       <c r="H667" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>2484</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="D668" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E668" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F668" t="s">
         <v>76</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>2485</v>
       </c>
       <c r="H668" t="s">
         <v>2486</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>2487</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="D669" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E669" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F669" t="s">
-        <v>13</v>
+        <v>225</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>2488</v>
       </c>
       <c r="H669" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>2490</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="D670" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E670" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F670" t="s">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>2491</v>
       </c>
       <c r="H670" t="s">
         <v>2492</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>2493</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="D671" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E671" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F671" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>2494</v>
       </c>
       <c r="H671" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>2496</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="D672" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E672" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F672" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>2497</v>
       </c>
       <c r="H672" t="s">
         <v>2498</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>2499</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="D673" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E673" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F673" t="s">
-        <v>225</v>
+        <v>13</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>2500</v>
       </c>
       <c r="H673" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>2502</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="D674" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E674" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F674" t="s">
         <v>225</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>2503</v>
       </c>
       <c r="H674" t="s">
         <v>2504</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>2505</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="D675" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E675" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F675" t="s">
-        <v>35</v>
+        <v>225</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="H675" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>2508</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="D676" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E676" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F676" t="s">
-        <v>76</v>
+        <v>225</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>2509</v>
       </c>
       <c r="H676" t="s">
         <v>2510</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>2511</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="D677" t="s">
-        <v>2383</v>
+        <v>2395</v>
       </c>
       <c r="E677" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="F677" t="s">
         <v>225</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>2512</v>
       </c>
       <c r="H677" t="s">
         <v>2513</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>2514</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="D678" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E678" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F678" t="s">
+        <v>225</v>
+      </c>
+      <c r="G678" s="1" t="s">
         <v>2515</v>
       </c>
-      <c r="E678" t="s">
+      <c r="H678" t="s">
         <v>2516</v>
-      </c>
-[...7 lines deleted...]
-        <v>2518</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>179</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E679" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F679" t="s">
+        <v>35</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="H679" t="s">
         <v>2519</v>
-      </c>
-[...19 lines deleted...]
-        <v>2524</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2525</v>
+        <v>2520</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="D680" t="s">
-        <v>2520</v>
+        <v>2395</v>
       </c>
       <c r="E680" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F680" t="s">
+        <v>76</v>
+      </c>
+      <c r="G680" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="F680" t="s">
+      <c r="H680" t="s">
         <v>2522</v>
-      </c>
-[...4 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2528</v>
+        <v>2523</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>10</v>
+        <v>187</v>
       </c>
       <c r="D681" t="s">
-        <v>2529</v>
+        <v>2395</v>
       </c>
       <c r="E681" t="s">
-        <v>2530</v>
+        <v>2396</v>
       </c>
       <c r="F681" t="s">
-        <v>171</v>
+        <v>225</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2531</v>
+        <v>2524</v>
       </c>
       <c r="H681" t="s">
-        <v>2532</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2533</v>
+        <v>2526</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D682" t="s">
+        <v>2527</v>
+      </c>
+      <c r="E682" t="s">
+        <v>2528</v>
+      </c>
+      <c r="F682" t="s">
+        <v>1587</v>
+      </c>
+      <c r="G682" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="E682" t="s">
+      <c r="H682" t="s">
         <v>2530</v>
-      </c>
-[...7 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2537</v>
+        <v>2531</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D683" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
       <c r="E683" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="F683" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2539</v>
+        <v>2535</v>
       </c>
       <c r="H683" t="s">
-        <v>2540</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2541</v>
+        <v>2537</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D684" t="s">
-        <v>2529</v>
+        <v>2532</v>
       </c>
       <c r="E684" t="s">
-        <v>2530</v>
+        <v>2533</v>
       </c>
       <c r="F684" t="s">
-        <v>76</v>
+        <v>2534</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2542</v>
+        <v>2538</v>
       </c>
       <c r="H684" t="s">
-        <v>2543</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2544</v>
+        <v>2540</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>10</v>
       </c>
       <c r="D685" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="E685" t="s">
-        <v>2546</v>
+        <v>2542</v>
       </c>
       <c r="F685" t="s">
-        <v>2547</v>
+        <v>171</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2548</v>
+        <v>2543</v>
       </c>
       <c r="H685" t="s">
-        <v>2549</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2550</v>
+        <v>2545</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>17</v>
       </c>
       <c r="D686" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="E686" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F686" t="s">
         <v>2546</v>
       </c>
-      <c r="F686" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G686" s="1" t="s">
-        <v>2551</v>
+        <v>2547</v>
       </c>
       <c r="H686" t="s">
-        <v>2552</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2553</v>
+        <v>2549</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>21</v>
       </c>
       <c r="D687" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="E687" t="s">
-        <v>2546</v>
+        <v>2542</v>
       </c>
       <c r="F687" t="s">
-        <v>2522</v>
+        <v>2550</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2554</v>
+        <v>2551</v>
       </c>
       <c r="H687" t="s">
-        <v>2555</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2556</v>
+        <v>2553</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>25</v>
       </c>
       <c r="D688" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="E688" t="s">
-        <v>2546</v>
+        <v>2542</v>
       </c>
       <c r="F688" t="s">
-        <v>2522</v>
+        <v>76</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2557</v>
+        <v>2554</v>
       </c>
       <c r="H688" t="s">
-        <v>2558</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>10</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F689" t="s">
         <v>2559</v>
-      </c>
-[...13 lines deleted...]
-        <v>2522</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>2560</v>
       </c>
       <c r="H689" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>2562</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D690" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E690" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F690" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2563</v>
       </c>
       <c r="H690" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2565</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D691" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E691" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F691" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G691" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="H691" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>2568</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D692" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E692" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F692" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>2569</v>
       </c>
       <c r="H692" t="s">
         <v>2570</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>2571</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D693" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E693" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F693" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>2572</v>
       </c>
       <c r="H693" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>2574</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D694" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E694" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F694" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>2575</v>
       </c>
       <c r="H694" t="s">
         <v>2576</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>2577</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D695" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E695" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F695" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2578</v>
       </c>
       <c r="H695" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>2580</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D696" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E696" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F696" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>2581</v>
       </c>
       <c r="H696" t="s">
         <v>2582</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>2583</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="D697" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E697" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F697" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>2584</v>
       </c>
       <c r="H697" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>2586</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="D698" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E698" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F698" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>2587</v>
       </c>
       <c r="H698" t="s">
         <v>2588</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>2589</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D699" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E699" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F699" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>2590</v>
       </c>
       <c r="H699" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>2592</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="D700" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E700" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F700" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>2593</v>
       </c>
       <c r="H700" t="s">
         <v>2594</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>2595</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="D701" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E701" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F701" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>2596</v>
       </c>
       <c r="H701" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>2598</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="D702" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E702" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F702" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>2599</v>
       </c>
       <c r="H702" t="s">
         <v>2600</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>2601</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="D703" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E703" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F703" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>2602</v>
       </c>
       <c r="H703" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>2604</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="D704" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E704" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F704" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>2605</v>
       </c>
       <c r="H704" t="s">
         <v>2606</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>2607</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="D705" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E705" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F705" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>2608</v>
       </c>
       <c r="H705" t="s">
-        <v>2588</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="D706" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E706" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F706" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="H706" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="D707" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E707" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F707" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="H707" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="D708" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E708" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F708" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="H708" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D709" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E709" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F709" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="H709" t="s">
-        <v>2620</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>2621</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="D710" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E710" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F710" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2622</v>
       </c>
       <c r="H710" t="s">
         <v>2623</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2624</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="D711" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E711" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F711" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>2625</v>
       </c>
       <c r="H711" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>2627</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="D712" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E712" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F712" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>2628</v>
       </c>
       <c r="H712" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>2630</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="D713" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E713" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F713" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G713" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="H713" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>2633</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="D714" t="s">
-        <v>2545</v>
+        <v>2557</v>
       </c>
       <c r="E714" t="s">
-        <v>2546</v>
+        <v>2558</v>
       </c>
       <c r="F714" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G714" s="1" t="s">
         <v>2634</v>
       </c>
       <c r="H714" t="s">
         <v>2635</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>2636</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D715" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E715" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F715" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G715" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="E715" t="s">
+      <c r="H715" t="s">
         <v>2638</v>
-      </c>
-[...7 lines deleted...]
-        <v>2640</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>126</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F716" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H716" t="s">
         <v>2641</v>
-      </c>
-[...19 lines deleted...]
-        <v>2643</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>130</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F717" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H717" t="s">
         <v>2644</v>
-      </c>
-[...19 lines deleted...]
-        <v>2646</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>134</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F718" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H718" t="s">
         <v>2647</v>
-      </c>
-[...19 lines deleted...]
-        <v>2649</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>138</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F719" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H719" t="s">
         <v>2650</v>
-      </c>
-[...19 lines deleted...]
-        <v>2652</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>142</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F720" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H720" t="s">
         <v>2653</v>
-      </c>
-[...19 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2656</v>
+        <v>2654</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="D721" t="s">
-        <v>2637</v>
+        <v>2557</v>
       </c>
       <c r="E721" t="s">
-        <v>2638</v>
+        <v>2558</v>
       </c>
       <c r="F721" t="s">
-        <v>76</v>
+        <v>2534</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2657</v>
+        <v>2655</v>
       </c>
       <c r="H721" t="s">
-        <v>2658</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2659</v>
+        <v>2656</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="D722" t="s">
-        <v>2637</v>
+        <v>2557</v>
       </c>
       <c r="E722" t="s">
-        <v>2638</v>
+        <v>2558</v>
       </c>
       <c r="F722" t="s">
-        <v>216</v>
+        <v>2534</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2660</v>
+        <v>2657</v>
       </c>
       <c r="H722" t="s">
-        <v>2661</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>10</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F723" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G723" s="1" t="s">
         <v>2662</v>
       </c>
-      <c r="B723" t="s">
-[...14 lines deleted...]
-      <c r="G723" s="1" t="s">
+      <c r="H723" t="s">
         <v>2663</v>
-      </c>
-[...1 lines deleted...]
-        <v>2664</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>17</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F724" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G724" s="1" t="s">
         <v>2665</v>
       </c>
-      <c r="B724" t="s">
-[...14 lines deleted...]
-      <c r="G724" s="1" t="s">
+      <c r="H724" t="s">
         <v>2666</v>
-      </c>
-[...1 lines deleted...]
-        <v>2667</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>21</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F725" t="s">
+        <v>35</v>
+      </c>
+      <c r="G725" s="1" t="s">
         <v>2668</v>
       </c>
-      <c r="B725" t="s">
-[...14 lines deleted...]
-      <c r="G725" s="1" t="s">
+      <c r="H725" t="s">
         <v>2669</v>
-      </c>
-[...1 lines deleted...]
-        <v>2670</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2671</v>
+        <v>2670</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="D726" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E726" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F726" t="s">
         <v>171</v>
       </c>
       <c r="G726" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H726" t="s">
         <v>2672</v>
-      </c>
-[...1 lines deleted...]
-        <v>2673</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>30</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F727" t="s">
+        <v>225</v>
+      </c>
+      <c r="G727" s="1" t="s">
         <v>2674</v>
       </c>
-      <c r="B727" t="s">
-[...14 lines deleted...]
-      <c r="G727" s="1" t="s">
+      <c r="H727" t="s">
         <v>2675</v>
-      </c>
-[...1 lines deleted...]
-        <v>2676</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2677</v>
+        <v>2676</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="D728" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E728" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F728" t="s">
         <v>76</v>
       </c>
       <c r="G728" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="H728" t="s">
         <v>2678</v>
-      </c>
-[...1 lines deleted...]
-        <v>2679</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2680</v>
+        <v>2679</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="D729" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E729" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F729" t="s">
         <v>76</v>
       </c>
       <c r="G729" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H729" t="s">
         <v>2681</v>
-      </c>
-[...1 lines deleted...]
-        <v>2682</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>43</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F730" t="s">
+        <v>216</v>
+      </c>
+      <c r="G730" s="1" t="s">
         <v>2683</v>
       </c>
-      <c r="B730" t="s">
-[...14 lines deleted...]
-      <c r="G730" s="1" t="s">
+      <c r="H730" t="s">
         <v>2684</v>
-      </c>
-[...1 lines deleted...]
-        <v>2685</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>47</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F731" t="s">
+        <v>35</v>
+      </c>
+      <c r="G731" s="1" t="s">
         <v>2686</v>
       </c>
-      <c r="B731" t="s">
-[...14 lines deleted...]
-      <c r="G731" s="1" t="s">
+      <c r="H731" t="s">
         <v>2687</v>
-      </c>
-[...1 lines deleted...]
-        <v>2688</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>51</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F732" t="s">
+        <v>171</v>
+      </c>
+      <c r="G732" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="B732" t="s">
-[...14 lines deleted...]
-      <c r="G732" s="1" t="s">
+      <c r="H732" t="s">
         <v>2690</v>
-      </c>
-[...1 lines deleted...]
-        <v>2691</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>59</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F733" t="s">
+        <v>299</v>
+      </c>
+      <c r="G733" s="1" t="s">
         <v>2692</v>
       </c>
-      <c r="B733" t="s">
-[...14 lines deleted...]
-      <c r="G733" s="1" t="s">
+      <c r="H733" t="s">
         <v>2693</v>
-      </c>
-[...1 lines deleted...]
-        <v>2694</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>63</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F734" t="s">
+        <v>171</v>
+      </c>
+      <c r="G734" s="1" t="s">
         <v>2695</v>
       </c>
-      <c r="B734" t="s">
-[...14 lines deleted...]
-      <c r="G734" s="1" t="s">
+      <c r="H734" t="s">
         <v>2696</v>
-      </c>
-[...1 lines deleted...]
-        <v>2697</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2698</v>
+        <v>2697</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="D735" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E735" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F735" t="s">
         <v>1292</v>
       </c>
       <c r="G735" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="H735" t="s">
         <v>2699</v>
-      </c>
-[...1 lines deleted...]
-        <v>2700</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>71</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F736" t="s">
+        <v>76</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>2701</v>
       </c>
-      <c r="B736" t="s">
-[...14 lines deleted...]
-      <c r="G736" s="1" t="s">
+      <c r="H736" t="s">
         <v>2702</v>
-      </c>
-[...1 lines deleted...]
-        <v>2703</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>75</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F737" t="s">
+        <v>76</v>
+      </c>
+      <c r="G737" s="1" t="s">
         <v>2704</v>
       </c>
-      <c r="B737" t="s">
-[...14 lines deleted...]
-      <c r="G737" s="1" t="s">
+      <c r="H737" t="s">
         <v>2705</v>
-      </c>
-[...1 lines deleted...]
-        <v>2706</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>80</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F738" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G738" s="1" t="s">
         <v>2707</v>
       </c>
-      <c r="B738" t="s">
-[...14 lines deleted...]
-      <c r="G738" s="1" t="s">
+      <c r="H738" t="s">
         <v>2708</v>
-      </c>
-[...1 lines deleted...]
-        <v>2709</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>84</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F739" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G739" s="1" t="s">
         <v>2710</v>
       </c>
-      <c r="B739" t="s">
-[...14 lines deleted...]
-      <c r="G739" s="1" t="s">
+      <c r="H739" t="s">
         <v>2711</v>
-      </c>
-[...1 lines deleted...]
-        <v>2712</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>88</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F740" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>2713</v>
       </c>
-      <c r="B740" t="s">
-[...14 lines deleted...]
-      <c r="G740" s="1" t="s">
+      <c r="H740" t="s">
         <v>2714</v>
-      </c>
-[...1 lines deleted...]
-        <v>2715</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2716</v>
+        <v>2715</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="D741" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E741" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F741" t="s">
         <v>76</v>
       </c>
       <c r="G741" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H741" t="s">
         <v>2717</v>
-      </c>
-[...1 lines deleted...]
-        <v>2718</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>97</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F742" t="s">
+        <v>76</v>
+      </c>
+      <c r="G742" s="1" t="s">
         <v>2719</v>
       </c>
-      <c r="B742" t="s">
-[...14 lines deleted...]
-      <c r="G742" s="1" t="s">
+      <c r="H742" t="s">
         <v>2720</v>
-      </c>
-[...1 lines deleted...]
-        <v>2721</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>101</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F743" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G743" s="1" t="s">
         <v>2722</v>
       </c>
-      <c r="B743" t="s">
-[...14 lines deleted...]
-      <c r="G743" s="1" t="s">
+      <c r="H743" t="s">
         <v>2723</v>
-      </c>
-[...1 lines deleted...]
-        <v>2724</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>105</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F744" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G744" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="B744" t="s">
-[...14 lines deleted...]
-      <c r="G744" s="1" t="s">
+      <c r="H744" t="s">
         <v>2726</v>
-      </c>
-[...1 lines deleted...]
-        <v>2727</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>109</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F745" t="s">
+        <v>89</v>
+      </c>
+      <c r="G745" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="B745" t="s">
-[...14 lines deleted...]
-      <c r="G745" s="1" t="s">
+      <c r="H745" t="s">
         <v>2729</v>
-      </c>
-[...1 lines deleted...]
-        <v>2730</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2731</v>
+        <v>2730</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="D746" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E746" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F746" t="s">
         <v>76</v>
       </c>
       <c r="G746" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H746" t="s">
         <v>2732</v>
-      </c>
-[...1 lines deleted...]
-        <v>2733</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>118</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F747" t="s">
+        <v>110</v>
+      </c>
+      <c r="G747" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="B747" t="s">
-[...14 lines deleted...]
-      <c r="G747" s="1" t="s">
+      <c r="H747" t="s">
         <v>2735</v>
-      </c>
-[...1 lines deleted...]
-        <v>2736</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>122</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F748" t="s">
+        <v>110</v>
+      </c>
+      <c r="G748" s="1" t="s">
         <v>2737</v>
       </c>
-      <c r="B748" t="s">
-[...14 lines deleted...]
-      <c r="G748" s="1" t="s">
+      <c r="H748" t="s">
         <v>2738</v>
-      </c>
-[...1 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>126</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F749" t="s">
+        <v>76</v>
+      </c>
+      <c r="G749" s="1" t="s">
         <v>2740</v>
       </c>
-      <c r="B749" t="s">
-[...14 lines deleted...]
-      <c r="G749" s="1" t="s">
+      <c r="H749" t="s">
         <v>2741</v>
-      </c>
-[...1 lines deleted...]
-        <v>2742</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>130</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F750" t="s">
+        <v>35</v>
+      </c>
+      <c r="G750" s="1" t="s">
         <v>2743</v>
       </c>
-      <c r="B750" t="s">
-[...14 lines deleted...]
-      <c r="G750" s="1" t="s">
+      <c r="H750" t="s">
         <v>2744</v>
-      </c>
-[...1 lines deleted...]
-        <v>2745</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>134</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F751" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G751" s="1" t="s">
         <v>2746</v>
       </c>
-      <c r="B751" t="s">
-[...14 lines deleted...]
-      <c r="G751" s="1" t="s">
+      <c r="H751" t="s">
         <v>2747</v>
-      </c>
-[...1 lines deleted...]
-        <v>2748</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>138</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F752" t="s">
+        <v>89</v>
+      </c>
+      <c r="G752" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="B752" t="s">
-[...14 lines deleted...]
-      <c r="G752" s="1" t="s">
+      <c r="H752" t="s">
         <v>2750</v>
-      </c>
-[...1 lines deleted...]
-        <v>2751</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2752</v>
+        <v>2751</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="D753" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E753" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F753" t="s">
         <v>110</v>
       </c>
       <c r="G753" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H753" t="s">
         <v>2753</v>
-      </c>
-[...1 lines deleted...]
-        <v>2754</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>146</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F754" t="s">
+        <v>76</v>
+      </c>
+      <c r="G754" s="1" t="s">
         <v>2755</v>
       </c>
-      <c r="B754" t="s">
-[...14 lines deleted...]
-      <c r="G754" s="1" t="s">
+      <c r="H754" t="s">
         <v>2756</v>
-      </c>
-[...1 lines deleted...]
-        <v>2757</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>150</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F755" t="s">
+        <v>76</v>
+      </c>
+      <c r="G755" s="1" t="s">
         <v>2758</v>
       </c>
-      <c r="B755" t="s">
-[...14 lines deleted...]
-      <c r="G755" s="1" t="s">
+      <c r="H755" t="s">
         <v>2759</v>
-      </c>
-[...1 lines deleted...]
-        <v>2760</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>154</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F756" t="s">
+        <v>89</v>
+      </c>
+      <c r="G756" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="B756" t="s">
-[...14 lines deleted...]
-      <c r="G756" s="1" t="s">
+      <c r="H756" t="s">
         <v>2762</v>
-      </c>
-[...1 lines deleted...]
-        <v>2763</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>158</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F757" t="s">
+        <v>26</v>
+      </c>
+      <c r="G757" s="1" t="s">
         <v>2764</v>
       </c>
-      <c r="B757" t="s">
-[...14 lines deleted...]
-      <c r="G757" s="1" t="s">
+      <c r="H757" t="s">
         <v>2765</v>
-      </c>
-[...1 lines deleted...]
-        <v>2766</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>162</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F758" t="s">
+        <v>26</v>
+      </c>
+      <c r="G758" s="1" t="s">
         <v>2767</v>
       </c>
-      <c r="B758" t="s">
-[...14 lines deleted...]
-      <c r="G758" s="1" t="s">
+      <c r="H758" t="s">
         <v>2768</v>
-      </c>
-[...1 lines deleted...]
-        <v>2769</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>166</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F759" t="s">
+        <v>110</v>
+      </c>
+      <c r="G759" s="1" t="s">
         <v>2770</v>
       </c>
-      <c r="B759" t="s">
-[...14 lines deleted...]
-      <c r="G759" s="1" t="s">
+      <c r="H759" t="s">
         <v>2771</v>
-      </c>
-[...1 lines deleted...]
-        <v>2772</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2773</v>
+        <v>2772</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="D760" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E760" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F760" t="s">
         <v>76</v>
       </c>
       <c r="G760" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H760" t="s">
         <v>2774</v>
-      </c>
-[...1 lines deleted...]
-        <v>2775</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>175</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F761" t="s">
+        <v>110</v>
+      </c>
+      <c r="G761" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="B761" t="s">
-[...14 lines deleted...]
-      <c r="G761" s="1" t="s">
+      <c r="H761" t="s">
         <v>2777</v>
-      </c>
-[...1 lines deleted...]
-        <v>2778</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>179</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F762" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G762" s="1" t="s">
         <v>2779</v>
       </c>
-      <c r="B762" t="s">
-[...11 lines deleted...]
-      <c r="F762" t="s">
+      <c r="H762" t="s">
         <v>2780</v>
-      </c>
-[...4 lines deleted...]
-        <v>2782</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>183</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H763" t="s">
         <v>2783</v>
-      </c>
-[...19 lines deleted...]
-        <v>2785</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>187</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F764" t="s">
+        <v>76</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H764" t="s">
         <v>2786</v>
-      </c>
-[...19 lines deleted...]
-        <v>2788</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>191</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F765" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H765" t="s">
         <v>2789</v>
-      </c>
-[...19 lines deleted...]
-        <v>2791</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>195</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F766" t="s">
+        <v>76</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H766" t="s">
         <v>2792</v>
-      </c>
-[...19 lines deleted...]
-        <v>2794</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2795</v>
+        <v>2793</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>233</v>
+        <v>199</v>
       </c>
       <c r="D767" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E767" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F767" t="s">
         <v>76</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2796</v>
+        <v>2794</v>
       </c>
       <c r="H767" t="s">
-        <v>2797</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>203</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F768" t="s">
+        <v>76</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H768" t="s">
         <v>2798</v>
-      </c>
-[...19 lines deleted...]
-        <v>2800</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>207</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F769" t="s">
+        <v>76</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H769" t="s">
         <v>2801</v>
-      </c>
-[...19 lines deleted...]
-        <v>2803</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>211</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2803</v>
+      </c>
+      <c r="G770" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="B770" t="s">
-[...14 lines deleted...]
-      <c r="G770" s="1" t="s">
+      <c r="H770" t="s">
         <v>2805</v>
-      </c>
-[...1 lines deleted...]
-        <v>2806</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>215</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F771" t="s">
+        <v>225</v>
+      </c>
+      <c r="G771" s="1" t="s">
         <v>2807</v>
       </c>
-      <c r="B771" t="s">
-[...14 lines deleted...]
-      <c r="G771" s="1" t="s">
+      <c r="H771" t="s">
         <v>2808</v>
-      </c>
-[...1 lines deleted...]
-        <v>2809</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>220</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G772" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="B772" t="s">
-[...14 lines deleted...]
-      <c r="G772" s="1" t="s">
+      <c r="H772" t="s">
         <v>2811</v>
-      </c>
-[...1 lines deleted...]
-        <v>2812</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>224</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F773" t="s">
+        <v>225</v>
+      </c>
+      <c r="G773" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="B773" t="s">
-[...14 lines deleted...]
-      <c r="G773" s="1" t="s">
+      <c r="H773" t="s">
         <v>2814</v>
-      </c>
-[...1 lines deleted...]
-        <v>2815</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>229</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F774" t="s">
+        <v>299</v>
+      </c>
+      <c r="G774" s="1" t="s">
         <v>2816</v>
       </c>
-      <c r="B774" t="s">
-[...14 lines deleted...]
-      <c r="G774" s="1" t="s">
+      <c r="H774" t="s">
         <v>2817</v>
-      </c>
-[...1 lines deleted...]
-        <v>2818</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>233</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F775" t="s">
+        <v>76</v>
+      </c>
+      <c r="G775" s="1" t="s">
         <v>2819</v>
       </c>
-      <c r="B775" t="s">
-[...14 lines deleted...]
-      <c r="G775" s="1" t="s">
+      <c r="H775" t="s">
         <v>2820</v>
-      </c>
-[...1 lines deleted...]
-        <v>2821</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2822</v>
+        <v>2821</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>270</v>
+        <v>237</v>
       </c>
       <c r="D776" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E776" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F776" t="s">
         <v>110</v>
       </c>
       <c r="G776" s="1" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H776" t="s">
         <v>2823</v>
-      </c>
-[...1 lines deleted...]
-        <v>2824</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>241</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F777" t="s">
+        <v>13</v>
+      </c>
+      <c r="G777" s="1" t="s">
         <v>2825</v>
       </c>
-      <c r="B777" t="s">
-[...14 lines deleted...]
-      <c r="G777" s="1" t="s">
+      <c r="H777" t="s">
         <v>2826</v>
-      </c>
-[...1 lines deleted...]
-        <v>2827</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>246</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F778" t="s">
+        <v>26</v>
+      </c>
+      <c r="G778" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="B778" t="s">
-[...14 lines deleted...]
-      <c r="G778" s="1" t="s">
+      <c r="H778" t="s">
         <v>2829</v>
-      </c>
-[...1 lines deleted...]
-        <v>2830</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>250</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F779" t="s">
+        <v>110</v>
+      </c>
+      <c r="G779" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="B779" t="s">
-[...14 lines deleted...]
-      <c r="G779" s="1" t="s">
+      <c r="H779" t="s">
         <v>2832</v>
-      </c>
-[...1 lines deleted...]
-        <v>2833</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>254</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F780" t="s">
+        <v>26</v>
+      </c>
+      <c r="G780" s="1" t="s">
         <v>2834</v>
       </c>
-      <c r="B780" t="s">
-[...14 lines deleted...]
-      <c r="G780" s="1" t="s">
+      <c r="H780" t="s">
         <v>2835</v>
-      </c>
-[...1 lines deleted...]
-        <v>2836</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>258</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F781" t="s">
+        <v>13</v>
+      </c>
+      <c r="G781" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="B781" t="s">
-[...11 lines deleted...]
-      <c r="F781" t="s">
+      <c r="H781" t="s">
         <v>2838</v>
-      </c>
-[...4 lines deleted...]
-        <v>2840</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>262</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F782" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H782" t="s">
         <v>2841</v>
-      </c>
-[...19 lines deleted...]
-        <v>2843</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>266</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F783" t="s">
+        <v>110</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="H783" t="s">
         <v>2844</v>
-      </c>
-[...19 lines deleted...]
-        <v>2846</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>270</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F784" t="s">
+        <v>110</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H784" t="s">
         <v>2847</v>
-      </c>
-[...19 lines deleted...]
-        <v>2849</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>274</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F785" t="s">
+        <v>110</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="H785" t="s">
         <v>2850</v>
-      </c>
-[...19 lines deleted...]
-        <v>2852</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>278</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F786" t="s">
+        <v>89</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H786" t="s">
         <v>2853</v>
-      </c>
-[...19 lines deleted...]
-        <v>2855</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2856</v>
+        <v>2854</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>315</v>
+        <v>282</v>
       </c>
       <c r="D787" t="s">
-        <v>2637</v>
+        <v>2660</v>
       </c>
       <c r="E787" t="s">
-        <v>2638</v>
+        <v>2661</v>
       </c>
       <c r="F787" t="s">
         <v>76</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2857</v>
+        <v>2855</v>
       </c>
       <c r="H787" t="s">
-        <v>2858</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>286</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F788" t="s">
+        <v>2445</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="H788" t="s">
         <v>2859</v>
-      </c>
-[...19 lines deleted...]
-        <v>2861</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>290</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F789" t="s">
+        <v>2861</v>
+      </c>
+      <c r="G789" s="1" t="s">
         <v>2862</v>
       </c>
-      <c r="B789" t="s">
-[...14 lines deleted...]
-      <c r="G789" s="1" t="s">
+      <c r="H789" t="s">
         <v>2863</v>
-      </c>
-[...1 lines deleted...]
-        <v>2864</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>294</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F790" t="s">
+        <v>110</v>
+      </c>
+      <c r="G790" s="1" t="s">
         <v>2865</v>
       </c>
-      <c r="B790" t="s">
-[...14 lines deleted...]
-      <c r="G790" s="1" t="s">
+      <c r="H790" t="s">
         <v>2866</v>
-      </c>
-[...1 lines deleted...]
-        <v>2867</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>298</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F791" t="s">
+        <v>242</v>
+      </c>
+      <c r="G791" s="1" t="s">
         <v>2868</v>
       </c>
-      <c r="B791" t="s">
-[...14 lines deleted...]
-      <c r="G791" s="1" t="s">
+      <c r="H791" t="s">
         <v>2869</v>
-      </c>
-[...1 lines deleted...]
-        <v>2870</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>303</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F792" t="s">
+        <v>76</v>
+      </c>
+      <c r="G792" s="1" t="s">
         <v>2871</v>
       </c>
-      <c r="B792" t="s">
-[...14 lines deleted...]
-      <c r="G792" s="1" t="s">
+      <c r="H792" t="s">
         <v>2872</v>
-      </c>
-[...1 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>307</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F793" t="s">
+        <v>171</v>
+      </c>
+      <c r="G793" s="1" t="s">
         <v>2874</v>
       </c>
-      <c r="B793" t="s">
-[...14 lines deleted...]
-      <c r="G793" s="1" t="s">
+      <c r="H793" t="s">
         <v>2875</v>
-      </c>
-[...1 lines deleted...]
-        <v>2876</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>311</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F794" t="s">
+        <v>299</v>
+      </c>
+      <c r="G794" s="1" t="s">
         <v>2877</v>
       </c>
-      <c r="B794" t="s">
-[...14 lines deleted...]
-      <c r="G794" s="1" t="s">
+      <c r="H794" t="s">
         <v>2878</v>
-      </c>
-[...1 lines deleted...]
-        <v>2879</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>315</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F795" t="s">
+        <v>76</v>
+      </c>
+      <c r="G795" s="1" t="s">
         <v>2880</v>
       </c>
-      <c r="B795" t="s">
-[...5 lines deleted...]
-      <c r="D795" t="s">
+      <c r="H795" t="s">
         <v>2881</v>
-      </c>
-[...10 lines deleted...]
-        <v>2884</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2885</v>
+        <v>2882</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>17</v>
+        <v>319</v>
       </c>
       <c r="D796" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E796" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F796" t="s">
-        <v>2522</v>
+        <v>13</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2886</v>
+        <v>2883</v>
       </c>
       <c r="H796" t="s">
-        <v>2887</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2888</v>
+        <v>2885</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>21</v>
+        <v>323</v>
       </c>
       <c r="D797" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E797" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F797" t="s">
-        <v>2522</v>
+        <v>13</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2889</v>
+        <v>2886</v>
       </c>
       <c r="H797" t="s">
-        <v>2890</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2891</v>
+        <v>2888</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>25</v>
+        <v>327</v>
       </c>
       <c r="D798" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E798" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F798" t="s">
-        <v>2522</v>
+        <v>13</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2892</v>
+        <v>2889</v>
       </c>
       <c r="H798" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>331</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F799" t="s">
+        <v>13</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H799" t="s">
         <v>2893</v>
-      </c>
-[...19 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>335</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F800" t="s">
+        <v>13</v>
+      </c>
+      <c r="G800" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="B800" t="s">
-[...14 lines deleted...]
-      <c r="G800" s="1" t="s">
+      <c r="H800" t="s">
         <v>2896</v>
-      </c>
-[...1 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>2897</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>39</v>
+        <v>339</v>
       </c>
       <c r="D801" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E801" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F801" t="s">
-        <v>2522</v>
+        <v>76</v>
       </c>
       <c r="G801" s="1" t="s">
         <v>2898</v>
       </c>
       <c r="H801" t="s">
-        <v>2890</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>43</v>
+        <v>343</v>
       </c>
       <c r="D802" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E802" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F802" t="s">
-        <v>2522</v>
+        <v>76</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="H802" t="s">
-        <v>2887</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>47</v>
+        <v>347</v>
       </c>
       <c r="D803" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E803" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F803" t="s">
-        <v>2522</v>
+        <v>216</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="H803" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>51</v>
+        <v>351</v>
       </c>
       <c r="D804" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E804" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F804" t="s">
-        <v>2522</v>
+        <v>76</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2905</v>
+        <v>2907</v>
       </c>
       <c r="H804" t="s">
-        <v>2887</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>55</v>
+        <v>355</v>
       </c>
       <c r="D805" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E805" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F805" t="s">
-        <v>2522</v>
+        <v>13</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2907</v>
+        <v>2156</v>
       </c>
       <c r="H805" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>59</v>
+        <v>359</v>
       </c>
       <c r="D806" t="s">
-        <v>2881</v>
+        <v>2660</v>
       </c>
       <c r="E806" t="s">
-        <v>2882</v>
+        <v>2661</v>
       </c>
       <c r="F806" t="s">
-        <v>2522</v>
+        <v>76</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="H806" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D807" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E807" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F807" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
       <c r="H807" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>17</v>
+      </c>
+      <c r="D808" t="s">
         <v>2915</v>
       </c>
-      <c r="B808" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E808" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F808" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
       <c r="H808" t="s">
-        <v>2887</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2917</v>
+        <v>2922</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="D809" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E809" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F809" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2918</v>
+        <v>2923</v>
       </c>
       <c r="H809" t="s">
-        <v>2919</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2920</v>
+        <v>2925</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="D810" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E810" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F810" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G810" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="H810" t="s">
         <v>2921</v>
-      </c>
-[...1 lines deleted...]
-        <v>2922</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="D811" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E811" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F811" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="H811" t="s">
-        <v>2925</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="D812" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E812" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F812" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
       <c r="H812" t="s">
-        <v>2573</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="D813" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E813" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F813" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="H813" t="s">
-        <v>2903</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="D814" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E814" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F814" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
       <c r="H814" t="s">
-        <v>2932</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2933</v>
+        <v>2935</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="D815" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E815" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F815" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2934</v>
+        <v>2936</v>
       </c>
       <c r="H815" t="s">
-        <v>2935</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2936</v>
+        <v>2938</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="D816" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E816" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F816" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2937</v>
+        <v>2939</v>
       </c>
       <c r="H816" t="s">
-        <v>2938</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="D817" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E817" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F817" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="H817" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D818" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E818" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F818" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="H818" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="D819" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E819" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F819" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="H819" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="D820" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E820" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F820" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="H820" t="s">
-        <v>2950</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>2951</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>122</v>
+        <v>71</v>
       </c>
       <c r="D821" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E821" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F821" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G821" s="1" t="s">
         <v>2952</v>
       </c>
       <c r="H821" t="s">
         <v>2953</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>2954</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="D822" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E822" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F822" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G822" s="1" t="s">
         <v>2955</v>
       </c>
       <c r="H822" t="s">
         <v>2956</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>2957</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="D823" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E823" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F823" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G823" s="1" t="s">
         <v>2958</v>
       </c>
       <c r="H823" t="s">
         <v>2959</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>2960</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D824" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E824" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F824" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G824" s="1" t="s">
         <v>2961</v>
       </c>
       <c r="H824" t="s">
-        <v>2962</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>88</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E825" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F825" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G825" s="1" t="s">
         <v>2963</v>
       </c>
-      <c r="B825" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H825" t="s">
-        <v>2965</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>93</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E826" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F826" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="H826" t="s">
         <v>2966</v>
-      </c>
-[...19 lines deleted...]
-        <v>2968</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>97</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E827" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F827" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H827" t="s">
         <v>2969</v>
-      </c>
-[...19 lines deleted...]
-        <v>2971</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>101</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E828" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F828" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>2971</v>
+      </c>
+      <c r="H828" t="s">
         <v>2972</v>
-      </c>
-[...19 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>105</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F829" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>2974</v>
+      </c>
+      <c r="H829" t="s">
         <v>2975</v>
-      </c>
-[...19 lines deleted...]
-        <v>2977</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>109</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E830" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F830" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="H830" t="s">
         <v>2978</v>
-      </c>
-[...19 lines deleted...]
-        <v>2980</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
+        <v>2979</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>114</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E831" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F831" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H831" t="s">
         <v>2981</v>
-      </c>
-[...19 lines deleted...]
-        <v>2983</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>118</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E832" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F832" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H832" t="s">
         <v>2984</v>
-      </c>
-[...19 lines deleted...]
-        <v>2986</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>122</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E833" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F833" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H833" t="s">
         <v>2987</v>
-      </c>
-[...19 lines deleted...]
-        <v>2989</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>126</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E834" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F834" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H834" t="s">
         <v>2990</v>
-      </c>
-[...19 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>130</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E835" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F835" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G835" s="1" t="s">
         <v>2992</v>
       </c>
-      <c r="B835" t="s">
-[...14 lines deleted...]
-      <c r="G835" s="1" t="s">
+      <c r="H835" t="s">
         <v>2993</v>
-      </c>
-[...1 lines deleted...]
-        <v>2994</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>134</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F836" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G836" s="1" t="s">
         <v>2995</v>
       </c>
-      <c r="B836" t="s">
-[...14 lines deleted...]
-      <c r="G836" s="1" t="s">
+      <c r="H836" t="s">
         <v>2996</v>
-      </c>
-[...1 lines deleted...]
-        <v>2997</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>138</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F837" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G837" s="1" t="s">
         <v>2998</v>
       </c>
-      <c r="B837" t="s">
-[...14 lines deleted...]
-      <c r="G837" s="1" t="s">
+      <c r="H837" t="s">
         <v>2999</v>
-      </c>
-[...1 lines deleted...]
-        <v>3000</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>142</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F838" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G838" s="1" t="s">
         <v>3001</v>
       </c>
-      <c r="B838" t="s">
-[...14 lines deleted...]
-      <c r="G838" s="1" t="s">
+      <c r="H838" t="s">
         <v>3002</v>
-      </c>
-[...1 lines deleted...]
-        <v>3003</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>146</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E839" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F839" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G839" s="1" t="s">
         <v>3004</v>
       </c>
-      <c r="B839" t="s">
-[...14 lines deleted...]
-      <c r="G839" s="1" t="s">
+      <c r="H839" t="s">
         <v>3005</v>
-      </c>
-[...1 lines deleted...]
-        <v>2617</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>3006</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>199</v>
+        <v>150</v>
       </c>
       <c r="D840" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E840" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F840" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G840" s="1" t="s">
         <v>3007</v>
       </c>
       <c r="H840" t="s">
         <v>3008</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>3009</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>203</v>
+        <v>154</v>
       </c>
       <c r="D841" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E841" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F841" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G841" s="1" t="s">
         <v>3010</v>
       </c>
       <c r="H841" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>3012</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>207</v>
+        <v>158</v>
       </c>
       <c r="D842" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E842" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F842" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G842" s="1" t="s">
         <v>3013</v>
       </c>
       <c r="H842" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>3015</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>211</v>
+        <v>162</v>
       </c>
       <c r="D843" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E843" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F843" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G843" s="1" t="s">
         <v>3016</v>
       </c>
       <c r="H843" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>3018</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>215</v>
+        <v>166</v>
       </c>
       <c r="D844" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E844" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F844" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G844" s="1" t="s">
         <v>3019</v>
       </c>
       <c r="H844" t="s">
         <v>3020</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>3021</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>220</v>
+        <v>170</v>
       </c>
       <c r="D845" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E845" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F845" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G845" s="1" t="s">
         <v>3022</v>
       </c>
       <c r="H845" t="s">
         <v>3023</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>3024</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>224</v>
+        <v>175</v>
       </c>
       <c r="D846" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E846" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F846" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G846" s="1" t="s">
         <v>3025</v>
       </c>
       <c r="H846" t="s">
-        <v>3026</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>179</v>
+      </c>
+      <c r="D847" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E847" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F847" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G847" s="1" t="s">
         <v>3027</v>
       </c>
-      <c r="B847" t="s">
-[...14 lines deleted...]
-      <c r="G847" s="1" t="s">
+      <c r="H847" t="s">
         <v>3028</v>
-      </c>
-[...1 lines deleted...]
-        <v>3029</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>183</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E848" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F848" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G848" s="1" t="s">
         <v>3030</v>
       </c>
-      <c r="B848" t="s">
-[...14 lines deleted...]
-      <c r="G848" s="1" t="s">
+      <c r="H848" t="s">
         <v>3031</v>
-      </c>
-[...1 lines deleted...]
-        <v>3032</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>187</v>
+      </c>
+      <c r="D849" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E849" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F849" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G849" s="1" t="s">
         <v>3033</v>
       </c>
-      <c r="B849" t="s">
-[...14 lines deleted...]
-      <c r="G849" s="1" t="s">
+      <c r="H849" t="s">
         <v>3034</v>
-      </c>
-[...1 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>3035</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>241</v>
+        <v>191</v>
       </c>
       <c r="D850" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E850" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F850" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G850" s="1" t="s">
         <v>3036</v>
       </c>
       <c r="H850" t="s">
         <v>3037</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>3038</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>246</v>
+        <v>195</v>
       </c>
       <c r="D851" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E851" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F851" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G851" s="1" t="s">
         <v>3039</v>
       </c>
       <c r="H851" t="s">
-        <v>3040</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>199</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E852" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G852" s="1" t="s">
         <v>3041</v>
       </c>
-      <c r="B852" t="s">
-[...14 lines deleted...]
-      <c r="G852" s="1" t="s">
+      <c r="H852" t="s">
         <v>3042</v>
-      </c>
-[...1 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>3043</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>254</v>
+        <v>203</v>
       </c>
       <c r="D853" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E853" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F853" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G853" s="1" t="s">
         <v>3044</v>
       </c>
       <c r="H853" t="s">
         <v>3045</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>3046</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>258</v>
+        <v>207</v>
       </c>
       <c r="D854" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E854" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F854" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G854" s="1" t="s">
         <v>3047</v>
       </c>
       <c r="H854" t="s">
         <v>3048</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>3049</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>262</v>
+        <v>211</v>
       </c>
       <c r="D855" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E855" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F855" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G855" s="1" t="s">
         <v>3050</v>
       </c>
       <c r="H855" t="s">
-        <v>2887</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>266</v>
+        <v>215</v>
       </c>
       <c r="D856" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E856" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F856" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="H856" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="D857" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E857" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F857" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="H857" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>274</v>
+        <v>224</v>
       </c>
       <c r="D858" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E858" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F858" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="H858" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>278</v>
+        <v>229</v>
       </c>
       <c r="D859" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E859" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F859" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="H859" t="s">
-        <v>2884</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>282</v>
+        <v>233</v>
       </c>
       <c r="D860" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E860" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F860" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="H860" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>286</v>
+        <v>237</v>
       </c>
       <c r="D861" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E861" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F861" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="H861" t="s">
-        <v>3067</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>290</v>
+        <v>241</v>
       </c>
       <c r="D862" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E862" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F862" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="H862" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>294</v>
+        <v>246</v>
       </c>
       <c r="D863" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E863" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F863" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="H863" t="s">
-        <v>3003</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>298</v>
+        <v>250</v>
       </c>
       <c r="D864" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E864" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F864" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="H864" t="s">
-        <v>3059</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>303</v>
+        <v>254</v>
       </c>
       <c r="D865" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E865" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F865" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
       <c r="H865" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>307</v>
+        <v>258</v>
       </c>
       <c r="D866" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E866" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F866" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>3079</v>
+        <v>3081</v>
       </c>
       <c r="H866" t="s">
-        <v>3080</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="D867" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E867" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F867" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="H867" t="s">
-        <v>3083</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>315</v>
+        <v>266</v>
       </c>
       <c r="D868" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E868" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F868" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="H868" t="s">
-        <v>3080</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>319</v>
+        <v>270</v>
       </c>
       <c r="D869" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E869" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F869" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3087</v>
+        <v>3089</v>
       </c>
       <c r="H869" t="s">
-        <v>3080</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>323</v>
+        <v>274</v>
       </c>
       <c r="D870" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E870" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F870" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3089</v>
+        <v>3092</v>
       </c>
       <c r="H870" t="s">
-        <v>2884</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>327</v>
+        <v>278</v>
       </c>
       <c r="D871" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E871" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F871" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="H871" t="s">
-        <v>3092</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3093</v>
+        <v>3096</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>331</v>
+        <v>282</v>
       </c>
       <c r="D872" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E872" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F872" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3094</v>
+        <v>3097</v>
       </c>
       <c r="H872" t="s">
-        <v>3095</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3096</v>
+        <v>3099</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>335</v>
+        <v>286</v>
       </c>
       <c r="D873" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E873" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F873" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>3097</v>
+        <v>3100</v>
       </c>
       <c r="H873" t="s">
-        <v>3098</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3099</v>
+        <v>3102</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>339</v>
+        <v>290</v>
       </c>
       <c r="D874" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E874" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F874" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
       <c r="H874" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>343</v>
+        <v>294</v>
       </c>
       <c r="D875" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E875" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F875" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
       <c r="H875" t="s">
-        <v>3080</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>347</v>
+        <v>298</v>
       </c>
       <c r="D876" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E876" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F876" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
       <c r="H876" t="s">
-        <v>3106</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>351</v>
+        <v>303</v>
       </c>
       <c r="D877" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E877" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F877" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>3108</v>
+        <v>3110</v>
       </c>
       <c r="H877" t="s">
-        <v>3109</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>355</v>
+        <v>307</v>
       </c>
       <c r="D878" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E878" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F878" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="H878" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>359</v>
+        <v>311</v>
       </c>
       <c r="D879" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E879" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F879" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="H879" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>363</v>
+        <v>315</v>
       </c>
       <c r="D880" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E880" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F880" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="H880" t="s">
-        <v>3053</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>367</v>
+        <v>319</v>
       </c>
       <c r="D881" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E881" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F881" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="H881" t="s">
-        <v>3115</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>371</v>
+        <v>323</v>
       </c>
       <c r="D882" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E882" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F882" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="H882" t="s">
-        <v>3122</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3123</v>
+        <v>3124</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>375</v>
+        <v>327</v>
       </c>
       <c r="D883" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E883" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F883" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="H883" t="s">
-        <v>3115</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>379</v>
+        <v>331</v>
       </c>
       <c r="D884" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E884" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F884" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="H884" t="s">
-        <v>2884</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>384</v>
+        <v>335</v>
       </c>
       <c r="D885" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E885" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F885" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
       <c r="H885" t="s">
-        <v>3115</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>388</v>
+        <v>339</v>
       </c>
       <c r="D886" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E886" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F886" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="H886" t="s">
-        <v>2884</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3131</v>
+        <v>3136</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>392</v>
+        <v>343</v>
       </c>
       <c r="D887" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E887" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F887" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>3132</v>
+        <v>3137</v>
       </c>
       <c r="H887" t="s">
-        <v>2986</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3133</v>
+        <v>3138</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>396</v>
+        <v>347</v>
       </c>
       <c r="D888" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E888" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F888" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>3134</v>
+        <v>3139</v>
       </c>
       <c r="H888" t="s">
-        <v>3135</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3136</v>
+        <v>3141</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>400</v>
+        <v>351</v>
       </c>
       <c r="D889" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E889" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F889" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>3137</v>
+        <v>3142</v>
       </c>
       <c r="H889" t="s">
-        <v>3138</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3139</v>
+        <v>3144</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>405</v>
+        <v>355</v>
       </c>
       <c r="D890" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E890" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F890" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>3140</v>
+        <v>3145</v>
       </c>
       <c r="H890" t="s">
-        <v>3141</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3142</v>
+        <v>3147</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="D891" t="s">
-        <v>2881</v>
+        <v>2915</v>
       </c>
       <c r="E891" t="s">
-        <v>2882</v>
+        <v>2916</v>
       </c>
       <c r="F891" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>3143</v>
+        <v>3148</v>
       </c>
       <c r="H891" t="s">
-        <v>3144</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3145</v>
+        <v>3150</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>10</v>
+        <v>363</v>
       </c>
       <c r="D892" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E892" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F892" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="H892" t="s">
-        <v>3149</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>17</v>
+        <v>367</v>
       </c>
       <c r="D893" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E893" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F893" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="H893" t="s">
-        <v>3152</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>21</v>
+        <v>371</v>
       </c>
       <c r="D894" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E894" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F894" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
       <c r="H894" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="D895" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E895" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F895" t="s">
-        <v>171</v>
+        <v>2534</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="H895" t="s">
-        <v>3158</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>3159</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>30</v>
+        <v>379</v>
       </c>
       <c r="D896" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E896" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F896" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>3160</v>
       </c>
       <c r="H896" t="s">
-        <v>3161</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
+        <v>3161</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>384</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F897" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G897" s="1" t="s">
         <v>3162</v>
       </c>
-      <c r="B897" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H897" t="s">
-        <v>3164</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3165</v>
+        <v>3163</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>39</v>
+        <v>388</v>
       </c>
       <c r="D898" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E898" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F898" t="s">
-        <v>225</v>
+        <v>2534</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>3166</v>
+        <v>3164</v>
       </c>
       <c r="H898" t="s">
-        <v>3167</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3168</v>
+        <v>3165</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>43</v>
+        <v>392</v>
       </c>
       <c r="D899" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E899" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F899" t="s">
-        <v>2433</v>
+        <v>2534</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>3169</v>
+        <v>3166</v>
       </c>
       <c r="H899" t="s">
-        <v>3170</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3171</v>
+        <v>3167</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>47</v>
+        <v>396</v>
       </c>
       <c r="D900" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E900" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F900" t="s">
-        <v>89</v>
+        <v>2534</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3172</v>
+        <v>3168</v>
       </c>
       <c r="H900" t="s">
-        <v>3173</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3174</v>
+        <v>3170</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>51</v>
+        <v>400</v>
       </c>
       <c r="D901" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E901" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F901" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3175</v>
+        <v>3171</v>
       </c>
       <c r="H901" t="s">
-        <v>3176</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3177</v>
+        <v>3173</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>55</v>
+        <v>405</v>
       </c>
       <c r="D902" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E902" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F902" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3178</v>
+        <v>3174</v>
       </c>
       <c r="H902" t="s">
-        <v>3179</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3180</v>
+        <v>3176</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>59</v>
+        <v>409</v>
       </c>
       <c r="D903" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E903" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F903" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3181</v>
+        <v>3177</v>
       </c>
       <c r="H903" t="s">
-        <v>3182</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3183</v>
+        <v>3179</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>63</v>
+        <v>413</v>
       </c>
       <c r="D904" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E904" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F904" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>3180</v>
+      </c>
+      <c r="H904" t="s">
         <v>3146</v>
-      </c>
-[...10 lines deleted...]
-        <v>3185</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3186</v>
+        <v>3181</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>67</v>
+        <v>417</v>
       </c>
       <c r="D905" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E905" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F905" t="s">
-        <v>242</v>
+        <v>2534</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>3187</v>
+        <v>3182</v>
       </c>
       <c r="H905" t="s">
-        <v>3188</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3189</v>
+        <v>3184</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>71</v>
+        <v>421</v>
       </c>
       <c r="D906" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E906" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F906" t="s">
-        <v>76</v>
+        <v>2534</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>3190</v>
+        <v>3185</v>
       </c>
       <c r="H906" t="s">
-        <v>3191</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3192</v>
+        <v>3186</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>75</v>
+        <v>425</v>
       </c>
       <c r="D907" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E907" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F907" t="s">
-        <v>35</v>
+        <v>2534</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>3193</v>
+        <v>3187</v>
       </c>
       <c r="H907" t="s">
-        <v>3194</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>3195</v>
+        <v>3189</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>80</v>
+        <v>429</v>
       </c>
       <c r="D908" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E908" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F908" t="s">
-        <v>26</v>
+        <v>2534</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>3196</v>
+        <v>3190</v>
       </c>
       <c r="H908" t="s">
-        <v>3197</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>3198</v>
+        <v>3192</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>84</v>
+        <v>433</v>
       </c>
       <c r="D909" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E909" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F909" t="s">
-        <v>1292</v>
+        <v>2534</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>3199</v>
+        <v>3193</v>
       </c>
       <c r="H909" t="s">
-        <v>3200</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>3201</v>
+        <v>3194</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>88</v>
+        <v>437</v>
       </c>
       <c r="D910" t="s">
-        <v>3146</v>
+        <v>2915</v>
       </c>
       <c r="E910" t="s">
-        <v>3147</v>
+        <v>2916</v>
       </c>
       <c r="F910" t="s">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>3202</v>
+        <v>3195</v>
       </c>
       <c r="H910" t="s">
-        <v>3203</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3204</v>
+        <v>3197</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="D911" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E911" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F911" t="s">
-        <v>225</v>
+        <v>2550</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>3205</v>
+        <v>3200</v>
       </c>
       <c r="H911" t="s">
-        <v>3206</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>3207</v>
+        <v>3202</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="D912" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E912" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F912" t="s">
-        <v>1186</v>
+        <v>2550</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>3208</v>
+        <v>3203</v>
       </c>
       <c r="H912" t="s">
-        <v>3209</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>3210</v>
+        <v>3205</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="D913" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E913" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F913" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>3211</v>
+        <v>3206</v>
       </c>
       <c r="H913" t="s">
-        <v>3212</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3213</v>
+        <v>3208</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="D914" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E914" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F914" t="s">
-        <v>1186</v>
+        <v>171</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3214</v>
+        <v>3209</v>
       </c>
       <c r="H914" t="s">
-        <v>3215</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3216</v>
+        <v>3211</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="D915" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E915" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F915" t="s">
-        <v>216</v>
+        <v>2550</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>3217</v>
+        <v>3212</v>
       </c>
       <c r="H915" t="s">
-        <v>3218</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>3219</v>
+        <v>3214</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="D916" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E916" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F916" t="s">
-        <v>3220</v>
+        <v>26</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>3221</v>
+        <v>3215</v>
       </c>
       <c r="H916" t="s">
-        <v>3222</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>3223</v>
+        <v>3217</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="D917" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E917" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F917" t="s">
-        <v>2538</v>
+        <v>225</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>3224</v>
+        <v>3218</v>
       </c>
       <c r="H917" t="s">
-        <v>3225</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>3226</v>
+        <v>3220</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="D918" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E918" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F918" t="s">
-        <v>110</v>
+        <v>2445</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3227</v>
+        <v>3221</v>
       </c>
       <c r="H918" t="s">
-        <v>3228</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3229</v>
+        <v>3223</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="D919" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E919" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F919" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3230</v>
+        <v>3224</v>
       </c>
       <c r="H919" t="s">
-        <v>3231</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3232</v>
+        <v>3226</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
       <c r="D920" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E920" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F920" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>3233</v>
+        <v>3227</v>
       </c>
       <c r="H920" t="s">
-        <v>3234</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3235</v>
+        <v>3229</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>134</v>
+        <v>55</v>
       </c>
       <c r="D921" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E921" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F921" t="s">
-        <v>1292</v>
+        <v>2550</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3236</v>
+        <v>3230</v>
       </c>
       <c r="H921" t="s">
-        <v>3237</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3238</v>
+        <v>3232</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="D922" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E922" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F922" t="s">
-        <v>3239</v>
+        <v>2550</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3240</v>
+        <v>3233</v>
       </c>
       <c r="H922" t="s">
-        <v>3241</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3242</v>
+        <v>3235</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>142</v>
+        <v>63</v>
       </c>
       <c r="D923" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E923" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F923" t="s">
-        <v>1574</v>
+        <v>242</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3243</v>
+        <v>3236</v>
       </c>
       <c r="H923" t="s">
-        <v>3244</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>3245</v>
+        <v>3238</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>146</v>
+        <v>67</v>
       </c>
       <c r="D924" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E924" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F924" t="s">
-        <v>1215</v>
+        <v>242</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3246</v>
+        <v>3239</v>
       </c>
       <c r="H924" t="s">
-        <v>3247</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>3248</v>
+        <v>3241</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="D925" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E925" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F925" t="s">
-        <v>1215</v>
+        <v>76</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>3249</v>
+        <v>3242</v>
       </c>
       <c r="H925" t="s">
-        <v>3250</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>3251</v>
+        <v>3244</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="D926" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E926" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F926" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>3252</v>
+        <v>3245</v>
       </c>
       <c r="H926" t="s">
-        <v>3253</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>3254</v>
+        <v>3247</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>158</v>
+        <v>80</v>
       </c>
       <c r="D927" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E927" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F927" t="s">
-        <v>2538</v>
+        <v>26</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>3255</v>
+        <v>3248</v>
       </c>
       <c r="H927" t="s">
-        <v>3256</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>3257</v>
+        <v>3250</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="D928" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E928" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F928" t="s">
-        <v>1574</v>
+        <v>1292</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>3258</v>
+        <v>3251</v>
       </c>
       <c r="H928" t="s">
-        <v>3259</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>3260</v>
+        <v>3253</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>166</v>
+        <v>88</v>
       </c>
       <c r="D929" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E929" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F929" t="s">
-        <v>35</v>
+        <v>2550</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>2153</v>
+        <v>3254</v>
       </c>
       <c r="H929" t="s">
-        <v>3261</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>3262</v>
+        <v>3256</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>170</v>
+        <v>93</v>
       </c>
       <c r="D930" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E930" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F930" t="s">
-        <v>76</v>
+        <v>225</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>3263</v>
+        <v>3257</v>
       </c>
       <c r="H930" t="s">
-        <v>3264</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3265</v>
+        <v>3259</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>175</v>
+        <v>97</v>
       </c>
       <c r="D931" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E931" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F931" t="s">
-        <v>13</v>
+        <v>1186</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3266</v>
+        <v>3260</v>
       </c>
       <c r="H931" t="s">
-        <v>3267</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>3268</v>
+        <v>3262</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="D932" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E932" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F932" t="s">
-        <v>26</v>
+        <v>2550</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>3269</v>
+        <v>3263</v>
       </c>
       <c r="H932" t="s">
-        <v>3270</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>3271</v>
+        <v>3265</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>183</v>
+        <v>105</v>
       </c>
       <c r="D933" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E933" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F933" t="s">
-        <v>299</v>
+        <v>1186</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>3272</v>
+        <v>3266</v>
       </c>
       <c r="H933" t="s">
-        <v>3273</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>3274</v>
+        <v>3268</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>187</v>
+        <v>109</v>
       </c>
       <c r="D934" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E934" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F934" t="s">
-        <v>299</v>
+        <v>216</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>3275</v>
+        <v>3269</v>
       </c>
       <c r="H934" t="s">
-        <v>3276</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>3277</v>
+        <v>3271</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>191</v>
+        <v>114</v>
       </c>
       <c r="D935" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E935" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F935" t="s">
-        <v>380</v>
+        <v>3272</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>3278</v>
+        <v>3273</v>
       </c>
       <c r="H935" t="s">
-        <v>3279</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>3280</v>
+        <v>3275</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>195</v>
+        <v>118</v>
       </c>
       <c r="D936" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E936" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F936" t="s">
-        <v>380</v>
+        <v>2550</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>3281</v>
+        <v>3276</v>
       </c>
       <c r="H936" t="s">
-        <v>3282</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>3283</v>
+        <v>3278</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="D937" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E937" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F937" t="s">
-        <v>216</v>
+        <v>110</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>3284</v>
+        <v>3279</v>
       </c>
       <c r="H937" t="s">
-        <v>3285</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>3286</v>
+        <v>3281</v>
       </c>
       <c r="B938" t="s">
         <v>9</v>
       </c>
       <c r="C938" t="s">
-        <v>203</v>
+        <v>126</v>
       </c>
       <c r="D938" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E938" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F938" t="s">
-        <v>2538</v>
+        <v>110</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>3287</v>
+        <v>3282</v>
       </c>
       <c r="H938" t="s">
-        <v>3288</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>3289</v>
+        <v>3284</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>207</v>
+        <v>130</v>
       </c>
       <c r="D939" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E939" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F939" t="s">
-        <v>2538</v>
+        <v>2550</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>3290</v>
+        <v>3285</v>
       </c>
       <c r="H939" t="s">
-        <v>3291</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
-        <v>3292</v>
+        <v>3287</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>211</v>
+        <v>134</v>
       </c>
       <c r="D940" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E940" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F940" t="s">
-        <v>89</v>
+        <v>1292</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>3293</v>
+        <v>3288</v>
       </c>
       <c r="H940" t="s">
-        <v>3294</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
-        <v>3295</v>
+        <v>3290</v>
       </c>
       <c r="B941" t="s">
         <v>9</v>
       </c>
       <c r="C941" t="s">
-        <v>215</v>
+        <v>138</v>
       </c>
       <c r="D941" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E941" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F941" t="s">
-        <v>2538</v>
+        <v>3291</v>
       </c>
       <c r="G941" s="1" t="s">
-        <v>3296</v>
+        <v>3292</v>
       </c>
       <c r="H941" t="s">
-        <v>3297</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>3298</v>
+        <v>3294</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="D942" t="s">
-        <v>3146</v>
+        <v>3198</v>
       </c>
       <c r="E942" t="s">
-        <v>3147</v>
+        <v>3199</v>
       </c>
       <c r="F942" t="s">
-        <v>76</v>
+        <v>1574</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>3299</v>
+        <v>3295</v>
       </c>
       <c r="H942" t="s">
-        <v>3300</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
-        <v>3301</v>
+        <v>3297</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D943" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E943" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F943" t="s">
-        <v>299</v>
+        <v>1215</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>3304</v>
+        <v>3298</v>
       </c>
       <c r="H943" t="s">
-        <v>3305</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>3306</v>
+        <v>3300</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="D944" t="s">
+        <v>3198</v>
+      </c>
+      <c r="E944" t="s">
+        <v>3199</v>
+      </c>
+      <c r="F944" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H944" t="s">
         <v>3302</v>
-      </c>
-[...10 lines deleted...]
-        <v>3308</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>3309</v>
+        <v>3303</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="D945" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E945" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F945" t="s">
-        <v>2433</v>
+        <v>13</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>3310</v>
+        <v>3304</v>
       </c>
       <c r="H945" t="s">
-        <v>3311</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>3312</v>
+        <v>3306</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="D946" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E946" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F946" t="s">
-        <v>3313</v>
+        <v>2550</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>3314</v>
+        <v>3307</v>
       </c>
       <c r="H946" t="s">
-        <v>3315</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>3316</v>
+        <v>3309</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>30</v>
+        <v>162</v>
       </c>
       <c r="D947" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E947" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F947" t="s">
-        <v>76</v>
+        <v>1574</v>
       </c>
       <c r="G947" s="1" t="s">
-        <v>3317</v>
+        <v>3310</v>
       </c>
       <c r="H947" t="s">
-        <v>3318</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>3319</v>
+        <v>3312</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>34</v>
+        <v>166</v>
       </c>
       <c r="D948" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E948" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F948" t="s">
-        <v>2538</v>
+        <v>35</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>3320</v>
+        <v>3313</v>
       </c>
       <c r="H948" t="s">
-        <v>3321</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>3322</v>
+        <v>3315</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="D949" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E949" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F949" t="s">
-        <v>2538</v>
+        <v>76</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>3323</v>
+        <v>3316</v>
       </c>
       <c r="H949" t="s">
-        <v>3324</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>3325</v>
+        <v>3318</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>43</v>
+        <v>175</v>
       </c>
       <c r="D950" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E950" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F950" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>3326</v>
+        <v>3319</v>
       </c>
       <c r="H950" t="s">
-        <v>3327</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>3328</v>
+        <v>3321</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>47</v>
+        <v>179</v>
       </c>
       <c r="D951" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E951" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F951" t="s">
-        <v>2538</v>
+        <v>26</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>3329</v>
+        <v>3322</v>
       </c>
       <c r="H951" t="s">
-        <v>3330</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>3331</v>
+        <v>3324</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="D952" t="s">
-        <v>3302</v>
+        <v>3198</v>
       </c>
       <c r="E952" t="s">
-        <v>3303</v>
+        <v>3199</v>
       </c>
       <c r="F952" t="s">
-        <v>1292</v>
+        <v>299</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>3332</v>
+        <v>3325</v>
       </c>
       <c r="H952" t="s">
-        <v>3333</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>3334</v>
+        <v>3327</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>10</v>
+        <v>187</v>
       </c>
       <c r="D953" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E953" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F953" t="s">
-        <v>35</v>
+        <v>299</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>3337</v>
+        <v>3328</v>
       </c>
       <c r="H953" t="s">
-        <v>3338</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>3339</v>
+        <v>3330</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="D954" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E954" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F954" t="s">
-        <v>216</v>
+        <v>380</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>3340</v>
+        <v>3331</v>
       </c>
       <c r="H954" t="s">
-        <v>3341</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
-        <v>3342</v>
+        <v>3333</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="D955" t="s">
+        <v>3198</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3199</v>
+      </c>
+      <c r="F955" t="s">
+        <v>380</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>3334</v>
+      </c>
+      <c r="H955" t="s">
         <v>3335</v>
-      </c>
-[...10 lines deleted...]
-        <v>3344</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>3345</v>
+        <v>3336</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="D956" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E956" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F956" t="s">
-        <v>1292</v>
+        <v>216</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>3346</v>
+        <v>3337</v>
       </c>
       <c r="H956" t="s">
-        <v>3347</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>3348</v>
+        <v>3339</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="D957" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E957" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F957" t="s">
-        <v>3349</v>
+        <v>2550</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>3350</v>
+        <v>3340</v>
       </c>
       <c r="H957" t="s">
-        <v>3351</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>3352</v>
+        <v>3342</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="D958" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E958" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F958" t="s">
-        <v>3349</v>
+        <v>2550</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>3353</v>
+        <v>3343</v>
       </c>
       <c r="H958" t="s">
-        <v>3354</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>3355</v>
+        <v>3345</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="D959" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E959" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F959" t="s">
-        <v>2433</v>
+        <v>89</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>3356</v>
+        <v>3346</v>
       </c>
       <c r="H959" t="s">
-        <v>3357</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>3358</v>
+        <v>3348</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
-        <v>43</v>
+        <v>215</v>
       </c>
       <c r="D960" t="s">
-        <v>3335</v>
+        <v>3198</v>
       </c>
       <c r="E960" t="s">
-        <v>3336</v>
+        <v>3199</v>
       </c>
       <c r="F960" t="s">
-        <v>110</v>
+        <v>2550</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>3359</v>
+        <v>3349</v>
       </c>
       <c r="H960" t="s">
-        <v>3360</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>3361</v>
+        <v>3351</v>
       </c>
       <c r="B961" t="s">
         <v>9</v>
       </c>
       <c r="C961" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="D961" t="s">
-        <v>3362</v>
+        <v>3198</v>
       </c>
       <c r="E961" t="s">
-        <v>3363</v>
+        <v>3199</v>
       </c>
       <c r="F961" t="s">
-        <v>2538</v>
+        <v>76</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>3364</v>
+        <v>3352</v>
       </c>
       <c r="H961" t="s">
-        <v>3365</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>3366</v>
+        <v>3354</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
-        <v>10</v>
+        <v>224</v>
       </c>
       <c r="D962" t="s">
-        <v>3367</v>
+        <v>3198</v>
       </c>
       <c r="E962" t="s">
-        <v>3368</v>
+        <v>3199</v>
       </c>
       <c r="F962" t="s">
-        <v>2433</v>
+        <v>2550</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>3369</v>
+        <v>3355</v>
       </c>
       <c r="H962" t="s">
-        <v>3370</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>3371</v>
+        <v>3357</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
         <v>10</v>
       </c>
       <c r="D963" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E963" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F963" t="s">
-        <v>3374</v>
+        <v>299</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>3375</v>
+        <v>3360</v>
       </c>
       <c r="H963" t="s">
-        <v>3376</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>3377</v>
+        <v>3362</v>
       </c>
       <c r="B964" t="s">
         <v>9</v>
       </c>
       <c r="C964" t="s">
         <v>17</v>
       </c>
       <c r="D964" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E964" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F964" t="s">
-        <v>3378</v>
+        <v>76</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>3379</v>
+        <v>3363</v>
       </c>
       <c r="H964" t="s">
-        <v>3380</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>3381</v>
+        <v>3365</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
         <v>21</v>
       </c>
       <c r="D965" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E965" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F965" t="s">
-        <v>3378</v>
+        <v>2445</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>3382</v>
+        <v>3366</v>
       </c>
       <c r="H965" t="s">
-        <v>3383</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
-        <v>3384</v>
+        <v>3368</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
         <v>25</v>
       </c>
       <c r="D966" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E966" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F966" t="s">
-        <v>3378</v>
+        <v>3369</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>3385</v>
+        <v>3370</v>
       </c>
       <c r="H966" t="s">
-        <v>3386</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>3387</v>
+        <v>3372</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
         <v>30</v>
       </c>
       <c r="D967" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E967" t="s">
+        <v>3359</v>
+      </c>
+      <c r="F967" t="s">
+        <v>76</v>
+      </c>
+      <c r="G967" s="1" t="s">
         <v>3373</v>
       </c>
-      <c r="F967" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H967" t="s">
-        <v>3389</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>3390</v>
+        <v>3375</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
         <v>34</v>
       </c>
       <c r="D968" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E968" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F968" t="s">
-        <v>3378</v>
+        <v>2550</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>3391</v>
+        <v>3376</v>
       </c>
       <c r="H968" t="s">
-        <v>3392</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>3393</v>
+        <v>3378</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
         <v>39</v>
       </c>
       <c r="D969" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E969" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F969" t="s">
-        <v>3378</v>
+        <v>2550</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>3394</v>
+        <v>3379</v>
       </c>
       <c r="H969" t="s">
-        <v>3395</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
-        <v>3396</v>
+        <v>3381</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
         <v>43</v>
       </c>
       <c r="D970" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E970" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F970" t="s">
-        <v>3374</v>
+        <v>89</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>3397</v>
+        <v>3382</v>
       </c>
       <c r="H970" t="s">
-        <v>3398</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>3399</v>
+        <v>3384</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
         <v>47</v>
       </c>
       <c r="D971" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E971" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F971" t="s">
-        <v>3400</v>
+        <v>2550</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>3401</v>
+        <v>3385</v>
       </c>
       <c r="H971" t="s">
-        <v>3402</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>3403</v>
+        <v>3387</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
         <v>51</v>
       </c>
       <c r="D972" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E972" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F972" t="s">
-        <v>3378</v>
+        <v>1292</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>3404</v>
+        <v>3388</v>
       </c>
       <c r="H972" t="s">
-        <v>3405</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>3406</v>
+        <v>3390</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
         <v>55</v>
       </c>
       <c r="D973" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E973" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F973" t="s">
-        <v>3378</v>
+        <v>89</v>
       </c>
       <c r="G973" s="1" t="s">
-        <v>3407</v>
+        <v>3391</v>
       </c>
       <c r="H973" t="s">
-        <v>3408</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>3409</v>
+        <v>3393</v>
       </c>
       <c r="B974" t="s">
         <v>9</v>
       </c>
       <c r="C974" t="s">
         <v>59</v>
       </c>
       <c r="D974" t="s">
-        <v>3372</v>
+        <v>3358</v>
       </c>
       <c r="E974" t="s">
-        <v>3373</v>
+        <v>3359</v>
       </c>
       <c r="F974" t="s">
-        <v>3378</v>
+        <v>89</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>3410</v>
+        <v>3394</v>
       </c>
       <c r="H974" t="s">
-        <v>3411</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>3412</v>
+        <v>3395</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D975" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E975" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F975" t="s">
-        <v>3378</v>
+        <v>35</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>3413</v>
+        <v>3398</v>
       </c>
       <c r="H975" t="s">
-        <v>3414</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>3415</v>
+        <v>3400</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="D976" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E976" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F976" t="s">
-        <v>3378</v>
+        <v>216</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>3416</v>
+        <v>3401</v>
       </c>
       <c r="H976" t="s">
-        <v>3417</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>3418</v>
+        <v>3403</v>
       </c>
       <c r="B977" t="s">
         <v>9</v>
       </c>
       <c r="C977" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="D977" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E977" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F977" t="s">
-        <v>3378</v>
+        <v>216</v>
       </c>
       <c r="G977" s="1" t="s">
-        <v>3419</v>
+        <v>3404</v>
       </c>
       <c r="H977" t="s">
-        <v>3420</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>3421</v>
+        <v>3406</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="D978" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E978" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F978" t="s">
-        <v>3378</v>
+        <v>1292</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>3422</v>
+        <v>3407</v>
       </c>
       <c r="H978" t="s">
-        <v>3423</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>3424</v>
+        <v>3409</v>
       </c>
       <c r="B979" t="s">
         <v>9</v>
       </c>
       <c r="C979" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="D979" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E979" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F979" t="s">
-        <v>3378</v>
+        <v>3410</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>3425</v>
+        <v>3411</v>
       </c>
       <c r="H979" t="s">
-        <v>3426</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
-        <v>3427</v>
+        <v>3413</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="D980" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E980" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F980" t="s">
-        <v>3378</v>
+        <v>3410</v>
       </c>
       <c r="G980" s="1" t="s">
-        <v>3428</v>
+        <v>3414</v>
       </c>
       <c r="H980" t="s">
-        <v>3429</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>3430</v>
+        <v>3416</v>
       </c>
       <c r="B981" t="s">
         <v>9</v>
       </c>
       <c r="C981" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="D981" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E981" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F981" t="s">
-        <v>3378</v>
+        <v>2445</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>3431</v>
+        <v>3417</v>
       </c>
       <c r="H981" t="s">
-        <v>3432</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>3433</v>
+        <v>3419</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="D982" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E982" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F982" t="s">
-        <v>3434</v>
+        <v>110</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>3435</v>
+        <v>3420</v>
       </c>
       <c r="H982" t="s">
-        <v>3436</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>3437</v>
+        <v>3422</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="D983" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E983" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F983" t="s">
-        <v>3378</v>
+        <v>2550</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>3438</v>
+        <v>3423</v>
       </c>
       <c r="H983" t="s">
-        <v>3439</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>3440</v>
+        <v>3425</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="D984" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E984" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F984" t="s">
-        <v>3378</v>
+        <v>225</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>3441</v>
+        <v>3426</v>
       </c>
       <c r="H984" t="s">
-        <v>3442</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>3443</v>
+        <v>3428</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="D985" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E985" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F985" t="s">
-        <v>3378</v>
+        <v>225</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>3444</v>
+        <v>3429</v>
       </c>
       <c r="H985" t="s">
-        <v>3445</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>3446</v>
+        <v>3430</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D986" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E986" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F986" t="s">
-        <v>3447</v>
+        <v>35</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>3448</v>
+        <v>3431</v>
       </c>
       <c r="H986" t="s">
-        <v>3449</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>3450</v>
+        <v>3432</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="D987" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E987" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F987" t="s">
-        <v>3451</v>
+        <v>35</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>3452</v>
+        <v>3433</v>
       </c>
       <c r="H987" t="s">
-        <v>3453</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>3454</v>
+        <v>3434</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="D988" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E988" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F988" t="s">
-        <v>3451</v>
+        <v>171</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>3455</v>
+        <v>3435</v>
       </c>
       <c r="H988" t="s">
-        <v>3456</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>3457</v>
+        <v>3436</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>122</v>
+        <v>71</v>
       </c>
       <c r="D989" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E989" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F989" t="s">
-        <v>3451</v>
+        <v>171</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>3458</v>
+        <v>3437</v>
       </c>
       <c r="H989" t="s">
-        <v>3459</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>3460</v>
+        <v>3438</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="D990" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E990" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F990" t="s">
-        <v>3461</v>
+        <v>1292</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>3462</v>
+        <v>3439</v>
       </c>
       <c r="H990" t="s">
-        <v>3463</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>3464</v>
+        <v>3440</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="D991" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E991" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F991" t="s">
-        <v>3451</v>
+        <v>89</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>3465</v>
+        <v>3441</v>
       </c>
       <c r="H991" t="s">
-        <v>3466</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>3467</v>
+        <v>3442</v>
       </c>
       <c r="B992" t="s">
         <v>9</v>
       </c>
       <c r="C992" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D992" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E992" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F992" t="s">
-        <v>3451</v>
+        <v>89</v>
       </c>
       <c r="G992" s="1" t="s">
-        <v>3468</v>
+        <v>3443</v>
       </c>
       <c r="H992" t="s">
-        <v>3469</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>3470</v>
+        <v>3444</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="D993" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E993" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F993" t="s">
-        <v>3461</v>
+        <v>299</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>3471</v>
+        <v>3445</v>
       </c>
       <c r="H993" t="s">
-        <v>3472</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>3473</v>
+        <v>3446</v>
       </c>
       <c r="B994" t="s">
         <v>9</v>
       </c>
       <c r="C994" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="D994" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E994" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F994" t="s">
-        <v>3378</v>
+        <v>299</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>3474</v>
+        <v>3447</v>
       </c>
       <c r="H994" t="s">
-        <v>3475</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>3476</v>
+        <v>3448</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>146</v>
+        <v>97</v>
       </c>
       <c r="D995" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E995" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F995" t="s">
-        <v>3378</v>
+        <v>26</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>3477</v>
+        <v>3449</v>
       </c>
       <c r="H995" t="s">
-        <v>3478</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>3479</v>
+        <v>3450</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>150</v>
+        <v>101</v>
       </c>
       <c r="D996" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E996" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F996" t="s">
-        <v>3378</v>
+        <v>26</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>3480</v>
+        <v>3451</v>
       </c>
       <c r="H996" t="s">
-        <v>3481</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>3482</v>
+        <v>3452</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="D997" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E997" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F997" t="s">
-        <v>3483</v>
+        <v>1215</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>3484</v>
+        <v>3453</v>
       </c>
       <c r="H997" t="s">
-        <v>3485</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
-        <v>3486</v>
+        <v>3454</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="D998" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E998" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F998" t="s">
-        <v>3378</v>
+        <v>1215</v>
       </c>
       <c r="G998" s="1" t="s">
-        <v>3487</v>
+        <v>3455</v>
       </c>
       <c r="H998" t="s">
-        <v>3488</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
-        <v>3489</v>
+        <v>3456</v>
       </c>
       <c r="B999" t="s">
         <v>9</v>
       </c>
       <c r="C999" t="s">
-        <v>162</v>
+        <v>114</v>
       </c>
       <c r="D999" t="s">
-        <v>3372</v>
+        <v>3396</v>
       </c>
       <c r="E999" t="s">
-        <v>3373</v>
+        <v>3397</v>
       </c>
       <c r="F999" t="s">
-        <v>3378</v>
+        <v>13</v>
       </c>
       <c r="G999" s="1" t="s">
-        <v>2153</v>
+        <v>3457</v>
       </c>
       <c r="H999" t="s">
-        <v>3490</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>3491</v>
+        <v>3458</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="D1000" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1000" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1000" t="s">
-        <v>3378</v>
+        <v>13</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>3494</v>
+        <v>3459</v>
       </c>
       <c r="H1000" t="s">
-        <v>3495</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>3496</v>
+        <v>3460</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="D1001" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1001" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1001" t="s">
-        <v>3378</v>
+        <v>216</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>3497</v>
+        <v>3461</v>
       </c>
       <c r="H1001" t="s">
-        <v>3498</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>3499</v>
+        <v>3462</v>
       </c>
       <c r="B1002" t="s">
         <v>9</v>
       </c>
       <c r="C1002" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="D1002" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1002" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1002" t="s">
-        <v>3378</v>
+        <v>216</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>3500</v>
+        <v>3463</v>
       </c>
       <c r="H1002" t="s">
-        <v>3501</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>3502</v>
+        <v>3465</v>
       </c>
       <c r="B1003" t="s">
         <v>9</v>
       </c>
       <c r="C1003" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="D1003" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1003" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1003" t="s">
-        <v>3503</v>
+        <v>1186</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>3504</v>
+        <v>3466</v>
       </c>
       <c r="H1003" t="s">
-        <v>3505</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>3506</v>
+        <v>3467</v>
       </c>
       <c r="B1004" t="s">
         <v>9</v>
       </c>
       <c r="C1004" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="D1004" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1004" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1004" t="s">
-        <v>3507</v>
+        <v>1186</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>3508</v>
+        <v>3468</v>
       </c>
       <c r="H1004" t="s">
-        <v>3509</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>3510</v>
+        <v>3469</v>
       </c>
       <c r="B1005" t="s">
         <v>9</v>
       </c>
       <c r="C1005" t="s">
-        <v>34</v>
+        <v>138</v>
       </c>
       <c r="D1005" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1005" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1005" t="s">
-        <v>3511</v>
+        <v>76</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>3512</v>
+        <v>3470</v>
       </c>
       <c r="H1005" t="s">
-        <v>3513</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
-        <v>3514</v>
+        <v>3471</v>
       </c>
       <c r="B1006" t="s">
         <v>9</v>
       </c>
       <c r="C1006" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="D1006" t="s">
-        <v>3492</v>
+        <v>3396</v>
       </c>
       <c r="E1006" t="s">
-        <v>3493</v>
+        <v>3397</v>
       </c>
       <c r="F1006" t="s">
-        <v>3515</v>
+        <v>110</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>3516</v>
+        <v>3472</v>
       </c>
       <c r="H1006" t="s">
-        <v>3517</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>3518</v>
+        <v>3473</v>
       </c>
       <c r="B1007" t="s">
         <v>9</v>
       </c>
       <c r="C1007" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D1007" t="s">
-        <v>3519</v>
+        <v>3396</v>
       </c>
       <c r="E1007" t="s">
-        <v>3520</v>
+        <v>3397</v>
       </c>
       <c r="F1007" t="s">
-        <v>3378</v>
+        <v>110</v>
       </c>
       <c r="G1007" s="1" t="s">
-        <v>3521</v>
+        <v>3474</v>
       </c>
       <c r="H1007" t="s">
-        <v>3522</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
-        <v>3523</v>
+        <v>3475</v>
       </c>
       <c r="B1008" t="s">
         <v>9</v>
       </c>
       <c r="C1008" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="D1008" t="s">
-        <v>3519</v>
+        <v>3396</v>
       </c>
       <c r="E1008" t="s">
-        <v>3520</v>
+        <v>3397</v>
       </c>
       <c r="F1008" t="s">
-        <v>3524</v>
+        <v>380</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>3525</v>
+        <v>3476</v>
       </c>
       <c r="H1008" t="s">
-        <v>3526</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>3527</v>
+        <v>3478</v>
       </c>
       <c r="B1009" t="s">
         <v>9</v>
       </c>
       <c r="C1009" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="D1009" t="s">
-        <v>3519</v>
+        <v>3396</v>
       </c>
       <c r="E1009" t="s">
-        <v>3520</v>
+        <v>3397</v>
       </c>
       <c r="F1009" t="s">
-        <v>3528</v>
+        <v>242</v>
       </c>
       <c r="G1009" s="1" t="s">
-        <v>3529</v>
+        <v>3479</v>
       </c>
       <c r="H1009" t="s">
-        <v>3530</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
-        <v>3531</v>
+        <v>3480</v>
       </c>
       <c r="B1010" t="s">
         <v>9</v>
       </c>
       <c r="C1010" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="D1010" t="s">
-        <v>3532</v>
+        <v>3396</v>
       </c>
       <c r="E1010" t="s">
-        <v>3533</v>
+        <v>3397</v>
       </c>
       <c r="F1010" t="s">
-        <v>3534</v>
+        <v>242</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>3535</v>
+        <v>3481</v>
       </c>
       <c r="H1010" t="s">
-        <v>3536</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
-        <v>3537</v>
+        <v>3482</v>
       </c>
       <c r="B1011" t="s">
         <v>9</v>
       </c>
       <c r="C1011" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
       <c r="D1011" t="s">
-        <v>3538</v>
+        <v>3396</v>
       </c>
       <c r="E1011" t="s">
-        <v>3539</v>
+        <v>3397</v>
       </c>
       <c r="F1011" t="s">
-        <v>3540</v>
+        <v>1292</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>3541</v>
+        <v>3483</v>
       </c>
       <c r="H1011" t="s">
-        <v>3542</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>3543</v>
+        <v>3484</v>
       </c>
       <c r="B1012" t="s">
         <v>9</v>
       </c>
       <c r="C1012" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="D1012" t="s">
-        <v>3538</v>
+        <v>3396</v>
       </c>
       <c r="E1012" t="s">
-        <v>3539</v>
+        <v>3397</v>
       </c>
       <c r="F1012" t="s">
-        <v>3540</v>
+        <v>2550</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>3544</v>
+        <v>3485</v>
       </c>
       <c r="H1012" t="s">
-        <v>3545</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
-        <v>3546</v>
+        <v>3486</v>
       </c>
       <c r="B1013" t="s">
         <v>9</v>
       </c>
       <c r="C1013" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="D1013" t="s">
-        <v>3538</v>
+        <v>3396</v>
       </c>
       <c r="E1013" t="s">
-        <v>3539</v>
+        <v>3397</v>
       </c>
       <c r="F1013" t="s">
-        <v>3547</v>
+        <v>380</v>
       </c>
       <c r="G1013" s="1" t="s">
-        <v>3548</v>
+        <v>3487</v>
       </c>
       <c r="H1013" t="s">
-        <v>3549</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
-        <v>3550</v>
+        <v>3488</v>
       </c>
       <c r="B1014" t="s">
         <v>9</v>
       </c>
       <c r="C1014" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D1014" t="s">
-        <v>3538</v>
+        <v>3489</v>
       </c>
       <c r="E1014" t="s">
-        <v>3539</v>
+        <v>3490</v>
       </c>
       <c r="F1014" t="s">
-        <v>3540</v>
+        <v>2550</v>
       </c>
       <c r="G1014" s="1" t="s">
-        <v>3551</v>
+        <v>3491</v>
       </c>
       <c r="H1014" t="s">
-        <v>3552</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
-        <v>3553</v>
+        <v>3493</v>
       </c>
       <c r="B1015" t="s">
         <v>9</v>
       </c>
       <c r="C1015" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D1015" t="s">
-        <v>3538</v>
+        <v>3494</v>
       </c>
       <c r="E1015" t="s">
-        <v>3539</v>
+        <v>3495</v>
       </c>
       <c r="F1015" t="s">
-        <v>3540</v>
+        <v>2445</v>
       </c>
       <c r="G1015" s="1" t="s">
-        <v>3554</v>
+        <v>3496</v>
       </c>
       <c r="H1015" t="s">
-        <v>3555</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
-        <v>3556</v>
+        <v>3498</v>
       </c>
       <c r="B1016" t="s">
         <v>9</v>
       </c>
       <c r="C1016" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D1016" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1016" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1016" t="s">
-        <v>3540</v>
+        <v>3501</v>
       </c>
       <c r="G1016" s="1" t="s">
-        <v>3557</v>
+        <v>3502</v>
       </c>
       <c r="H1016" t="s">
-        <v>3558</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
-        <v>3559</v>
+        <v>3504</v>
       </c>
       <c r="B1017" t="s">
         <v>9</v>
       </c>
       <c r="C1017" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D1017" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1017" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1017" t="s">
-        <v>3560</v>
+        <v>3505</v>
       </c>
       <c r="G1017" s="1" t="s">
-        <v>3561</v>
+        <v>3506</v>
       </c>
       <c r="H1017" t="s">
-        <v>3562</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
-        <v>3563</v>
+        <v>3508</v>
       </c>
       <c r="B1018" t="s">
         <v>9</v>
       </c>
       <c r="C1018" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="D1018" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1018" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1018" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>3564</v>
+        <v>3509</v>
       </c>
       <c r="H1018" t="s">
-        <v>3565</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>3566</v>
+        <v>3511</v>
       </c>
       <c r="B1019" t="s">
         <v>9</v>
       </c>
       <c r="C1019" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D1019" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1019" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1019" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1019" s="1" t="s">
-        <v>3567</v>
+        <v>3512</v>
       </c>
       <c r="H1019" t="s">
-        <v>3568</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
-        <v>3569</v>
+        <v>3514</v>
       </c>
       <c r="B1020" t="s">
         <v>9</v>
       </c>
       <c r="C1020" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D1020" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1020" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1020" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>3570</v>
+        <v>3515</v>
       </c>
       <c r="H1020" t="s">
-        <v>3571</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
-        <v>3572</v>
+        <v>3517</v>
       </c>
       <c r="B1021" t="s">
         <v>9</v>
       </c>
       <c r="C1021" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="D1021" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1021" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1021" t="s">
-        <v>3547</v>
+        <v>3505</v>
       </c>
       <c r="G1021" s="1" t="s">
-        <v>3573</v>
+        <v>3518</v>
       </c>
       <c r="H1021" t="s">
-        <v>3574</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
-        <v>3575</v>
+        <v>3520</v>
       </c>
       <c r="B1022" t="s">
         <v>9</v>
       </c>
       <c r="C1022" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="D1022" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1022" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1022" t="s">
-        <v>3576</v>
+        <v>3505</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>3577</v>
+        <v>3521</v>
       </c>
       <c r="H1022" t="s">
-        <v>3578</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>3579</v>
+        <v>3523</v>
       </c>
       <c r="B1023" t="s">
         <v>9</v>
       </c>
       <c r="C1023" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D1023" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1023" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1023" t="s">
-        <v>3540</v>
+        <v>3501</v>
       </c>
       <c r="G1023" s="1" t="s">
-        <v>3580</v>
+        <v>3524</v>
       </c>
       <c r="H1023" t="s">
-        <v>3581</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
-        <v>3582</v>
+        <v>3526</v>
       </c>
       <c r="B1024" t="s">
         <v>9</v>
       </c>
       <c r="C1024" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D1024" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1024" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1024" t="s">
-        <v>3540</v>
+        <v>3527</v>
       </c>
       <c r="G1024" s="1" t="s">
-        <v>3583</v>
+        <v>3528</v>
       </c>
       <c r="H1024" t="s">
-        <v>3584</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
-        <v>3585</v>
+        <v>3530</v>
       </c>
       <c r="B1025" t="s">
         <v>9</v>
       </c>
       <c r="C1025" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="D1025" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1025" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1025" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1025" s="1" t="s">
-        <v>3586</v>
+        <v>3531</v>
       </c>
       <c r="H1025" t="s">
-        <v>3587</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
-        <v>3588</v>
+        <v>3533</v>
       </c>
       <c r="B1026" t="s">
         <v>9</v>
       </c>
       <c r="C1026" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="D1026" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1026" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1026" t="s">
-        <v>3589</v>
+        <v>3505</v>
       </c>
       <c r="G1026" s="1" t="s">
-        <v>3590</v>
+        <v>3534</v>
       </c>
       <c r="H1026" t="s">
-        <v>3591</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
-        <v>3592</v>
+        <v>3536</v>
       </c>
       <c r="B1027" t="s">
         <v>9</v>
       </c>
       <c r="C1027" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="D1027" t="s">
+        <v>3499</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>3500</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>3505</v>
+      </c>
+      <c r="G1027" s="1" t="s">
+        <v>3537</v>
+      </c>
+      <c r="H1027" t="s">
         <v>3538</v>
-      </c>
-[...10 lines deleted...]
-        <v>3594</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
-        <v>3595</v>
+        <v>3539</v>
       </c>
       <c r="B1028" t="s">
         <v>9</v>
       </c>
       <c r="C1028" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="D1028" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1028" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1028" t="s">
+        <v>3505</v>
+      </c>
+      <c r="G1028" s="1" t="s">
         <v>3540</v>
       </c>
-      <c r="G1028" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1028" t="s">
-        <v>3597</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>3598</v>
+        <v>3542</v>
       </c>
       <c r="B1029" t="s">
         <v>9</v>
       </c>
       <c r="C1029" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="D1029" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1029" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1029" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1029" s="1" t="s">
-        <v>3599</v>
+        <v>3543</v>
       </c>
       <c r="H1029" t="s">
-        <v>3600</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
-        <v>3601</v>
+        <v>3545</v>
       </c>
       <c r="B1030" t="s">
         <v>9</v>
       </c>
       <c r="C1030" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="D1030" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1030" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1030" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1030" s="1" t="s">
-        <v>3602</v>
+        <v>3546</v>
       </c>
       <c r="H1030" t="s">
-        <v>3603</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
-        <v>3604</v>
+        <v>3548</v>
       </c>
       <c r="B1031" t="s">
         <v>9</v>
       </c>
       <c r="C1031" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D1031" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1031" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1031" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>3605</v>
+        <v>3549</v>
       </c>
       <c r="H1031" t="s">
-        <v>3606</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
-        <v>3607</v>
+        <v>3551</v>
       </c>
       <c r="B1032" t="s">
         <v>9</v>
       </c>
       <c r="C1032" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="D1032" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1032" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1032" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>3608</v>
+        <v>3552</v>
       </c>
       <c r="H1032" t="s">
-        <v>3609</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>3610</v>
+        <v>3554</v>
       </c>
       <c r="B1033" t="s">
         <v>9</v>
       </c>
       <c r="C1033" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="D1033" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1033" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1033" t="s">
-        <v>3611</v>
+        <v>3505</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>3612</v>
+        <v>3555</v>
       </c>
       <c r="H1033" t="s">
-        <v>3613</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>3614</v>
+        <v>3557</v>
       </c>
       <c r="B1034" t="s">
         <v>9</v>
       </c>
       <c r="C1034" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="D1034" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1034" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1034" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1034" s="1" t="s">
-        <v>3615</v>
+        <v>3558</v>
       </c>
       <c r="H1034" t="s">
-        <v>3616</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
-        <v>3617</v>
+        <v>3560</v>
       </c>
       <c r="B1035" t="s">
         <v>9</v>
       </c>
       <c r="C1035" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="D1035" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1035" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1035" t="s">
-        <v>3540</v>
+        <v>3561</v>
       </c>
       <c r="G1035" s="1" t="s">
-        <v>3618</v>
+        <v>3562</v>
       </c>
       <c r="H1035" t="s">
-        <v>3619</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
-        <v>3620</v>
+        <v>3564</v>
       </c>
       <c r="B1036" t="s">
         <v>9</v>
       </c>
       <c r="C1036" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="D1036" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1036" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1036" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>3621</v>
+        <v>3565</v>
       </c>
       <c r="H1036" t="s">
-        <v>3622</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>3623</v>
+        <v>3567</v>
       </c>
       <c r="B1037" t="s">
         <v>9</v>
       </c>
       <c r="C1037" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="D1037" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1037" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1037" t="s">
-        <v>3624</v>
+        <v>3505</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>3625</v>
+        <v>3568</v>
       </c>
       <c r="H1037" t="s">
-        <v>3626</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>3627</v>
+        <v>3570</v>
       </c>
       <c r="B1038" t="s">
         <v>9</v>
       </c>
       <c r="C1038" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="D1038" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1038" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1038" t="s">
-        <v>3628</v>
+        <v>3505</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>3629</v>
+        <v>3571</v>
       </c>
       <c r="H1038" t="s">
-        <v>3630</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>3631</v>
+        <v>3573</v>
       </c>
       <c r="B1039" t="s">
         <v>9</v>
       </c>
       <c r="C1039" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="D1039" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1039" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1039" t="s">
-        <v>3628</v>
+        <v>3574</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>3632</v>
+        <v>3575</v>
       </c>
       <c r="H1039" t="s">
-        <v>3633</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>3634</v>
+        <v>3577</v>
       </c>
       <c r="B1040" t="s">
         <v>9</v>
       </c>
       <c r="C1040" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="D1040" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1040" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1040" t="s">
-        <v>3635</v>
+        <v>3578</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>3636</v>
+        <v>3579</v>
       </c>
       <c r="H1040" t="s">
-        <v>3637</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>3638</v>
+        <v>3581</v>
       </c>
       <c r="B1041" t="s">
         <v>9</v>
       </c>
       <c r="C1041" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="D1041" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1041" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1041" t="s">
-        <v>3639</v>
+        <v>3578</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>3640</v>
+        <v>3582</v>
       </c>
       <c r="H1041" t="s">
-        <v>3641</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>3642</v>
+        <v>3584</v>
       </c>
       <c r="B1042" t="s">
         <v>9</v>
       </c>
       <c r="C1042" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="D1042" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1042" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1042" t="s">
-        <v>3628</v>
+        <v>3578</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>3643</v>
+        <v>3585</v>
       </c>
       <c r="H1042" t="s">
-        <v>3644</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>3645</v>
+        <v>3587</v>
       </c>
       <c r="B1043" t="s">
         <v>9</v>
       </c>
       <c r="C1043" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="D1043" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1043" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1043" t="s">
-        <v>3646</v>
+        <v>3588</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>3647</v>
+        <v>3589</v>
       </c>
       <c r="H1043" t="s">
-        <v>3648</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>3649</v>
+        <v>3591</v>
       </c>
       <c r="B1044" t="s">
         <v>9</v>
       </c>
       <c r="C1044" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="D1044" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1044" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1044" t="s">
-        <v>3628</v>
+        <v>3578</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>3650</v>
+        <v>3592</v>
       </c>
       <c r="H1044" t="s">
-        <v>3651</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>3652</v>
+        <v>3594</v>
       </c>
       <c r="B1045" t="s">
         <v>9</v>
       </c>
       <c r="C1045" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="D1045" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1045" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1045" t="s">
-        <v>3628</v>
+        <v>3578</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>3653</v>
+        <v>3595</v>
       </c>
       <c r="H1045" t="s">
-        <v>3654</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>3655</v>
+        <v>3597</v>
       </c>
       <c r="B1046" t="s">
         <v>9</v>
       </c>
       <c r="C1046" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="D1046" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1046" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1046" t="s">
-        <v>3646</v>
+        <v>3588</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>3656</v>
+        <v>3598</v>
       </c>
       <c r="H1046" t="s">
-        <v>3657</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>3658</v>
+        <v>3600</v>
       </c>
       <c r="B1047" t="s">
         <v>9</v>
       </c>
       <c r="C1047" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="D1047" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1047" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1047" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1047" s="1" t="s">
-        <v>3659</v>
+        <v>3601</v>
       </c>
       <c r="H1047" t="s">
-        <v>3660</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
-        <v>3661</v>
+        <v>3603</v>
       </c>
       <c r="B1048" t="s">
         <v>9</v>
       </c>
       <c r="C1048" t="s">
-        <v>166</v>
+        <v>146</v>
       </c>
       <c r="D1048" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1048" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1048" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>3662</v>
+        <v>3604</v>
       </c>
       <c r="H1048" t="s">
-        <v>3663</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>3664</v>
+        <v>3606</v>
       </c>
       <c r="B1049" t="s">
         <v>9</v>
       </c>
       <c r="C1049" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="D1049" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1049" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1049" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1049" s="1" t="s">
-        <v>3665</v>
+        <v>3607</v>
       </c>
       <c r="H1049" t="s">
-        <v>3666</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>3667</v>
+        <v>3609</v>
       </c>
       <c r="B1050" t="s">
         <v>9</v>
       </c>
       <c r="C1050" t="s">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="D1050" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1050" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1050" t="s">
-        <v>3668</v>
+        <v>3610</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>3669</v>
+        <v>3611</v>
       </c>
       <c r="H1050" t="s">
-        <v>3670</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
-        <v>3671</v>
+        <v>3613</v>
       </c>
       <c r="B1051" t="s">
         <v>9</v>
       </c>
       <c r="C1051" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="D1051" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1051" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1051" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1051" s="1" t="s">
-        <v>3672</v>
+        <v>3614</v>
       </c>
       <c r="H1051" t="s">
-        <v>3673</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
-        <v>3674</v>
+        <v>3616</v>
       </c>
       <c r="B1052" t="s">
         <v>9</v>
       </c>
       <c r="C1052" t="s">
-        <v>183</v>
+        <v>162</v>
       </c>
       <c r="D1052" t="s">
-        <v>3538</v>
+        <v>3499</v>
       </c>
       <c r="E1052" t="s">
-        <v>3539</v>
+        <v>3500</v>
       </c>
       <c r="F1052" t="s">
-        <v>3540</v>
+        <v>3505</v>
       </c>
       <c r="G1052" s="1" t="s">
-        <v>2153</v>
+        <v>3617</v>
       </c>
       <c r="H1052" t="s">
-        <v>3675</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
-        <v>3676</v>
+        <v>3619</v>
       </c>
       <c r="B1053" t="s">
         <v>9</v>
       </c>
       <c r="C1053" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="D1053" t="s">
-        <v>3677</v>
+        <v>3499</v>
       </c>
       <c r="E1053" t="s">
-        <v>3678</v>
+        <v>3500</v>
       </c>
       <c r="F1053" t="s">
-        <v>3679</v>
+        <v>3505</v>
       </c>
       <c r="G1053" s="1" t="s">
-        <v>3680</v>
+        <v>3620</v>
       </c>
       <c r="H1053" t="s">
-        <v>3681</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
-        <v>3682</v>
+        <v>3622</v>
       </c>
       <c r="B1054" t="s">
         <v>9</v>
       </c>
       <c r="C1054" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="D1054" t="s">
-        <v>3677</v>
+        <v>3499</v>
       </c>
       <c r="E1054" t="s">
-        <v>3678</v>
+        <v>3500</v>
       </c>
       <c r="F1054" t="s">
-        <v>3679</v>
+        <v>3623</v>
       </c>
       <c r="G1054" s="1" t="s">
-        <v>3683</v>
+        <v>2156</v>
       </c>
       <c r="H1054" t="s">
-        <v>3684</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
-        <v>3685</v>
+        <v>3625</v>
       </c>
       <c r="B1055" t="s">
         <v>9</v>
       </c>
       <c r="C1055" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D1055" t="s">
-        <v>3677</v>
+        <v>3626</v>
       </c>
       <c r="E1055" t="s">
-        <v>3678</v>
+        <v>3627</v>
       </c>
       <c r="F1055" t="s">
-        <v>3679</v>
+        <v>3505</v>
       </c>
       <c r="G1055" s="1" t="s">
-        <v>3686</v>
+        <v>3628</v>
       </c>
       <c r="H1055" t="s">
-        <v>3687</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
-        <v>3688</v>
+        <v>3630</v>
       </c>
       <c r="B1056" t="s">
         <v>9</v>
       </c>
       <c r="C1056" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D1056" t="s">
-        <v>3677</v>
+        <v>3626</v>
       </c>
       <c r="E1056" t="s">
-        <v>3678</v>
+        <v>3627</v>
       </c>
       <c r="F1056" t="s">
-        <v>3689</v>
+        <v>3505</v>
       </c>
       <c r="G1056" s="1" t="s">
-        <v>3690</v>
+        <v>3631</v>
       </c>
       <c r="H1056" t="s">
-        <v>3691</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
-        <v>3692</v>
+        <v>3633</v>
       </c>
       <c r="B1057" t="s">
         <v>9</v>
       </c>
       <c r="C1057" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D1057" t="s">
-        <v>3677</v>
+        <v>3626</v>
       </c>
       <c r="E1057" t="s">
-        <v>3678</v>
+        <v>3627</v>
       </c>
       <c r="F1057" t="s">
-        <v>3693</v>
+        <v>3505</v>
       </c>
       <c r="G1057" s="1" t="s">
-        <v>3694</v>
+        <v>3634</v>
       </c>
       <c r="H1057" t="s">
-        <v>3695</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
-        <v>3696</v>
+        <v>3636</v>
       </c>
       <c r="B1058" t="s">
         <v>9</v>
       </c>
       <c r="C1058" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D1058" t="s">
-        <v>3677</v>
+        <v>3626</v>
       </c>
       <c r="E1058" t="s">
-        <v>3678</v>
+        <v>3627</v>
       </c>
       <c r="F1058" t="s">
-        <v>3693</v>
+        <v>3637</v>
       </c>
       <c r="G1058" s="1" t="s">
-        <v>3697</v>
+        <v>3638</v>
       </c>
       <c r="H1058" t="s">
-        <v>3698</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
-        <v>3699</v>
+        <v>3640</v>
       </c>
       <c r="B1059" t="s">
         <v>9</v>
       </c>
       <c r="C1059" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D1059" t="s">
-        <v>3700</v>
+        <v>3626</v>
       </c>
       <c r="E1059" t="s">
-        <v>3701</v>
+        <v>3627</v>
       </c>
       <c r="F1059" t="s">
-        <v>2538</v>
+        <v>3641</v>
       </c>
       <c r="G1059" s="1" t="s">
-        <v>3702</v>
+        <v>3642</v>
       </c>
       <c r="H1059" t="s">
-        <v>3703</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
-        <v>3704</v>
+        <v>3644</v>
       </c>
       <c r="B1060" t="s">
         <v>9</v>
       </c>
       <c r="C1060" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D1060" t="s">
-        <v>3700</v>
+        <v>3626</v>
       </c>
       <c r="E1060" t="s">
-        <v>3701</v>
+        <v>3627</v>
       </c>
       <c r="F1060" t="s">
-        <v>2538</v>
+        <v>3645</v>
       </c>
       <c r="G1060" s="1" t="s">
-        <v>3705</v>
+        <v>3646</v>
       </c>
       <c r="H1060" t="s">
-        <v>3706</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
-        <v>3707</v>
+        <v>3648</v>
       </c>
       <c r="B1061" t="s">
         <v>9</v>
       </c>
       <c r="C1061" t="s">
-        <v>3708</v>
+        <v>39</v>
       </c>
       <c r="D1061" t="s">
-        <v>3709</v>
+        <v>3626</v>
       </c>
       <c r="E1061" t="s">
-        <v>3710</v>
+        <v>3627</v>
       </c>
       <c r="F1061" t="s">
-        <v>2522</v>
+        <v>3649</v>
       </c>
       <c r="G1061" s="1" t="s">
-        <v>3711</v>
+        <v>3650</v>
       </c>
       <c r="H1061" t="s">
-        <v>3712</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
-        <v>3713</v>
+        <v>3652</v>
       </c>
       <c r="B1062" t="s">
         <v>9</v>
       </c>
       <c r="C1062" t="s">
-        <v>3714</v>
+        <v>43</v>
       </c>
       <c r="D1062" t="s">
-        <v>3709</v>
+        <v>3626</v>
       </c>
       <c r="E1062" t="s">
-        <v>3710</v>
+        <v>3627</v>
       </c>
       <c r="F1062" t="s">
-        <v>2522</v>
+        <v>3653</v>
       </c>
       <c r="G1062" s="1" t="s">
-        <v>3715</v>
+        <v>3654</v>
       </c>
       <c r="H1062" t="s">
-        <v>3716</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
-        <v>3717</v>
+        <v>3656</v>
       </c>
       <c r="B1063" t="s">
         <v>9</v>
       </c>
       <c r="C1063" t="s">
-        <v>3718</v>
+        <v>47</v>
       </c>
       <c r="D1063" t="s">
-        <v>3709</v>
+        <v>3626</v>
       </c>
       <c r="E1063" t="s">
-        <v>3710</v>
+        <v>3627</v>
       </c>
       <c r="F1063" t="s">
-        <v>2522</v>
+        <v>3657</v>
       </c>
       <c r="G1063" s="1" t="s">
-        <v>3719</v>
+        <v>3658</v>
       </c>
       <c r="H1063" t="s">
-        <v>3720</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
-        <v>3721</v>
+        <v>3660</v>
       </c>
       <c r="B1064" t="s">
         <v>9</v>
       </c>
       <c r="C1064" t="s">
-        <v>3722</v>
+        <v>10</v>
       </c>
       <c r="D1064" t="s">
-        <v>3709</v>
+        <v>3661</v>
       </c>
       <c r="E1064" t="s">
-        <v>3710</v>
+        <v>3662</v>
       </c>
       <c r="F1064" t="s">
-        <v>2522</v>
+        <v>3505</v>
       </c>
       <c r="G1064" s="1" t="s">
-        <v>3723</v>
+        <v>3663</v>
       </c>
       <c r="H1064" t="s">
-        <v>3720</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
-        <v>3724</v>
+        <v>3665</v>
       </c>
       <c r="B1065" t="s">
         <v>9</v>
       </c>
       <c r="C1065" t="s">
-        <v>3725</v>
+        <v>17</v>
       </c>
       <c r="D1065" t="s">
-        <v>3709</v>
+        <v>3661</v>
       </c>
       <c r="E1065" t="s">
-        <v>3710</v>
+        <v>3662</v>
       </c>
       <c r="F1065" t="s">
-        <v>2522</v>
+        <v>3666</v>
       </c>
       <c r="G1065" s="1" t="s">
-        <v>3726</v>
+        <v>3667</v>
       </c>
       <c r="H1065" t="s">
-        <v>3727</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
-        <v>3728</v>
+        <v>3669</v>
       </c>
       <c r="B1066" t="s">
         <v>9</v>
       </c>
       <c r="C1066" t="s">
-        <v>3729</v>
+        <v>21</v>
       </c>
       <c r="D1066" t="s">
-        <v>3709</v>
+        <v>3661</v>
       </c>
       <c r="E1066" t="s">
-        <v>3710</v>
+        <v>3662</v>
       </c>
       <c r="F1066" t="s">
-        <v>2522</v>
+        <v>3670</v>
       </c>
       <c r="G1066" s="1" t="s">
-        <v>3730</v>
+        <v>3671</v>
       </c>
       <c r="H1066" t="s">
-        <v>3720</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
-        <v>3731</v>
+        <v>3673</v>
       </c>
       <c r="B1067" t="s">
         <v>9</v>
       </c>
       <c r="C1067" t="s">
-        <v>3732</v>
+        <v>10</v>
       </c>
       <c r="D1067" t="s">
-        <v>3709</v>
+        <v>3674</v>
       </c>
       <c r="E1067" t="s">
-        <v>3710</v>
+        <v>3675</v>
       </c>
       <c r="F1067" t="s">
-        <v>2522</v>
+        <v>3676</v>
       </c>
       <c r="G1067" s="1" t="s">
-        <v>3733</v>
+        <v>3677</v>
       </c>
       <c r="H1067" t="s">
-        <v>3720</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
-        <v>3734</v>
+        <v>3679</v>
       </c>
       <c r="B1068" t="s">
         <v>9</v>
       </c>
       <c r="C1068" t="s">
-        <v>3735</v>
+        <v>10</v>
       </c>
       <c r="D1068" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1068" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1068" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1068" s="1" t="s">
-        <v>3736</v>
+        <v>3683</v>
       </c>
       <c r="H1068" t="s">
-        <v>3727</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069" t="s">
-        <v>3737</v>
+        <v>3685</v>
       </c>
       <c r="B1069" t="s">
         <v>9</v>
       </c>
       <c r="C1069" t="s">
-        <v>3738</v>
+        <v>17</v>
       </c>
       <c r="D1069" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1069" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1069" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1069" s="1" t="s">
-        <v>3739</v>
+        <v>3686</v>
       </c>
       <c r="H1069" t="s">
-        <v>3740</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1070" spans="1:8">
       <c r="A1070" t="s">
-        <v>3741</v>
+        <v>3688</v>
       </c>
       <c r="B1070" t="s">
         <v>9</v>
       </c>
       <c r="C1070" t="s">
-        <v>3742</v>
+        <v>21</v>
       </c>
       <c r="D1070" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1070" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1070" t="s">
-        <v>2522</v>
+        <v>3689</v>
       </c>
       <c r="G1070" s="1" t="s">
-        <v>3743</v>
+        <v>3690</v>
       </c>
       <c r="H1070" t="s">
-        <v>3727</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="1071" spans="1:8">
       <c r="A1071" t="s">
-        <v>3744</v>
+        <v>3692</v>
       </c>
       <c r="B1071" t="s">
         <v>9</v>
       </c>
       <c r="C1071" t="s">
-        <v>3745</v>
+        <v>25</v>
       </c>
       <c r="D1071" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1071" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1071" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1071" s="1" t="s">
-        <v>3746</v>
+        <v>3693</v>
       </c>
       <c r="H1071" t="s">
-        <v>3747</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" t="s">
-        <v>3748</v>
+        <v>3695</v>
       </c>
       <c r="B1072" t="s">
         <v>9</v>
       </c>
       <c r="C1072" t="s">
-        <v>3749</v>
+        <v>30</v>
       </c>
       <c r="D1072" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1072" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1072" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1072" s="1" t="s">
-        <v>3750</v>
+        <v>3696</v>
       </c>
       <c r="H1072" t="s">
-        <v>3716</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" t="s">
-        <v>3751</v>
+        <v>3698</v>
       </c>
       <c r="B1073" t="s">
         <v>9</v>
       </c>
       <c r="C1073" t="s">
-        <v>3752</v>
+        <v>34</v>
       </c>
       <c r="D1073" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1073" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1073" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1073" s="1" t="s">
-        <v>3753</v>
+        <v>3699</v>
       </c>
       <c r="H1073" t="s">
-        <v>3754</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" t="s">
-        <v>3755</v>
+        <v>3701</v>
       </c>
       <c r="B1074" t="s">
         <v>9</v>
       </c>
       <c r="C1074" t="s">
-        <v>3756</v>
+        <v>39</v>
       </c>
       <c r="D1074" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1074" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1074" t="s">
-        <v>2522</v>
+        <v>3702</v>
       </c>
       <c r="G1074" s="1" t="s">
-        <v>3757</v>
+        <v>3703</v>
       </c>
       <c r="H1074" t="s">
-        <v>3758</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" t="s">
-        <v>3759</v>
+        <v>3705</v>
       </c>
       <c r="B1075" t="s">
         <v>9</v>
       </c>
       <c r="C1075" t="s">
-        <v>3760</v>
+        <v>43</v>
       </c>
       <c r="D1075" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1075" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1075" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1075" s="1" t="s">
-        <v>3761</v>
+        <v>3706</v>
       </c>
       <c r="H1075" t="s">
-        <v>3754</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076" t="s">
-        <v>3762</v>
+        <v>3708</v>
       </c>
       <c r="B1076" t="s">
         <v>9</v>
       </c>
       <c r="C1076" t="s">
-        <v>3763</v>
+        <v>47</v>
       </c>
       <c r="D1076" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1076" s="1" t="s">
         <v>3709</v>
       </c>
-      <c r="E1076" t="s">
+      <c r="H1076" t="s">
         <v>3710</v>
-      </c>
-[...7 lines deleted...]
-        <v>3716</v>
       </c>
     </row>
     <row r="1077" spans="1:8">
       <c r="A1077" t="s">
-        <v>3765</v>
+        <v>3711</v>
       </c>
       <c r="B1077" t="s">
         <v>9</v>
       </c>
       <c r="C1077" t="s">
-        <v>3766</v>
+        <v>51</v>
       </c>
       <c r="D1077" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1077" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1077" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1077" s="1" t="s">
-        <v>3767</v>
+        <v>3712</v>
       </c>
       <c r="H1077" t="s">
-        <v>3768</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="1078" spans="1:8">
       <c r="A1078" t="s">
-        <v>3769</v>
+        <v>3714</v>
       </c>
       <c r="B1078" t="s">
         <v>9</v>
       </c>
       <c r="C1078" t="s">
-        <v>3770</v>
+        <v>55</v>
       </c>
       <c r="D1078" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1078" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1078" t="s">
-        <v>2522</v>
+        <v>3689</v>
       </c>
       <c r="G1078" s="1" t="s">
-        <v>2153</v>
+        <v>3715</v>
       </c>
       <c r="H1078" t="s">
-        <v>3754</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="1079" spans="1:8">
       <c r="A1079" t="s">
-        <v>3771</v>
+        <v>3717</v>
       </c>
       <c r="B1079" t="s">
         <v>9</v>
       </c>
       <c r="C1079" t="s">
-        <v>3772</v>
+        <v>59</v>
       </c>
       <c r="D1079" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1079" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1079" t="s">
-        <v>2522</v>
+        <v>3718</v>
       </c>
       <c r="G1079" s="1" t="s">
-        <v>3773</v>
+        <v>3719</v>
       </c>
       <c r="H1079" t="s">
-        <v>3774</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="1080" spans="1:8">
       <c r="A1080" t="s">
-        <v>3775</v>
+        <v>3721</v>
       </c>
       <c r="B1080" t="s">
         <v>9</v>
       </c>
       <c r="C1080" t="s">
-        <v>3776</v>
+        <v>63</v>
       </c>
       <c r="D1080" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1080" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1080" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1080" s="1" t="s">
-        <v>2153</v>
+        <v>3722</v>
       </c>
       <c r="H1080" t="s">
-        <v>3777</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1081" spans="1:8">
       <c r="A1081" t="s">
-        <v>3778</v>
+        <v>3724</v>
       </c>
       <c r="B1081" t="s">
         <v>9</v>
       </c>
       <c r="C1081" t="s">
-        <v>3779</v>
+        <v>67</v>
       </c>
       <c r="D1081" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1081" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1081" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1081" s="1" t="s">
-        <v>3780</v>
+        <v>3725</v>
       </c>
       <c r="H1081" t="s">
-        <v>3781</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1082" spans="1:8">
       <c r="A1082" t="s">
-        <v>3782</v>
+        <v>3727</v>
       </c>
       <c r="B1082" t="s">
         <v>9</v>
       </c>
       <c r="C1082" t="s">
-        <v>3783</v>
+        <v>71</v>
       </c>
       <c r="D1082" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1082" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1082" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1082" s="1" t="s">
-        <v>3784</v>
+        <v>3728</v>
       </c>
       <c r="H1082" t="s">
-        <v>3785</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1083" spans="1:8">
       <c r="A1083" t="s">
-        <v>3786</v>
+        <v>3730</v>
       </c>
       <c r="B1083" t="s">
         <v>9</v>
       </c>
       <c r="C1083" t="s">
-        <v>3787</v>
+        <v>75</v>
       </c>
       <c r="D1083" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1083" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1083" t="s">
-        <v>2522</v>
+        <v>3731</v>
       </c>
       <c r="G1083" s="1" t="s">
-        <v>3788</v>
+        <v>3732</v>
       </c>
       <c r="H1083" t="s">
-        <v>3789</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="1084" spans="1:8">
       <c r="A1084" t="s">
-        <v>3790</v>
+        <v>3734</v>
       </c>
       <c r="B1084" t="s">
         <v>9</v>
       </c>
       <c r="C1084" t="s">
-        <v>3791</v>
+        <v>80</v>
       </c>
       <c r="D1084" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1084" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1084" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1084" s="1" t="s">
-        <v>3792</v>
+        <v>3735</v>
       </c>
       <c r="H1084" t="s">
-        <v>3793</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="1085" spans="1:8">
       <c r="A1085" t="s">
-        <v>3794</v>
+        <v>3737</v>
       </c>
       <c r="B1085" t="s">
         <v>9</v>
       </c>
       <c r="C1085" t="s">
-        <v>3795</v>
+        <v>84</v>
       </c>
       <c r="D1085" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1085" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1085" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1085" s="1" t="s">
-        <v>3796</v>
+        <v>3738</v>
       </c>
       <c r="H1085" t="s">
-        <v>3797</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="1086" spans="1:8">
       <c r="A1086" t="s">
-        <v>3798</v>
+        <v>3740</v>
       </c>
       <c r="B1086" t="s">
         <v>9</v>
       </c>
       <c r="C1086" t="s">
-        <v>3799</v>
+        <v>88</v>
       </c>
       <c r="D1086" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1086" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1086" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1086" s="1" t="s">
-        <v>3800</v>
+        <v>3741</v>
       </c>
       <c r="H1086" t="s">
-        <v>3801</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="1087" spans="1:8">
       <c r="A1087" t="s">
-        <v>3802</v>
+        <v>3743</v>
       </c>
       <c r="B1087" t="s">
         <v>9</v>
       </c>
       <c r="C1087" t="s">
-        <v>3803</v>
+        <v>93</v>
       </c>
       <c r="D1087" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1087" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1087" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1087" s="1" t="s">
-        <v>3804</v>
+        <v>3744</v>
       </c>
       <c r="H1087" t="s">
-        <v>3805</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088" t="s">
-        <v>3806</v>
+        <v>3746</v>
       </c>
       <c r="B1088" t="s">
         <v>9</v>
       </c>
       <c r="C1088" t="s">
-        <v>3807</v>
+        <v>97</v>
       </c>
       <c r="D1088" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1088" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1088" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1088" s="1" t="s">
-        <v>3808</v>
+        <v>3747</v>
       </c>
       <c r="H1088" t="s">
-        <v>3809</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089" t="s">
-        <v>3810</v>
+        <v>3749</v>
       </c>
       <c r="B1089" t="s">
         <v>9</v>
       </c>
       <c r="C1089" t="s">
-        <v>3811</v>
+        <v>101</v>
       </c>
       <c r="D1089" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1089" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1089" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1089" s="1" t="s">
-        <v>3812</v>
+        <v>3750</v>
       </c>
       <c r="H1089" t="s">
-        <v>3813</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090" t="s">
-        <v>3814</v>
+        <v>3752</v>
       </c>
       <c r="B1090" t="s">
         <v>9</v>
       </c>
       <c r="C1090" t="s">
-        <v>3815</v>
+        <v>105</v>
       </c>
       <c r="D1090" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1090" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1090" t="s">
-        <v>2522</v>
+        <v>3753</v>
       </c>
       <c r="G1090" s="1" t="s">
-        <v>3816</v>
+        <v>3754</v>
       </c>
       <c r="H1090" t="s">
-        <v>3817</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091" t="s">
-        <v>3818</v>
+        <v>3756</v>
       </c>
       <c r="B1091" t="s">
         <v>9</v>
       </c>
       <c r="C1091" t="s">
-        <v>3819</v>
+        <v>109</v>
       </c>
       <c r="D1091" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1091" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1091" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1091" s="1" t="s">
-        <v>3820</v>
+        <v>3757</v>
       </c>
       <c r="H1091" t="s">
-        <v>3821</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092" t="s">
-        <v>3822</v>
+        <v>3759</v>
       </c>
       <c r="B1092" t="s">
         <v>9</v>
       </c>
       <c r="C1092" t="s">
-        <v>3823</v>
+        <v>114</v>
       </c>
       <c r="D1092" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1092" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1092" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1092" s="1" t="s">
-        <v>3824</v>
+        <v>3760</v>
       </c>
       <c r="H1092" t="s">
-        <v>3825</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093" t="s">
-        <v>3826</v>
+        <v>3762</v>
       </c>
       <c r="B1093" t="s">
         <v>9</v>
       </c>
       <c r="C1093" t="s">
-        <v>3827</v>
+        <v>118</v>
       </c>
       <c r="D1093" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1093" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1093" t="s">
-        <v>2522</v>
+        <v>3682</v>
       </c>
       <c r="G1093" s="1" t="s">
-        <v>3828</v>
+        <v>3763</v>
       </c>
       <c r="H1093" t="s">
-        <v>3829</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094" t="s">
-        <v>3830</v>
+        <v>3765</v>
       </c>
       <c r="B1094" t="s">
         <v>9</v>
       </c>
       <c r="C1094" t="s">
-        <v>3831</v>
+        <v>122</v>
       </c>
       <c r="D1094" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1094" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1094" t="s">
-        <v>2522</v>
+        <v>3766</v>
       </c>
       <c r="G1094" s="1" t="s">
-        <v>3832</v>
+        <v>3767</v>
       </c>
       <c r="H1094" t="s">
-        <v>3833</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095" t="s">
-        <v>3834</v>
+        <v>3769</v>
       </c>
       <c r="B1095" t="s">
         <v>9</v>
       </c>
       <c r="C1095" t="s">
-        <v>3835</v>
+        <v>126</v>
       </c>
       <c r="D1095" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1095" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1095" t="s">
-        <v>2522</v>
+        <v>3770</v>
       </c>
       <c r="G1095" s="1" t="s">
-        <v>3836</v>
+        <v>3771</v>
       </c>
       <c r="H1095" t="s">
-        <v>3716</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096" t="s">
-        <v>3837</v>
+        <v>3773</v>
       </c>
       <c r="B1096" t="s">
         <v>9</v>
       </c>
       <c r="C1096" t="s">
-        <v>3838</v>
+        <v>130</v>
       </c>
       <c r="D1096" t="s">
-        <v>3709</v>
+        <v>3680</v>
       </c>
       <c r="E1096" t="s">
-        <v>3710</v>
+        <v>3681</v>
       </c>
       <c r="F1096" t="s">
-        <v>2522</v>
+        <v>3770</v>
       </c>
       <c r="G1096" s="1" t="s">
-        <v>3839</v>
+        <v>3774</v>
       </c>
       <c r="H1096" t="s">
-        <v>3840</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" t="s">
-        <v>3841</v>
+        <v>3776</v>
       </c>
       <c r="B1097" t="s">
         <v>9</v>
       </c>
       <c r="C1097" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="D1097" t="s">
-        <v>3842</v>
+        <v>3680</v>
       </c>
       <c r="E1097" t="s">
-        <v>3843</v>
+        <v>3681</v>
       </c>
       <c r="F1097" t="s">
-        <v>2522</v>
+        <v>3777</v>
       </c>
       <c r="G1097" s="1" t="s">
-        <v>3844</v>
+        <v>3778</v>
       </c>
       <c r="H1097" t="s">
-        <v>3845</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" t="s">
-        <v>3846</v>
+        <v>3780</v>
       </c>
       <c r="B1098" t="s">
         <v>9</v>
       </c>
       <c r="C1098" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="D1098" t="s">
-        <v>3842</v>
+        <v>3680</v>
       </c>
       <c r="E1098" t="s">
-        <v>3843</v>
+        <v>3681</v>
       </c>
       <c r="F1098" t="s">
-        <v>2522</v>
+        <v>3781</v>
       </c>
       <c r="G1098" s="1" t="s">
-        <v>3847</v>
+        <v>3782</v>
       </c>
       <c r="H1098" t="s">
-        <v>3848</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099" t="s">
-        <v>3849</v>
+        <v>3784</v>
       </c>
       <c r="B1099" t="s">
         <v>9</v>
       </c>
       <c r="C1099" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="D1099" t="s">
-        <v>3842</v>
+        <v>3680</v>
       </c>
       <c r="E1099" t="s">
-        <v>3843</v>
+        <v>3681</v>
       </c>
       <c r="F1099" t="s">
-        <v>2522</v>
+        <v>3770</v>
       </c>
       <c r="G1099" s="1" t="s">
-        <v>3850</v>
+        <v>3785</v>
       </c>
       <c r="H1099" t="s">
-        <v>3851</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
-        <v>3852</v>
+        <v>3787</v>
       </c>
       <c r="B1100" t="s">
         <v>9</v>
       </c>
       <c r="C1100" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D1100" t="s">
-        <v>3853</v>
+        <v>3680</v>
       </c>
       <c r="E1100" t="s">
-        <v>3854</v>
+        <v>3681</v>
       </c>
       <c r="F1100" t="s">
-        <v>35</v>
+        <v>3788</v>
       </c>
       <c r="G1100" s="1" t="s">
-        <v>3855</v>
+        <v>3789</v>
       </c>
       <c r="H1100" t="s">
-        <v>3856</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
-        <v>3857</v>
+        <v>3791</v>
       </c>
       <c r="B1101" t="s">
         <v>9</v>
       </c>
       <c r="C1101" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="D1101" t="s">
-        <v>3853</v>
+        <v>3680</v>
       </c>
       <c r="E1101" t="s">
-        <v>3854</v>
+        <v>3681</v>
       </c>
       <c r="F1101" t="s">
-        <v>1186</v>
+        <v>3770</v>
       </c>
       <c r="G1101" s="1" t="s">
-        <v>3858</v>
+        <v>3792</v>
       </c>
       <c r="H1101" t="s">
-        <v>3859</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102" t="s">
-        <v>3860</v>
+        <v>3794</v>
       </c>
       <c r="B1102" t="s">
         <v>9</v>
       </c>
       <c r="C1102" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="D1102" t="s">
-        <v>3853</v>
+        <v>3680</v>
       </c>
       <c r="E1102" t="s">
-        <v>3854</v>
+        <v>3681</v>
       </c>
       <c r="F1102" t="s">
-        <v>1186</v>
+        <v>3770</v>
       </c>
       <c r="G1102" s="1" t="s">
-        <v>3861</v>
+        <v>3795</v>
       </c>
       <c r="H1102" t="s">
-        <v>3862</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" t="s">
-        <v>3863</v>
+        <v>3797</v>
       </c>
       <c r="B1103" t="s">
         <v>9</v>
       </c>
       <c r="C1103" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="D1103" t="s">
-        <v>3864</v>
+        <v>3680</v>
       </c>
       <c r="E1103" t="s">
-        <v>3865</v>
+        <v>3681</v>
       </c>
       <c r="F1103" t="s">
-        <v>2538</v>
+        <v>3788</v>
       </c>
       <c r="G1103" s="1" t="s">
-        <v>3866</v>
+        <v>3798</v>
       </c>
       <c r="H1103" t="s">
-        <v>3867</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104" t="s">
+        <v>3800</v>
+      </c>
+      <c r="B1104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1104" t="s">
+        <v>162</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1104" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1104" s="1" t="s">
+        <v>3801</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>3802</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:8">
+      <c r="A1105" t="s">
+        <v>3803</v>
+      </c>
+      <c r="B1105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>166</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1105" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1105" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1105" s="1" t="s">
+        <v>3804</v>
+      </c>
+      <c r="H1105" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:8">
+      <c r="A1106" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B1106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1106" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1106" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1106" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1106" s="1" t="s">
+        <v>3807</v>
+      </c>
+      <c r="H1106" t="s">
+        <v>3808</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:8">
+      <c r="A1107" t="s">
+        <v>3809</v>
+      </c>
+      <c r="B1107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1107" t="s">
+        <v>175</v>
+      </c>
+      <c r="D1107" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1107" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1107" t="s">
+        <v>3810</v>
+      </c>
+      <c r="G1107" s="1" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H1107" t="s">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:8">
+      <c r="A1108" t="s">
+        <v>3813</v>
+      </c>
+      <c r="B1108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1108" t="s">
+        <v>179</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1108" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1108" s="1" t="s">
+        <v>3814</v>
+      </c>
+      <c r="H1108" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:8">
+      <c r="A1109" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1109" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1109" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1109" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1109" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1109" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="H1109" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:8">
+      <c r="A1110" t="s">
+        <v>3819</v>
+      </c>
+      <c r="B1110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>187</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1110" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1110" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G1110" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="H1110" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:8">
+      <c r="A1111" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B1111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>191</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1111" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1111" t="s">
+        <v>3823</v>
+      </c>
+      <c r="G1111" s="1" t="s">
+        <v>3824</v>
+      </c>
+      <c r="H1111" t="s">
+        <v>3825</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:8">
+      <c r="A1112" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B1112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>195</v>
+      </c>
+      <c r="D1112" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E1112" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F1112" t="s">
+        <v>3827</v>
+      </c>
+      <c r="G1112" s="1" t="s">
+        <v>3828</v>
+      </c>
+      <c r="H1112" t="s">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:8">
+      <c r="A1113" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B1113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1113" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1113" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1113" t="s">
+        <v>3833</v>
+      </c>
+      <c r="G1113" s="1" t="s">
+        <v>3834</v>
+      </c>
+      <c r="H1113" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:8">
+      <c r="A1114" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B1114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1114" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1114" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1114" t="s">
+        <v>3833</v>
+      </c>
+      <c r="G1114" s="1" t="s">
+        <v>3837</v>
+      </c>
+      <c r="H1114" t="s">
+        <v>3838</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:8">
+      <c r="A1115" t="s">
+        <v>3839</v>
+      </c>
+      <c r="B1115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1115" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1115" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1115" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1115" t="s">
+        <v>3833</v>
+      </c>
+      <c r="G1115" s="1" t="s">
+        <v>3840</v>
+      </c>
+      <c r="H1115" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:8">
+      <c r="A1116" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B1116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1116" t="s">
+        <v>25</v>
+      </c>
+      <c r="D1116" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1116" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1116" t="s">
+        <v>3843</v>
+      </c>
+      <c r="G1116" s="1" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H1116" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:8">
+      <c r="A1117" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B1117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1117" t="s">
+        <v>30</v>
+      </c>
+      <c r="D1117" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1117" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1117" t="s">
+        <v>3847</v>
+      </c>
+      <c r="G1117" s="1" t="s">
+        <v>3848</v>
+      </c>
+      <c r="H1117" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:8">
+      <c r="A1118" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B1118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>34</v>
+      </c>
+      <c r="D1118" t="s">
+        <v>3831</v>
+      </c>
+      <c r="E1118" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F1118" t="s">
+        <v>3847</v>
+      </c>
+      <c r="G1118" s="1" t="s">
+        <v>3851</v>
+      </c>
+      <c r="H1118" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:8">
+      <c r="A1119" t="s">
+        <v>3853</v>
+      </c>
+      <c r="B1119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1119" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E1119" t="s">
+        <v>3855</v>
+      </c>
+      <c r="F1119" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G1119" s="1" t="s">
+        <v>3856</v>
+      </c>
+      <c r="H1119" t="s">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:8">
+      <c r="A1120" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B1120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1120" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1120" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E1120" t="s">
+        <v>3855</v>
+      </c>
+      <c r="F1120" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G1120" s="1" t="s">
+        <v>3859</v>
+      </c>
+      <c r="H1120" t="s">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:8">
+      <c r="A1121" t="s">
+        <v>3861</v>
+      </c>
+      <c r="B1121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1121" t="s">
+        <v>25</v>
+      </c>
+      <c r="D1121" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E1121" t="s">
+        <v>3855</v>
+      </c>
+      <c r="F1121" t="s">
+        <v>76</v>
+      </c>
+      <c r="G1121" s="1" t="s">
+        <v>3862</v>
+      </c>
+      <c r="H1121" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:8">
+      <c r="A1122" t="s">
+        <v>3864</v>
+      </c>
+      <c r="B1122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1122" t="s">
+        <v>3865</v>
+      </c>
+      <c r="D1122" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1122" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1122" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1122" s="1" t="s">
         <v>3868</v>
       </c>
-      <c r="B1104" t="s">
-[...2 lines deleted...]
-      <c r="C1104" t="s">
+      <c r="H1122" t="s">
+        <v>3869</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:8">
+      <c r="A1123" t="s">
+        <v>3870</v>
+      </c>
+      <c r="B1123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1123" t="s">
+        <v>3871</v>
+      </c>
+      <c r="D1123" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1123" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1123" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1123" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="H1123" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:8">
+      <c r="A1124" t="s">
+        <v>3874</v>
+      </c>
+      <c r="B1124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1124" t="s">
+        <v>3875</v>
+      </c>
+      <c r="D1124" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1124" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1124" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1124" s="1" t="s">
+        <v>3876</v>
+      </c>
+      <c r="H1124" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:8">
+      <c r="A1125" t="s">
+        <v>3878</v>
+      </c>
+      <c r="B1125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1125" t="s">
+        <v>3879</v>
+      </c>
+      <c r="D1125" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1125" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1125" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1125" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="H1125" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:8">
+      <c r="A1126" t="s">
+        <v>3881</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>3882</v>
+      </c>
+      <c r="D1126" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1126" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1126" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1126" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="H1126" t="s">
+        <v>3884</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:8">
+      <c r="A1127" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B1127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1127" t="s">
+        <v>3886</v>
+      </c>
+      <c r="D1127" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1127" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1127" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1127" s="1" t="s">
+        <v>3887</v>
+      </c>
+      <c r="H1127" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:8">
+      <c r="A1128" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B1128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1128" t="s">
+        <v>3889</v>
+      </c>
+      <c r="D1128" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1128" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1128" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1128" s="1" t="s">
+        <v>3890</v>
+      </c>
+      <c r="H1128" t="s">
+        <v>3877</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:8">
+      <c r="A1129" t="s">
+        <v>3891</v>
+      </c>
+      <c r="B1129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1129" t="s">
+        <v>3892</v>
+      </c>
+      <c r="D1129" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1129" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1129" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1129" s="1" t="s">
+        <v>3893</v>
+      </c>
+      <c r="H1129" t="s">
+        <v>3884</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:8">
+      <c r="A1130" t="s">
+        <v>3894</v>
+      </c>
+      <c r="B1130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1130" t="s">
+        <v>3895</v>
+      </c>
+      <c r="D1130" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1130" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1130" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1130" s="1" t="s">
+        <v>3896</v>
+      </c>
+      <c r="H1130" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:8">
+      <c r="A1131" t="s">
+        <v>3898</v>
+      </c>
+      <c r="B1131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>3899</v>
+      </c>
+      <c r="D1131" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1131" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1131" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1131" s="1" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H1131" t="s">
+        <v>3884</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:8">
+      <c r="A1132" t="s">
+        <v>3901</v>
+      </c>
+      <c r="B1132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1132" t="s">
+        <v>3902</v>
+      </c>
+      <c r="D1132" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1132" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1132" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1132" s="1" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H1132" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:8">
+      <c r="A1133" t="s">
+        <v>3905</v>
+      </c>
+      <c r="B1133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1133" t="s">
+        <v>3906</v>
+      </c>
+      <c r="D1133" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1133" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1133" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1133" s="1" t="s">
+        <v>3907</v>
+      </c>
+      <c r="H1133" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:8">
+      <c r="A1134" t="s">
+        <v>3908</v>
+      </c>
+      <c r="B1134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>3909</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1134" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1134" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1134" s="1" t="s">
+        <v>3910</v>
+      </c>
+      <c r="H1134" t="s">
+        <v>3911</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:8">
+      <c r="A1135" t="s">
+        <v>3912</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>3913</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1135" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1135" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1135" s="1" t="s">
+        <v>3914</v>
+      </c>
+      <c r="H1135" t="s">
+        <v>3915</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:8">
+      <c r="A1136" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1136" t="s">
+        <v>3917</v>
+      </c>
+      <c r="D1136" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1136" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1136" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1136" s="1" t="s">
+        <v>3918</v>
+      </c>
+      <c r="H1136" t="s">
+        <v>3911</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:8">
+      <c r="A1137" t="s">
+        <v>3919</v>
+      </c>
+      <c r="B1137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>3920</v>
+      </c>
+      <c r="D1137" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1137" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1137" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1137" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="H1137" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:8">
+      <c r="A1138" t="s">
+        <v>3922</v>
+      </c>
+      <c r="B1138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1138" t="s">
+        <v>3923</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1138" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1138" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1138" s="1" t="s">
+        <v>3924</v>
+      </c>
+      <c r="H1138" t="s">
+        <v>3925</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:8">
+      <c r="A1139" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B1139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>3927</v>
+      </c>
+      <c r="D1139" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1139" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1139" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1139" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H1139" t="s">
+        <v>3911</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:8">
+      <c r="A1140" t="s">
+        <v>3928</v>
+      </c>
+      <c r="B1140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>3929</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1140" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1140" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1140" s="1" t="s">
+        <v>3930</v>
+      </c>
+      <c r="H1140" t="s">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:8">
+      <c r="A1141" t="s">
+        <v>3932</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>3933</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1141" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1141" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1141" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H1141" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:8">
+      <c r="A1142" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B1142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>3936</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1142" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1142" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1142" s="1" t="s">
+        <v>3937</v>
+      </c>
+      <c r="H1142" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:8">
+      <c r="A1143" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B1143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D1143" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1143" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1143" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1143" s="1" t="s">
+        <v>3941</v>
+      </c>
+      <c r="H1143" t="s">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:8">
+      <c r="A1144" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B1144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1144" t="s">
+        <v>3944</v>
+      </c>
+      <c r="D1144" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1144" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1144" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1144" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="H1144" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:8">
+      <c r="A1145" t="s">
+        <v>3947</v>
+      </c>
+      <c r="B1145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1145" t="s">
+        <v>3948</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1145" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1145" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1145" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="H1145" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:8">
+      <c r="A1146" t="s">
+        <v>3951</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>3952</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1146" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1146" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="H1146" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:8">
+      <c r="A1147" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1147" t="s">
+        <v>3956</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1147" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1147" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1147" s="1" t="s">
+        <v>3957</v>
+      </c>
+      <c r="H1147" t="s">
+        <v>3958</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:8">
+      <c r="A1148" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>3960</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1148" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1148" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1148" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="H1148" t="s">
+        <v>3962</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:8">
+      <c r="A1149" t="s">
+        <v>3963</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1149" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1149" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1149" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1149" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="H1149" t="s">
+        <v>3966</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:8">
+      <c r="A1150" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1150" t="s">
+        <v>3968</v>
+      </c>
+      <c r="D1150" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1150" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1150" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1150" s="1" t="s">
+        <v>3969</v>
+      </c>
+      <c r="H1150" t="s">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:8">
+      <c r="A1151" t="s">
+        <v>3971</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1151" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1151" s="1" t="s">
+        <v>3973</v>
+      </c>
+      <c r="H1151" t="s">
+        <v>3974</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:8">
+      <c r="A1152" t="s">
+        <v>3975</v>
+      </c>
+      <c r="B1152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1152" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D1152" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1152" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1152" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1152" s="1" t="s">
+        <v>3977</v>
+      </c>
+      <c r="H1152" t="s">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:8">
+      <c r="A1153" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1153" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1153" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1153" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1153" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1153" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="H1153" t="s">
+        <v>3982</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:8">
+      <c r="A1154" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1154" t="s">
+        <v>3984</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1154" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1154" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1154" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="H1154" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:8">
+      <c r="A1155" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1155" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D1155" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1155" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1155" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1155" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="H1155" t="s">
+        <v>3990</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:8">
+      <c r="A1156" t="s">
+        <v>3991</v>
+      </c>
+      <c r="B1156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1156" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1156" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1156" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1156" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1156" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="H1156" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:8">
+      <c r="A1157" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1157" t="s">
+        <v>3995</v>
+      </c>
+      <c r="D1157" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E1157" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F1157" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1157" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="H1157" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:8">
+      <c r="A1158" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1158" t="s">
+        <v>553</v>
+      </c>
+      <c r="D1158" t="s">
+        <v>3999</v>
+      </c>
+      <c r="E1158" t="s">
+        <v>4000</v>
+      </c>
+      <c r="F1158" t="s">
+        <v>4001</v>
+      </c>
+      <c r="G1158" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="H1158" t="s">
+        <v>4003</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:8">
+      <c r="A1159" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1159" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1159" t="s">
+        <v>4005</v>
+      </c>
+      <c r="E1159" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1159" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1159" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="H1159" t="s">
+        <v>4008</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:8">
+      <c r="A1160" t="s">
+        <v>4009</v>
+      </c>
+      <c r="B1160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1160" t="s">
         <v>17</v>
       </c>
-      <c r="D1104" t="s">
-[...5 lines deleted...]
-      <c r="F1104" t="s">
+      <c r="D1160" t="s">
+        <v>4005</v>
+      </c>
+      <c r="E1160" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1160" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1160" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="H1160" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:8">
+      <c r="A1161" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1161" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1161" t="s">
+        <v>4005</v>
+      </c>
+      <c r="E1161" t="s">
+        <v>4006</v>
+      </c>
+      <c r="F1161" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1161" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="H1161" t="s">
+        <v>4014</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:8">
+      <c r="A1162" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1162" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1162" t="s">
+        <v>4016</v>
+      </c>
+      <c r="E1162" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1162" t="s">
+        <v>35</v>
+      </c>
+      <c r="G1162" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="H1162" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:8">
+      <c r="A1163" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1163" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1163" t="s">
+        <v>4016</v>
+      </c>
+      <c r="E1163" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1163" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G1163" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="H1163" t="s">
+        <v>4022</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:8">
+      <c r="A1164" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1164" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1164" t="s">
+        <v>4016</v>
+      </c>
+      <c r="E1164" t="s">
+        <v>4017</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G1164" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="H1164" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:8">
+      <c r="A1165" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1165" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1165" t="s">
+        <v>4027</v>
+      </c>
+      <c r="E1165" t="s">
+        <v>4028</v>
+      </c>
+      <c r="F1165" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G1165" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="H1165" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:8">
+      <c r="A1166" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D1166" t="s">
+        <v>4027</v>
+      </c>
+      <c r="E1166" t="s">
+        <v>4028</v>
+      </c>
+      <c r="F1166" t="s">
         <v>76</v>
       </c>
-      <c r="G1104" s="1" t="s">
-[...3 lines deleted...]
-        <v>3870</v>
+      <c r="G1166" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="H1166" t="s">
+        <v>4033</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -41841,50 +43938,112 @@
     <hyperlink ref="G1080" r:id="rId1079"/>
     <hyperlink ref="G1081" r:id="rId1080"/>
     <hyperlink ref="G1082" r:id="rId1081"/>
     <hyperlink ref="G1083" r:id="rId1082"/>
     <hyperlink ref="G1084" r:id="rId1083"/>
     <hyperlink ref="G1085" r:id="rId1084"/>
     <hyperlink ref="G1086" r:id="rId1085"/>
     <hyperlink ref="G1087" r:id="rId1086"/>
     <hyperlink ref="G1088" r:id="rId1087"/>
     <hyperlink ref="G1089" r:id="rId1088"/>
     <hyperlink ref="G1090" r:id="rId1089"/>
     <hyperlink ref="G1091" r:id="rId1090"/>
     <hyperlink ref="G1092" r:id="rId1091"/>
     <hyperlink ref="G1093" r:id="rId1092"/>
     <hyperlink ref="G1094" r:id="rId1093"/>
     <hyperlink ref="G1095" r:id="rId1094"/>
     <hyperlink ref="G1096" r:id="rId1095"/>
     <hyperlink ref="G1097" r:id="rId1096"/>
     <hyperlink ref="G1098" r:id="rId1097"/>
     <hyperlink ref="G1099" r:id="rId1098"/>
     <hyperlink ref="G1100" r:id="rId1099"/>
     <hyperlink ref="G1101" r:id="rId1100"/>
     <hyperlink ref="G1102" r:id="rId1101"/>
     <hyperlink ref="G1103" r:id="rId1102"/>
     <hyperlink ref="G1104" r:id="rId1103"/>
+    <hyperlink ref="G1105" r:id="rId1104"/>
+    <hyperlink ref="G1106" r:id="rId1105"/>
+    <hyperlink ref="G1107" r:id="rId1106"/>
+    <hyperlink ref="G1108" r:id="rId1107"/>
+    <hyperlink ref="G1109" r:id="rId1108"/>
+    <hyperlink ref="G1110" r:id="rId1109"/>
+    <hyperlink ref="G1111" r:id="rId1110"/>
+    <hyperlink ref="G1112" r:id="rId1111"/>
+    <hyperlink ref="G1113" r:id="rId1112"/>
+    <hyperlink ref="G1114" r:id="rId1113"/>
+    <hyperlink ref="G1115" r:id="rId1114"/>
+    <hyperlink ref="G1116" r:id="rId1115"/>
+    <hyperlink ref="G1117" r:id="rId1116"/>
+    <hyperlink ref="G1118" r:id="rId1117"/>
+    <hyperlink ref="G1119" r:id="rId1118"/>
+    <hyperlink ref="G1120" r:id="rId1119"/>
+    <hyperlink ref="G1121" r:id="rId1120"/>
+    <hyperlink ref="G1122" r:id="rId1121"/>
+    <hyperlink ref="G1123" r:id="rId1122"/>
+    <hyperlink ref="G1124" r:id="rId1123"/>
+    <hyperlink ref="G1125" r:id="rId1124"/>
+    <hyperlink ref="G1126" r:id="rId1125"/>
+    <hyperlink ref="G1127" r:id="rId1126"/>
+    <hyperlink ref="G1128" r:id="rId1127"/>
+    <hyperlink ref="G1129" r:id="rId1128"/>
+    <hyperlink ref="G1130" r:id="rId1129"/>
+    <hyperlink ref="G1131" r:id="rId1130"/>
+    <hyperlink ref="G1132" r:id="rId1131"/>
+    <hyperlink ref="G1133" r:id="rId1132"/>
+    <hyperlink ref="G1134" r:id="rId1133"/>
+    <hyperlink ref="G1135" r:id="rId1134"/>
+    <hyperlink ref="G1136" r:id="rId1135"/>
+    <hyperlink ref="G1137" r:id="rId1136"/>
+    <hyperlink ref="G1138" r:id="rId1137"/>
+    <hyperlink ref="G1139" r:id="rId1138"/>
+    <hyperlink ref="G1140" r:id="rId1139"/>
+    <hyperlink ref="G1141" r:id="rId1140"/>
+    <hyperlink ref="G1142" r:id="rId1141"/>
+    <hyperlink ref="G1143" r:id="rId1142"/>
+    <hyperlink ref="G1144" r:id="rId1143"/>
+    <hyperlink ref="G1145" r:id="rId1144"/>
+    <hyperlink ref="G1146" r:id="rId1145"/>
+    <hyperlink ref="G1147" r:id="rId1146"/>
+    <hyperlink ref="G1148" r:id="rId1147"/>
+    <hyperlink ref="G1149" r:id="rId1148"/>
+    <hyperlink ref="G1150" r:id="rId1149"/>
+    <hyperlink ref="G1151" r:id="rId1150"/>
+    <hyperlink ref="G1152" r:id="rId1151"/>
+    <hyperlink ref="G1153" r:id="rId1152"/>
+    <hyperlink ref="G1154" r:id="rId1153"/>
+    <hyperlink ref="G1155" r:id="rId1154"/>
+    <hyperlink ref="G1156" r:id="rId1155"/>
+    <hyperlink ref="G1157" r:id="rId1156"/>
+    <hyperlink ref="G1158" r:id="rId1157"/>
+    <hyperlink ref="G1159" r:id="rId1158"/>
+    <hyperlink ref="G1160" r:id="rId1159"/>
+    <hyperlink ref="G1161" r:id="rId1160"/>
+    <hyperlink ref="G1162" r:id="rId1161"/>
+    <hyperlink ref="G1163" r:id="rId1162"/>
+    <hyperlink ref="G1164" r:id="rId1163"/>
+    <hyperlink ref="G1165" r:id="rId1164"/>
+    <hyperlink ref="G1166" r:id="rId1165"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>