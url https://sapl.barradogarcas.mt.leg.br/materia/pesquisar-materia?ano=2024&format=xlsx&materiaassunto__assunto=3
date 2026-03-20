--- v0 (2025-12-09)
+++ v1 (2026-03-20)
@@ -54,391 +54,391 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_-_cadeiras_de_rodas_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_-_cadeiras_de_rodas_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao PODER EXECUTIVO_x000D_
 MUNICIPAL, a fim de solicitar que sejam disponibilizadas cadeiras de rodas que facilitem a locomoção de pessoas no interior do Parque das Águas Quentes, bem como cadeiras de transferência para piscinas.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_-_cecap_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_-_cecap_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), ao Centro de Referência Regional (CECAP), para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_-_centro_de_reabilitacao.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_-_centro_de_reabilitacao.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), ao Centro de Reabilitação, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_-_hospital_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_-_hospital_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), ao Setor de Ortopedia do Hospital Municipal Milton Pessoa Morbeck, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_-_laboratorio_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_-_laboratorio_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), ao Laboratório Municipal, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_-_reiteracao__v_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_-_reiteracao__v_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 514/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_-_reiteracao_iii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_-_reiteracao_iii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 507/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_-_reiteracao_iv_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_-_reiteracao_iv_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 515/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_-_reiteracao_vii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_-_reiteracao_vii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 509/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_-_reiteracao_viii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_-_reiteracao_viii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 517/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_-_reiteracao_xi_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_-_reiteracao_xi_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 519/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_reiteracao_xii_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_reiteracao_xii_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 508/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_reiteracao_xiii_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_reiteracao_xiii_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 516/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_reiteracao_xiv_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_reiteracao_xiv_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 518/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_reiteracao_xv_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_reiteracao_xv_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 513/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_reiteracao_xvi_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_reiteracao_xvi_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 511/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_reiteracao_xvii_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_reiteracao_xvii_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 506/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reiteracao_xviii_pero_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reiteracao_xviii_pero_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, reiterando que seja materializado o que consta da Lei Orçamentária Anual nº 4.611/2022, de 22 de dezembro de 2022, referente a Emenda Parlamentar Impositiva, de minha autoria, cujo cumprimento fora solicitado por meio da Indicação nº 505/2023 e aprovada por unanimidade, em Sessão Ordinária do dia 10 de julho de 2023.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_ubs_i_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_ubs_i_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro União (Manga Rosa), para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_ubs_ii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_ubs_ii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro São Sebastião, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_ubs_iii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_ubs_iii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro São Benedito, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_ubs_iv_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_ubs_iv_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro Jardim Pitaluga, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_ubs_ix_pedro_filho_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_ubs_ix_pedro_filho_1.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro Jardim Palmares, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_-_ubs_v_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_-_ubs_v_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro Sena Marques, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_-_ubs_vi_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_-_ubs_vi_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Distrito de Vale dos Sonhos, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_-_ubs_vii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_-_ubs_vii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Distrito de Indianópolis/Tabazul, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_-_ubs_viii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_-_ubs_viii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro Anchieta, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_-_ubs_x_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_-_ubs_x_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 10.000,00 (dez mil reais) de Emenda Individual Impositiva de minha autoria (Área da Saúde), à UBS do Bairro Jardim Araguaia, para aquisição de Equipamentos e Materiais Permanentes, a serem definidos pelos Servidores da mencionada Unidade de Saúde.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_-_campanha_contra_a_dengue_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_-_campanha_contra_a_dengue_jaime.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, solicitando que intensifique a Campanha Contra a Dengue, com a notificação dos proprietários de terrenos na urbe para que promovam a sua limpeza, sob pena de multa, inclusive realizando ampla divulgação dessa ação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -745,67 +745,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_-_cadeiras_de_rodas_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_-_cecap_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_-_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_-_hospital_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_-_laboratorio_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_-_reiteracao__v_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_-_reiteracao_iii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_-_reiteracao_iv_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_-_reiteracao_vii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_-_reiteracao_viii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_-_reiteracao_xi_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_reiteracao_xii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_reiteracao_xiii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_reiteracao_xiv_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_reiteracao_xv_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_reiteracao_xvi_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_reiteracao_xvii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reiteracao_xviii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_ubs_i_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_ubs_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_ubs_iii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_ubs_iv_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_ubs_ix_pedro_filho_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_-_ubs_v_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_-_ubs_vi_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_-_ubs_vii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_-_ubs_viii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_-_ubs_x_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_-_campanha_contra_a_dengue_jaime.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacao_-_cadeiras_de_rodas_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacao_-_cecap_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacao_-_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacao_-_hospital_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2786/indicacao_-_laboratorio_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2787/indicacao_-_reiteracao__v_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2788/indicacao_-_reiteracao_iii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2789/indicacao_-_reiteracao_iv_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2792/indicacao_-_reiteracao_vii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2793/indicacao_-_reiteracao_viii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2795/indicacao_-_reiteracao_xi_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_reiteracao_xii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_reiteracao_xiii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_reiteracao_xiv_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_reiteracao_xv_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_reiteracao_xvi_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_reiteracao_xvii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reiteracao_xviii_pero_filho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_ubs_i_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_ubs_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_ubs_iii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_ubs_iv_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_ubs_ix_pedro_filho_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2810/indicacao_-_ubs_v_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2811/indicacao_-_ubs_vi_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2812/indicacao_-_ubs_vii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao_-_ubs_viii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao_-_ubs_x_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao_-_campanha_contra_a_dengue_jaime.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>