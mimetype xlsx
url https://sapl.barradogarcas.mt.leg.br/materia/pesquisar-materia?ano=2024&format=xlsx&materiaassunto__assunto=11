--- v0 (2026-01-23)
+++ v1 (2026-03-19)
@@ -54,274 +54,274 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/mocao_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/mocao_pebinha.pdf</t>
   </si>
   <si>
     <t>Esta Moção de Aplausos justifica-se, pela inauguração do empreendimento, bem como em reconhecimento ao empenho e dedicação destes profissionais no atendimento de nossa comunidade de forma irretocável.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/mocao_i_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/mocao_i_paulo_bento.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO que os homenageados são os profissionais do PROJETO OLHAR._x000D_
 CONSIDERANDO que os homenageados realizaram um brilhante serviço ao nosso Município e toda a Região._x000D_
 Cumprimento e parabenizo todos os profissionais do PROJETO OLHAR abaixo relacionados, pelos relevantes serviços prestados ao Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/mocao_ii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/mocao_ii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO que os homenageados são residentes em Barra do Garças-MT._x000D_
 CONSIDERANDO que os homenageados foram voluntários do PROJETO OLHAR em Barra do Garças-MT._x000D_
 CONSIDERANDO que os homenageados auxiliam na realização de um brilhante serviço prestado a nosso Município e toda Região._x000D_
 Cumprimento e parabenizo todos os voluntários do PROJETO OLHAR abaixo relacionados, pelos relevantes serviços prestados ao Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/mocao_i_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/mocao_i_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberações do Plenário, que seja encaminhada MOÇÃO DE APLAUSOS e CONGRATULAÇÕES aos valorosos membros da Força Tática Araguaia (MT) e da Companhia de Policiamento Especializado-CPE (GO), abaixo relacionados, envolvidos na recuperação rápida de um veículo Fiat Cronos tomado de assalto na cidade de Barra do Garças-MT e localizado pelos referidos Militares na cidade de Aragarças-GO, aos quais cumprimentamos pelo empenho e dedicação.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/mocao_ii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/mocao_ii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberações do Plenário, que seja encaminhada MOÇÃO DE APLAUSOS e CONGRATULAÇÕES aos valorosos membros da Polícia Civil abaixo relacionados, pelo brilhante trabalho desenvolvido na operação “Salvo Conduto” com ações policiais em Mato Grosso e Goiás, aos quais cumprimentamos pelo empenho e dedicação.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/mocao_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/mocao_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os formandos da Aprendizagem Profissional de Qualificação em Serviços de Supermercados, desenvolvida pelo Serviço Nacional de Aprendizagem Comercial – SENAC.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_aprovados_intercambio_inglaterra_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_aprovados_intercambio_inglaterra_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo aos aprovados para o Intercâmbio da 2ª Edição do Programa MT no Mundo – Intercâmbio Inglaterra, desenvolvido pelo Governo do Estado de Mato Grosso</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/mocao_i_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/mocao_i_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os formandos da Aprendizagem Profissional de Qualificação em Serviços Administrativos, Turma 12, desenvolvida pelo Serviço Nacional de Aprendizagem Comercial – SENAC.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/mocao_ii_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/mocao_ii_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os formandos da Aprendizagem Profissional de Qualificação em Serviços de Administrativos, Turma 13, desenvolvida pelo Serviço Nacional de Aprendizagem Comercial – SENAC.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/mocao_iii_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/mocao_iii_ze_gota.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo os formandos da Aprendizagem Profissional de Qualificação em Serviços Administrativos, Turma 14, desenvolvida pelo Serviço Nacional de Aprendizagem Comercial – SENAC.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/mocao_de_aplausos_e_congratulacoes_-_cross_country.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/mocao_de_aplausos_e_congratulacoes_-_cross_country.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo notável incentivo ao esporte e valiosa contribuição com a participação na realização do 1º Cross Country, no 1º Centro Esportivo de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/mocao_secreta_bike.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/mocao_secreta_bike.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo notável incentivo ao esporte e valiosa contribuição com a participação na realização do 2º Campeonato Municipal, no 1º Centro Esportivo de Barra do Garças-MT, na modalidade de Mountain Bike.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/mocao_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/mocao_paulo_bento.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO que os homenageados são residentes em Barra do Garças-MT;_x000D_
 CONSIDERANDO que os homenageados são alunos da Escola Estadual Militar Tiradentes Cabo PM Vanilson Silva Carvalho, em Barra do Garças-MT._x000D_
 Cumprimento e parabenizo os alunos aprovados na Segunda Edição do Programa MT no Mundo, pelo brilhante desempenho, pelo qual puderam alcançar a oportunidade de um intercambio na Inglaterra.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/mocao_iii_secreta_bike.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/mocao_iii_secreta_bike.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo notável incentivo ao esporte e valiosa contribuição com a participação na realização do evento Caiaque Municipal, no 1º Centro Esportivo de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/mocao_iv_secreta_bike.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/mocao_iv_secreta_bike.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo notável incentivo ao esporte e valiosa contribuição com a participação na realização da 1º Caminhada Municipal, no 1º Centro Esportivo de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/mocao_abutres_murilo_valoes1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/mocao_abutres_murilo_valoes1.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo o clube Abutre’s Moto Clube Raça em Extinção – Sub. Sede Barra do Garças-MT, pelos relevantes eventos beneficentes e sociais prestados à população barra-garcense.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/mocao_vi_secreta_bike_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/mocao_vi_secreta_bike_1.pdf</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/mocao_vii_secreta_bike.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/mocao_vii_secreta_bike.pdf</t>
   </si>
   <si>
     <t>Cumprimento e parabenizo pelo notável incentivo ao esporte e valiosa contribuição com a participação na realização do evento de Aeromodelismo Municipal, no 1º Centro Esportivo de Barra do Garças-MT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -628,67 +628,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/mocao_pebinha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/mocao_i_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/mocao_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/mocao_i_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/mocao_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/mocao_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_aprovados_intercambio_inglaterra_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/mocao_i_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/mocao_ii_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/mocao_iii_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/mocao_de_aplausos_e_congratulacoes_-_cross_country.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/mocao_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/mocao_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/mocao_iii_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/mocao_iv_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/mocao_abutres_murilo_valoes1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/mocao_vi_secreta_bike_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/mocao_vii_secreta_bike.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2828/mocao_pebinha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2838/mocao_i_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2839/mocao_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2856/mocao_i_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2857/mocao_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2877/mocao_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2901/mocao_aprovados_intercambio_inglaterra_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2905/mocao_i_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2906/mocao_ii_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2907/mocao_iii_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2909/mocao_de_aplausos_e_congratulacoes_-_cross_country.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2917/mocao_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2918/mocao_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2919/mocao_iii_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2920/mocao_iv_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2921/mocao_abutres_murilo_valoes1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2923/mocao_vi_secreta_bike_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2924/mocao_vii_secreta_bike.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>