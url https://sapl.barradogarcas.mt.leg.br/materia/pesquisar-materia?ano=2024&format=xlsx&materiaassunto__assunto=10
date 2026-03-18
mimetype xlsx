--- v0 (2025-12-10)
+++ v1 (2026-03-18)
@@ -54,369 +54,369 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_reiteracao_ii_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_reiteracao_ii_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, para que seja enviado expediente ao PODER EXECUTIVO MUNICIPAL, a fim de reiterar a Indicação 609/2022 de 19 de setembro de 2022, apresentada por mim e aprovada por unanimidade em sessão de 26 de setembro de 2022, em que se solicita a viabilidade para implantação de um lava-jato municipal com a finalidade de atender veículos de entidades oficiais como Prefeitura Municipal, PJC, PM, Bombeiros, Politec, Polícia Penal, Câmara Municipal, Estado e outros mais, utilizando mão-de-obra de reeducandos, conforme convênio já firmado.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_-_bueiro_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_-_bueiro_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Transporte e Serviços Públicos para que seja realizada a manutenção do bueiro na Avenida Cristal, Bairro São José.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_-_limpeza_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_-_limpeza_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços a realização de limpeza pública de calçada urbana na Rua Coronel Elias Galvão, Bairro Vila Maria, conforme imagens anexas.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_-_limpeza_ii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_-_limpeza_ii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos a Limpeza Pública na Rua 4, Bairro São João.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_-_limpeza_iii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_-_limpeza_iii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços a realização de limpeza pública de calçada urbana na Rua A, Bairro Vila Maria.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_-_limpeza_iv_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_-_limpeza_iv_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços a realização de limpeza pública de calçada urbana na Rua 38, Bairro Abel Lira.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_-_limpeza_v_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_-_limpeza_v_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços a realização de limpeza pública de calçada urbana na Avenida Presidente Vargas, Bairro Vila Maria.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_-_otb_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_-_otb_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Transporte e Serviços Públicos, que seja realizada a Operação Tapa Buracos na Avenida Amazonas, no Bairro Jardim dos Ypes.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_-_otb_ii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_-_otb_ii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Transporte e Serviços Públicos, que seja realizada a Operação Tapa Buracos na Avenida Governador Jaime Campos, no Bairro São José.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_-_bancos_pebinha1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_-_bancos_pebinha1.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Transporte e Serviços Públicos a implantação de dois bancos em frente ao Ganha Tempo, em atendimento a solicitação da sua Coordenadora, Paula e demais servidores. _x000D_
 _x000D_
 Justifica-se esta demanda em razão da acessibilidade e possibilidade de manter ou ampliar a rede de suporte para população no atendimento no ganha tempo.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_-_criacao_praca__ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_-_criacao_praca__ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria de Transporte e Serviços Públicos, conforme consta no rol das suas competências, a solicitação de instalação de placa de sinalização de lombada, na Avenida Principal do Bairro Ouro Fino, na cidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_-_faixa_de_pedestres_secreta_bike.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_-_faixa_de_pedestres_secreta_bike.pdf</t>
   </si>
   <si>
     <t>Indico à Secretária de Transporte e Serviços Públicos, solicitando que sejam realizadas faixas de pedestres no cruzamento da Rua Otacílio José dos Santos com a Rua Mato Grosso.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_-_buraco_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_-_buraco_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria de Transporte e Serviços Públicos, conforme consta no rol das suas competências, a solicitação de serviço de Tapa Buraco na Rua São Sebastião, esquina com a Av. José dos Santos, no Bairro Cristino Cortes, nesta cidade.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_-_cemiterio_pebinha1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_-_cemiterio_pebinha1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos a realização de calçamento e cerca na “parte nova” do cemitério localizado no Bairro Jardim Nova Barra Norte, sito na Rua Maj. Pitaluga, 2124._x000D_
 _x000D_
 Justifica-se esta demanda em razão de reiterada reivindicação dos moradores para a realização das referidas obras, já que o local nunca possuiu um calçamento e nem uma cerca. Pelo exposto, solicita-se aos Pares a aprovação desta matéria.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/indicacao_-_pocas_de_agua_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/indicacao_-_pocas_de_agua_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos, solicitando providências quanto às poças de água parada, localizadas nas cascatas e fonte luminosa da Praça da Matriz.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_-__cascalhamento_dr._neto_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_-__cascalhamento_dr._neto_1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Transporte e Serviços Públicos, solicitando o serviço de cascalhamento e patrolamento na Rua Padre Leandro, Rua Fidalgo e Rua Araponga, localizadas no Bairro Jardim Nova Barra, atendendo a demanda do munícipe Dr. Gilmar.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_coletivo_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_coletivo_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, solicitando viabilizar a possibilidade do transporte coletivo urbano retomar a sua linha pela Avenida Ministro João Alberto._x000D_
 _x000D_
    Objetiva-se e justifica-se esta Indicação, considerando que a Rua Mato Grosso carece de pontos destinados ao transporte coletivo urbano, tumultuando o trânsito dessa via pública.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_-_limpeza__dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_-_limpeza__dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Transporte e Serviços Públicos, com cópias para a Secretaria Municipal de Meio Ambiente e Secretaria Municipal de Indústria e Comércio/Desenvolvimento Rural/Pesca e Aquicultura, solicitando que realizem a limpeza da canaleta do muro que divide a serra com o Bairro Jardim Amazônia (BNH).</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_-_poste_de_energia_eletrica_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_-_poste_de_energia_eletrica_jaime.pdf</t>
   </si>
   <si>
     <t>Indica à Empresa Concessionária de Serviços Públicos Energisa S/A, solicitando a remoção do poste de energia elétrica, e colocar na divisa do terreno, na Rua Tapuia, s/n, Quadra 488, Lote 21, Bairro Jardim Nova Barra do Garças, sem ter que custear qualquer valor, conforme solicitação da munícipe Luzia, proprietária do imóvel, podendo ser encontrada no seguinte telefônico: (66) 99221-6890.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_-_posto_fiscal_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_-_posto_fiscal_jaime.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Deputado Estadual Max Russi e ao Secretário Estadual de Fazenda Rogério Luiz Gallo, solicitando que sejam feitas melhorias no Posto Fiscal do Anel Viário, ante a situação da atual estrutura, com a instalação de: _x000D_
 _x000D_
 a)	Ar condicionado, balança, câmeras, rede de Internet e banheiros;_x000D_
  _x000D_
 b)	Sala para digitação;_x000D_
 _x000D_
 c)	Balcão para conferência de cargas;_x000D_
 _x000D_
 d)	Barracão com rampas para conferência das cargas;_x000D_
 _x000D_
 e)	Placas de sinalização;_x000D_
 _x000D_
 f)	Dormitórios;_x000D_
 _x000D_
 g)	Redutor de velocidade;_x000D_
 _x000D_
 h)	Melhoria e ampliação do estacionamento;_x000D_
 _x000D_
 i)	Refeitório.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/indicacao_-_brinquedos_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/indicacao_-_brinquedos_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Transporte e Serviços Públicos, solicitando a manutenção dos brinquedos infantis localizados no parque da Praça da Matriz.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_-_limpeza_murilo_valoes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_-_limpeza_murilo_valoes.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria Municipal de Transporte e Serviços Públicos, para que procedam a limpeza e roçagem de mato das calçadas e lotes do Bairro Nova Jerusalém, em específico na Rua São Salvador.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimento_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimento_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a EMPRESA GARÇASTUR, requerendo que envie a esse Gabinete, no prazo legal, as seguintes informações:_x000D_
 _x000D_
 a. Quais os Bairros atualmente estão sendo atendidos com o transporte coletivo?_x000D_
 b. Quais os dias e horários estão sendo disponibilizados transporte aos referidos bairros?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -726,67 +726,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_reiteracao_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_-_bueiro_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_-_limpeza_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_-_limpeza_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_-_limpeza_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_-_limpeza_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_-_limpeza_v_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_-_otb_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_-_otb_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_-_bancos_pebinha1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_-_criacao_praca__ze_gota.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_-_faixa_de_pedestres_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_-_buraco_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_-_cemiterio_pebinha1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/indicacao_-_pocas_de_agua_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_-__cascalhamento_dr._neto_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_coletivo_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_-_limpeza__dr._neto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_-_poste_de_energia_eletrica_jaime.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_-_posto_fiscal_jaime.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/indicacao_-_brinquedos_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_-_limpeza_murilo_valoes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimento_pedro_filho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_reiteracao_ii_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2830/indicacao_-_bueiro_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2831/indicacao_-_limpeza_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2832/indicacao_-_limpeza_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2833/indicacao_-_limpeza_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2834/indicacao_-_limpeza_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2835/indicacao_-_limpeza_v_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2836/indicacao_-_otb_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2837/indicacao_-_otb_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2859/indicacao_-_bancos_pebinha1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2860/indicacao_-_criacao_praca__ze_gota.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2861/indicacao_-_faixa_de_pedestres_secreta_bike.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_-_buraco_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_-_cemiterio_pebinha1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2873/indicacao_-_pocas_de_agua_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2874/indicacao_-__cascalhamento_dr._neto_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2876/indicacao_coletivo_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2878/indicacao_-_limpeza__dr._neto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2893/indicacao_-_poste_de_energia_eletrica_jaime.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2894/indicacao_-_posto_fiscal_jaime.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2902/indicacao_-_brinquedos_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2922/indicacao_-_limpeza_murilo_valoes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2024/2777/requerimento_pedro_filho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>