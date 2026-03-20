--- v0 (2026-01-23)
+++ v1 (2026-03-20)
@@ -54,1337 +54,1337 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1223/indicacao_011-2023_rocagem_do_bairro_dos_jardim_do_ipes_-_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1223/indicacao_011-2023_rocagem_do_bairro_dos_jardim_do_ipes_-_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DE BARRA DO GARÇAS, solicitando a roçagem e revitalização das ruas do Bairro Jardim dos Ipês.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_031-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_031-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja encaminhado expediente ao PREFEITO MUNICIPAL DE BARRA DO GARÇAS e ao SECRETÁRIO DE URBANISMO E PAISAGISMO, solicitando a construção de uma Praça, com Parque Infantil e Academia ao Ar Livre (ATI), nos seguintes logradouros:_x000D_
 1- Avenida Presidente Vargas, no Jardim Nova Barra._x000D_
 2- Bairro Jardim Mangueiras;</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_045-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_045-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópias ao SECRETÁRIO DE URBANISMO E PAISAGISMO e ao SECRETÁRIO DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando providências no sentido de determinar ao Setor Competente que realize em regime de urgência limpeza completa no fundo do Parque das Águas Quente, principalmente no local onde está sendo instalada a piscina de ondas, pois, existe uma grande quantidade de lixo naquele local.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_046-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_046-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO com cópias ao SECRETÁRIO DE URBANISMO E PAISAGISMO e ao SECRETÁRIO DE TRANSPORTES E SERVIÇOS PÚBLICOS solicitando que determine ao Setor Competente a limpeza tanto na parte interna quanto na área externa no entorno de todos os PSF’s, Escolas e Creches de nosso Município.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_047-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_047-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO com cópia ao SECRETÁRIO DE URBANISMO E PAISAGISMO solicitando que providencie um local apropriado para que o Cidadão Barra-garcense, possa fazer o descarte de geladeiras, sofás, guarda-roupas e outros objetos inservíveis para uso, visto que, tais utensílios não podem serem colocados na lixeira de coleta, juntamente com o lixo urbano.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_048-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_048-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO DE URBANISMO E PAISAGISMO, que adote as seguintes recomendações referente ao Parque das Águas Quentes:_x000D_
 1- Fixação de Placa na parte externa informando o horário de funcionamento de cada atrativo do parque;_x000D_
 2- Placa de Advertência proibindo a utilização de piscinas e equipamentos em manutenção ou com defeito;_x000D_
 3- Limpeza das piscinas e tobogãs;_x000D_
 4- Reparos na iluminação;</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_053-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_053-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao CHEFE DO PODER EXECUTIVO, solicitando com urgência a determinação a quem de direito que proceda a limpeza do matagal existente em terrenos baldios no Bairro Anchieta, em especial na Rua das Hortênsias, que fica localizada logo abaixo do Posto de Gasolina do BNH. Demanda apresentada pelo munícipe Vitor Gabriel.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_066-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_066-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL com cópia ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando que estude a possibilidade de realização de reforma na fonte da Praça da Matriz, bem como, o melhoramento do paisagismo daquele espaço público, um dos cartões postais da nossa Cidade e está em total abandono.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_068-23_-_paulo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_068-23_-_paulo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO com cópia à SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando a reforma da Praça Dr. Marcelo Paes Leme, no bairro BNH. Fotos em anexo.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_077-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_077-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE URBANISMO E PAISAGISMO, solicitando que seja feita uma limpeza geral nas ruas do Cristino Cortes, com varrição de ruas, capina e poda de árvores, pois, conforme relatos do morador Jesus Quarto Crescente há muito lixo e sujeira naquele local, necessitando, portanto, de um mutirão de limpeza urbana em regime de urgência.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_095-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_095-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE URBANIZAÇÃO E PAISAGISMO, com cópia ao PREFEITO MUNICIPAL, solicitando que seja feita a limpeza dos cemitérios municipais de nossa cidade, inclusive, com o apoio da Empresa responsável pela coleta de lixo, para tais atividades.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_096-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_096-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS e ao SECRETÁRIO DE URBANISMO E PAISAGISMO solicitando serviços de revitalização da Praça Sebastião Júnior, com a construção de sanitários ao público e uma sala para atender os taxistas que possuem ponto naquele local.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_119-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_119-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, mostrando a premente necessidade de proceder a limpeza dos meios-fios, no Bairro Cidade Jardim, nesta Cidade de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_146-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_146-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, com cópia ao SECRETÁRIO DE URBANISMO E PAISAGISMO e a SECRETARIA DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que determine ao Setor Competente, serviços de limpeza no Canteiro Central da Avenida Amazonas, no Bairro de Vila Maria, atendendo ao pedido dos moradores daquele bairro.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_155-23_-_ronair.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_155-23_-_ronair.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, com cópia ao SECRETÁRIO DE URBANISMO E PAISAGISMO e a SECRETARIA DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que determine ao Setor Competente, serviços de limpeza no canteiro central da Avenida Amazonas, no Bairro de Vila Maria, atendendo ao pedido dos moradores daquele bairro.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_197-23_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_197-23_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a SECRETARIA DE SERVIÇOS PÚBLICOS E TRANSPORTES com cópia a SECRETARIA DE URBANISMO E PAISAGISMO, a fim de solicitar serviços de limpeza de terreno urbano, na Rua Ana Cláudia, no Bairro Nova Barra, (Rua da Coca-Cola, na 2ª Quadra), atendendo a demanda de uma moradora local. Fotos em anexo.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_198-23_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_198-23_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a SECRETARIA DE SERVIÇOS PÚBLICOS E TRANSPORTES com cópia a SECRETARIA DE URBANISMO E PAISAGISMO, a fim de solicitar serviços de limpeza de terreno urbano, na Rua São Sebastião, no Bairro Cristino Cortes, abaixo da casa de nº 1564, atendendo a demanda de uma moradora local.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_209-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_209-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE MEIO AMBIENTE, URBANISMO E PAISAGISMO, solicitando a reforma e colocação de novos brinquedos nos playgrounds existentes em todos os bairros de nossa cidade, especialmente, os dos bairros Piracema e Ouro Fino, bem como a implantação de um Parque Infantil, no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_214-23_-_jairo_g.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_214-23_-_jairo_g.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DE BARRA DO GARÇAS, solicitando a roçagem e revitalização das ruas do Bairro São João.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_222-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_222-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE URBANISMO E PAISAGISMO solicitando providências para implantação de uma Academia ao Ar Livre - ATI, no Bairro Cidade Jardim..</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_254-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_254-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO e a EMPRESA CLEAN MASTER AMBIENTAL, solicitando que proceda em regime de urgência a limpeza do Centro de Zoonoses, em nossa Cidade, devido ao mato alto e o aspecto de local abandonado.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_284-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_284-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e a SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando, que seja feita a limpeza de rua, roçagem de vegetação, capina e coleta de lixo nas ruas do Bairro Tambury, pois, conforme, relatos dos moradores há muito lixo e sujeira naquela comunidade, necessitando, portanto, de um mutirão de limpeza urbana em regime de urgência.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Dr. José Maria/José Maria Alves Vilar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_294-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_294-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua 22 c/ Rua 24, Bairro Ouro Fino, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_303-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_303-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente a EMPRESA ENERGISA, com cópia a EMPRESA BARRA LUZ, solicitando que entre as duas, definam a competência e a Empresa que for a responsável, execute com urgência o serviço de Corte e de Podas nas Árvores que estão acima e/ou encostando na Rede de Energia, na Comunidade de Vale dos Sonhos. Segue fotos em anexo.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_313-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_313-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, solicitando que expeça Ordem de Serviço à Secretaria competente, determinando para que com URGÊNCIA, faça a roçagem e limpeza da área do Aeroporto, com restrição para deixarem o local somente após a conclusão do serviço demandado.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_317-23_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_317-23_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETÁRIA DE PAISAGISMO E URBANISMO com cópia a SECRETÁRIA DE TRANSPORTES E SERVIÇOS PÚBLICOS, para realizar serviços de manutenção e limpeza na Praça Matriz.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Dr. José Maria/José Maria Alves Vilar, Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_328-23_-_paulo_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_328-23_-_paulo_e_outros.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÀRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA DO CANTEIRO CENTRAL, na Avenida Amazônia, Bairro Vila Maria, no qual se encontra em anexo foto da presente avenida.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_329-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_329-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA DO CANTEIRO CENTRAL, na Avenida Presidente Vargas, Bairro Jardim Nova Barra, no qual se encontra em anexo foto da presente avenida.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_335-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_335-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua Diamante, Bairro Jardim Nova Barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_376-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_376-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL com cópias a SECRETARIA MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e a SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO, no sentido de realizar serviços de limpeza geral no Bairro Cristino Cortes (varrição de rua, capina e pintura dos meios-fios, poda da grama dos canteiros centrais), bem como notificação dos proprietários de terrenos baldios que circundam o Bairro, para que realizem a limpeza dos mesmos. Atendendo a indicação do Senhor Jesus Quarto Crescente, que diz “pago meus impostos e não tenho um bairro limpo”.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_379-23_-_secreta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_379-23_-_secreta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando que realize a limpeza da Rua Cuiabá, no Bairro União, aos fundos da UBS Santo Antônio II (Manga Rosa), devido à grande quantidade de sujeira e matagal acumulada naquele local. Atendendo a reivindicação do Senhor Fausto Aparecido de Oliveira.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_382-23_-_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_382-23_-_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DO MUNICÍPIO DE BARRA DO GARÇAS, solicitando a limpeza (capina) e revitalização na área em que está situada a Quadra de Esportes do bairro BNH.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_385-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_385-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua F esquina c/ Rua Esperança, bairro Cristino Corte, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_393-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_393-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, a LIMPEZA, na Rua Cristóvão de Jesus, Bairro Nova Barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_394-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_394-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, a LIMPEZA, na Rua Manoel Pereira Brito, Bairro Cidade Universitária, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_395-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_395-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, a LIMPEZA, na Rua Moreira Cabral, Bairro Cidade Universitária, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_396-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_396-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, a LIMPEZA, na Rua W31, Bairro Solar Ville, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_397-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_397-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Avenida Brasil, Bairro Nova Barra, em toda sua extensão no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_398-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_398-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua General Vasconcelos, Bairro Nova Barra esquina com Avenida Brasil, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_399-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_399-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua Major Otávio Pitaluga, Bairro Nova Barra, em toda sua extensão no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_400-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_400-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua São Salvador, Bairro Nova Barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_401-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_401-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua Senador Filinto Muller, Bairro Nova Barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_402-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_402-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, no Canteiro Central Avenida Brasil, Bairro Nova Barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_403-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_403-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, na Rua São Salvador Bairro nova barra, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_477-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_477-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL e à Empresa CLEAN MASTER a fim de solicitar limpeza das ruas do Bairro Cidade Universitária, conforme localização anexa, atendendo demanda do munícipe Manoel Rodrigues.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1970/indicacao_493-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1970/indicacao_493-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETARIO MUNICIPAL DE URBANISMO E PAISAGISMO, com cópia ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, LIMPEZA, no canteiro central da Avenida Cristal, Bairro Jardim dos Ipês, no qual se encontra em anexo foto da presente rua.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacao_510-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacao_510-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 9.000,00 (nove mil reais) de Emenda Individual Impositiva de minha autoria (Emenda Livre), à Secretaria de Urbanismo e Paisagismo, com fim específico para obras e melhorias nas instalações e revitalização da Praça do Distrito de Indianópolis/Tabazul, cuja definição no que será aplicado, cabendo à Associação de Moradores a definição sobre a sua aplicação.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_522-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_522-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 9.000,00 (nove mil reais) de Emenda Individual Impositiva de minha autoria (Emenda Livre), à Secretaria de Urbanismo e Paisagismo, com fim específico para obras e melhorias nas instalações e revitalização da Praça do Distrito de Vale dos Sonhos, cuja definição no que será aplicado, cabendo à Associação de Moradores a definição sobre a sua aplicação.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_523-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_523-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao PODER EXECUTIVO MUNICIPAL a fim de que seja solicitado por meio da expedição de Ordem de Serviço determinando a quem competir, para que realize: avaliação e recuperação das Pontes e Pergolados de Madeira; destino correto de materiais não utilizáveis como fios, refletores, madeiras retiradas dos locais de origem e atenção especial a fios e tampas de caixas de energia existentes na Praça da Matriz. Imagens e localização anexas.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_551-2023_vereador_gabriel_pereira_lopes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_551-2023_vereador_gabriel_pereira_lopes.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO, a fim de solicitar a prestação de serviço de poda de árvore, na Rua Paula Ferrer (antiga rua 10), no Bairro Jardim Piracema.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/indicacao_554-23_-_ronair.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/indicacao_554-23_-_ronair.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO com cópia ao CHEFE DO PODER EXECUTIVO MUNICIPAL, a fim de solicitar a implantação de Placa de Sinalização de PARE com elaboração de Faixa de Sinalização de PARE no asfalto e Faixa de Pedestre, na Rua Gerson Medeira Junior, esq. c/ Rua São Benedito, frente ao nº 670 C, CEP. 78.600-300, Barra do Garças-MT, atendendo à solicitação de moradores, representados pela Sra. Rosana Maria Nascimento, conforme imagens anexas da localização e via pública.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_555-23_-_ronair.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_555-23_-_ronair.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO com cópia ao CHEFE DO PODER EXECUTIVO MUNICIPAL, a fim de solicitar a construção de lombada, na Rua Gerson Medeira Junior, esq. c/ Rua São Benedito, frente ao nº 670 C, CEP. 78.600-300, Barra do Garças-MT, atendendo à solicitação de moradores, representados pela Sra. Rosana Maria Nascimento, conforme imagens anexas da localização e via pública.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_556-_23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_556-_23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL e SECRETARIA MUNICIPAL DE ARQUITETURA E URBANISMO com cópia à Concessionária de Serviço Público de Limpeza e Manutenção Urbanas CLEAN MASTER a fim de solicitar a realização de mutirão de limpeza de vias públicas e terrenos baldios no Distrito Vale dos Sonhos e Distrito Indianópolis, ambos localizados no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/indicacao_560-23_-_murilo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/indicacao_560-23_-_murilo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia à SECRETARIA DE URBANISMO E PAISAGISMO, a solicitação ao setor competente a necessidade de disponibilizar um caminhão pipa para molhar a Rua Palmeiras, no Bairro Nova Barra Sul, Cep 78606-681.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2091/indicacao_561-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2091/indicacao_561-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETARIA MUNICIPAL DE URBANISMO, com cópia ao PREFEITO MUNICIPAL DE BARRA DO GARÇAS-MT, solicitando a pavimentação asfáltica na Rua Piracanjuba, Bairro Nova Barra do Garças, a pedido da munícipe Jéssica Foleiro.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_572-23_-_paulo_e_outro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_572-23_-_paulo_e_outro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, com cópia ao CHEFE DO PODER EXECUTIVO MUNICIPAL, solicitando que providencie o atendimento, com regime de urgência, mediante MANUTENÇÃO, nos bancos da Praça Pública na Avenida Perimetral, Bairro São José, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_-_limpeza_secreta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_-_limpeza_secreta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando que realize a Limpeza de todo o Setor Vila Varjão, devido à grande quantidade de sujeira acumulada naquela localidade, nas ruas e calçadas. Atendendo a reivindicação dos moradores daquela região.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao-ati-iii-_pedro-filho_.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao-ati-iii-_pedro-filho_.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao PODER EXECUTIVO MUNICIPAL, solicitando a limpeza e manutenção da área destinada a “Academia ao Ar Livre” localizada no Porto do Baé, no Bairro Cidade Velha, em nosso Município.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2160/indicacao_-_manutencao_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2160/indicacao_-_manutencao_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, solicitando providências para a manutenção da Praça do Bairro Jardim Amazônia I (BNH).</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2163/indicacao_-_limpeza_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2163/indicacao_-_limpeza_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando providências quanto a coleta de lixo na Rua Xibiu, localizada no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_-_limpeza_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_-_limpeza_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO, versando sobre a necessidade de limpeza de terrenos e praças localizados no Bairro Jardim dos Ipês, em especial, na Rua São Paulo, a fim de evitar o agravamento de queimadas, atendendo à solicitação de moradores da região.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_-_limpeza_secreta_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_-_limpeza_secreta_1.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO e à SECRETARIA MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que se realize a Limpeza da Rua do Contorno no Setor Vila Varjão, devido à grande quantidade de entulho acumulado, em atendimento à solicitação dos moradores daquela região.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_-_revitalizacao_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_-_revitalizacao_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, com cópia ao CHEFE DO PODER EXECUTIVO MUNICIPAL, solicitando que seja procedida a revitalização da única Praça do Bairro Ouro Fino.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao_-_redutor_de_velocidade_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao_-_redutor_de_velocidade_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, solicitando que seja colocado redutor de velocidade na Avenida Brasília, Bairro São João, próximo ao imóvel de nº 48, atendendo à demanda de munícipe.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_-_micro_revestimento_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_-_micro_revestimento_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, para prestação de serviço público de micro revestimento asfáltico, na Avenida JK, Bairro São João.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacao_-_placas_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacao_-_placas_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, a fim de requerer a inserção de Placas de Aviso de Área de Preservação Permanente (APP), nas Ruas General Vaz Curvo e Havai, no Bairro Jardim Nova Barra do Garças.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_-_canaleta_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_-_canaleta_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, a fim de requerer a construção de caneleta de concreto para escoamento das águas pluviais nas Ruas General Vaz Curvo e Havai, no Bairro Nova Barra do Garças.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_-_retirada_de_arvore_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_-_retirada_de_arvore_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, a fim de solicitar a prestação de serviço de retirada de árvore, na Rua 27, Quadra 183, Lote 16, Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_-_micro_revestimento_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_-_micro_revestimento_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Urbanismo, a realização de aplicação de micro revestimento na Rua Cristóvão de Jesus, S/N, Bairro São Jose.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao_-__pavimentacao_asfaltica_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao_-__pavimentacao_asfaltica_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, solicitando a realização de pavimentação asfáltica das seguintes vias públicas do Bairro Nova Barra do Garças:</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao_-_limpeza_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao_-_limpeza_jaime.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a realização de limpeza pública da Avenida Amazonas, do Bairro Nova Barra do Garças à Vila Maria.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_-_lombada_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_-_lombada_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a implantação de LOMBADA na Rua General Carneiro, Bairro Jardim Palmares, em frente à Escola Municipal Waldiza Rego Flores.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_-_meio_fio_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_-_meio_fio_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, que providencie o atendimento com regime de urgência, MANUTENÇÃO DO MEIO FIO, na Rua 21, esquina com a Rua Juscelino Kubitschek, Bairro Jardim Palmares, no qual se encontra anexa imagem da via pública em comento.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao_-_otb_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao_-_otb_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, que providencie o atendimento com regime de urgência, OPERAÇÃO TAPA BURACO, na Rua Juscelino Kubitschek, Bairro Jardim Palmares, no qual se encontra imagem anexa da referida via pública.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_-_sinalizacao_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_-_sinalizacao_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo implantar sinalização de trânsito horizontal e vertical no Bairro Toledo._x000D_
 _x000D_
 Justifica-se esta demanda em razão da ausência de sinalização no referido bairro o que coloca a população em risco de acidentes. Pelo exposto, solicita-se aos Pares a aprovação desta matéria.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_-_seguranca_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_-_seguranca_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Urbanismo para que se promova a segurança do entorno do Colégio Estadual Dom José Selva.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_-_limpeza_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_-_limpeza_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Urbanismo a solicitação de Limpeza dos bueiros na Avenida Salomé José Rodrigues.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2356/indicacao_-_brinquedo_praca_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2356/indicacao_-_brinquedo_praca_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Urbanismo a solicitação de implementação de brinquedos em praça do Bairro Palmares.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_-_ati_ze_gota_esste.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_-_ati_ze_gota_esste.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo e Paisagismo a implementação de Academia da Terceira Idade (ATI), no Bairro Jardim Palmares.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_088-_multirao_de_limpeza_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_088-_multirao_de_limpeza_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao PODER EXECUTIVO MUNICIPAL, a fim de que seja expedido ordem de serviço para a execução de mutirão de limpeza das ruas e lotes, e em razão de nos aproximarmos ao início do período de chuvas, que também seja efetuada a limpeza das “bocas de lobos”, nos Bairros: Jardim Mariano, Jardim Planalto e Cristino Cortes no Município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_-_fonte_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_-_fonte_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, com cópias ao Chefe do Poder Executivo Municipal, solicitando a reforma da fonte luminosa da Praça da Matriz.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2372/indicacao-limpeza-_pedro-filho_.doc-01.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2372/indicacao-limpeza-_pedro-filho_.doc-01.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, em especial a empresa CLEAN MASTER, para que providenciem a retirada dos sacos de lixos que estão sendo colocados na via pública, em frente a Creche  Profª Carmina Santis Bosaipo (Imagem anexa 02), Bairro Anchieta, no município de Barra do Garças – MT, localização no anexo 01.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2384/indicacao_-_otb_iv_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2384/indicacao_-_otb_iv_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, com cópias ao Chefe do Poder Executivo Municipal, que seja realizada a Operação Tapa Buracos na Rua Matias Ribeiro, Bairro União, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2385/indicacao_-_otb_iii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2385/indicacao_-_otb_iii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, com cópias ao Chefe do Poder Executivo Municipal, que seja realizada a Operação Tapa Buracos na Avenida Presidente Vargas, esquina com Rua Esmeralda, no Bairro Jardim Nova Barra Norte, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2386/indicacao_-_otb_ii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2386/indicacao_-_otb_ii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, com cópias ao Chefe do Poder Executivo Municipal, que seja realizada a Operação Tapa Buracos na Rua Mato Grosso, Bairro União (atrás da concessionária FIAT Autonorte), conforme imagem anexa.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2387/indicacao_-_otb_i_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2387/indicacao_-_otb_i_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, com cópias ao Chefe do Poder Executivo Municipal, que seja realizada a Operação Tapa Buracos na Avenida Principal do Bairro Ouro Fino, conforme imagem anexa.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2388/indicacao_-_limpeza_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2388/indicacao_-_limpeza_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a realização de limpeza pública de calçada urbana da Rua Frei Damião, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao_-_limpeza_ii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao_-_limpeza_ii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a realização de limpeza pública de calçada urbana da Avenida Perimetral, Bairro Vila Maria.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao_-_limpeza_iii_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao_-_limpeza_iii_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a realização de limpeza pública de calçada urbana da Avenida Goiabeiras, Bairro Jardim das Mangueiras.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao_-_limpeza_iv_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao_-_limpeza_iv_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo a realização de limpeza pública de calçada urbana da Rua G, Bairro Vila Maria.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_-_pavimentacapo_-_rua_22_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_-_pavimentacapo_-_rua_22_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Urbanismo a solicitação de pavimentação na Rua 22, Bairro Jardim Palmares, Barra do Garças.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_-_pavimentacapo_-_rua_wilma_peixoto_de_melo_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_-_pavimentacapo_-_rua_wilma_peixoto_de_melo_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Urbanismo a solicitação de pavimentação na Rua Wilma Peixoto de Melo Bairro, Jardim Palmares, Barra do Garças.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_-_quadra_poliesportiva_poda_arvore_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_-_quadra_poliesportiva_poda_arvore_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Urbanismo a solicitação de poda de árvore na quadra poliesportiva do Bairro BNH.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2528/indcacao_-_limpeza_av_perimetral_dr.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2528/indcacao_-_limpeza_av_perimetral_dr.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo, solicitando a limpeza das vias públicas na Av. Perimetral, no Bairro São José, atendendo a demanda do munícipe Alex Higino.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacao_-_limpeza_secreta_bike_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacao_-_limpeza_secreta_bike_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Secretário Municipal de Urbanismo e Paisagismo, com cópia para a Secretaria Municipal de Transporte e Serviços Públicos, solicitando que se realize a Limpeza de alguns entulhos na da Rua 15 de Setembro, próximo à Rua General Carneiro, no Bairro Santo Antônio, devido à grande quantidade de entulho acumulado, em atendimento à solicitação dos moradores daquela região.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacao_-_limpeza_publica_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacao_-_limpeza_publica_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria de Urbanismo e Paisagismo, conforme consta no rol das suas competências, a solicitação de limpeza pública de terreno urbano  no Bairro Nova Barra do Garças, na Rua Senador Fillinto Muller, frente a residência de numeração 470.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacao_-_bueiro_este_ze_gota_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacao_-_bueiro_este_ze_gota_1.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria de Urbanismo e Paisagismo, conforme consta no rol das suas competências, a solicitação de manutenção de bueiro e limpeza de curso d’água  na Rua Pedro Barbosa Silva, Qr. 13 – Jardim Araguaia, COHAB – antiga rua D, em Barra do Garças – MT.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacao_-_disritos_pedro_filho.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacao_-_disritos_pedro_filho.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à empresa CLEAN MASTER, afim de solicitar que, o mais breve possível, esclareça questões a nós repassadas em relação a irregularidade e por vezes ausência, na coleta de lixo nas comunidades do Vale dos Sonhos, Indianópolis e Toricueije.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacao_-_manilhamento_este_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacao_-_manilhamento_este_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria de Urbanismo e Paisagismo, com cópia para a Secretaria de Transporte e Serviços Públicos, a solicitação de limpeza de bueiro, construção de manilhamento e de canaleta de escoamento, conforme consta no rol das suas competências, tal demanda sendo efetuada na Avenida Perimetral, Quadra 149, Lote 24, Bairro São José, Barra do Garças – MT.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacao_-_manutencao_canteiros_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacao_-_manutencao_canteiros_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria de Urbanismo e Paisagismo, conforme consta no rol das suas competências, a solicitação de Manutenção de Jardinagem, implementação de Parque de Diversão e Academia Popular, nos canteiros centrais do Bairro Jardim Piracema, na cidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacao_solicita_limpeza_dos_bueiros_bairros_sao_sebastiao_setor_mariano_e_cristino_cortes_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacao_solicita_limpeza_dos_bueiros_bairros_sao_sebastiao_setor_mariano_e_cristino_cortes_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimentos das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO, TRANSPORTE E SERVIÇOS PÚBLICOS a fim de solicitar, que proceda o quanto antes a limpeza dos bueiros e bocas de lobo nos Bairros: Jardim Mariano, Cristino Cortes e São Sebastião I e II.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2153/requerimento_-_caminhao_pipa_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2153/requerimento_-_caminhao_pipa_jaime.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO, requerendo que:</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2157/requerimento_-_patrolamento_vereadores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2157/requerimento_-_patrolamento_vereadores.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE URBANISMO, requerendo:</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2380/requerimento_ii_pedro_filho.docx_2.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2380/requerimento_ii_pedro_filho.docx_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à empresa CLEAN MASTER, requerendo, que informe a este Gabinete questões a nós repassadas, de que não há varredores (garis) na realização da limpeza das Ruas no Bairro Jardim Toledo, localizado no Município de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2473/requerimento_36o_sessao-_30.10.2023_-_req_12_-_requer_informacoes_sobre_a__nao_regularidade_na_coleta_de_lixo_de_bairros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2473/requerimento_36o_sessao-_30.10.2023_-_req_12_-_requer_informacoes_sobre_a__nao_regularidade_na_coleta_de_lixo_de_bairros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à empresa CLEAN MASTER, requerendo, que o mais breve possível, esclareça a esse Gabinete questões a nós repassadas em relação a não regularidade na coleta de lixo em alguns bairros do município de Barra do Garças, como segue:_x000D_
 - Santo Antônio_x000D_
 - Centro_x000D_
 - Nova Barra_x000D_
 - Anchieta_x000D_
 - São Sebastião</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1696,67 +1696,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1223/indicacao_011-2023_rocagem_do_bairro_dos_jardim_do_ipes_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_031-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_045-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_046-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_047-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_048-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_053-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_066-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_068-23_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_077-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_095-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_096-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_119-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_146-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_155-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_197-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_198-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_209-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_214-23_-_jairo_g.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_222-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_254-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_284-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_294-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_303-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_313-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_317-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_328-23_-_paulo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_329-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_335-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_376-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_379-23_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_382-23_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_385-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_393-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_394-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_395-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_396-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_397-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_398-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_399-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_400-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_401-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_402-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_403-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_477-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1970/indicacao_493-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacao_510-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_522-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_523-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_551-2023_vereador_gabriel_pereira_lopes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/indicacao_554-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_555-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_556-_23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/indicacao_560-23_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2091/indicacao_561-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_572-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_-_limpeza_secreta.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao-ati-iii-_pedro-filho_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2160/indicacao_-_manutencao_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2163/indicacao_-_limpeza_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_-_limpeza_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_-_limpeza_secreta_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_-_revitalizacao_pebinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao_-_redutor_de_velocidade_pebinha.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_-_micro_revestimento_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacao_-_placas_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_-_canaleta_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_-_retirada_de_arvore_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_-_micro_revestimento_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao_-__pavimentacao_asfaltica_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao_-_limpeza_jaime.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_-_lombada_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_-_meio_fio_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao_-_otb_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_-_sinalizacao_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_-_seguranca_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_-_limpeza_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2356/indicacao_-_brinquedo_praca_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_-_ati_ze_gota_esste.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_088-_multirao_de_limpeza_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_-_fonte_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2372/indicacao-limpeza-_pedro-filho_.doc-01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2384/indicacao_-_otb_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2385/indicacao_-_otb_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2386/indicacao_-_otb_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2387/indicacao_-_otb_i_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2388/indicacao_-_limpeza_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao_-_limpeza_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao_-_limpeza_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao_-_limpeza_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_-_pavimentacapo_-_rua_22_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_-_pavimentacapo_-_rua_wilma_peixoto_de_melo_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_-_quadra_poliesportiva_poda_arvore_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2528/indcacao_-_limpeza_av_perimetral_dr.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacao_-_limpeza_secreta_bike_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacao_-_limpeza_publica_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacao_-_bueiro_este_ze_gota_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacao_-_disritos_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacao_-_manilhamento_este_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacao_-_manutencao_canteiros_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacao_solicita_limpeza_dos_bueiros_bairros_sao_sebastiao_setor_mariano_e_cristino_cortes_pedro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2153/requerimento_-_caminhao_pipa_jaime.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2157/requerimento_-_patrolamento_vereadores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2380/requerimento_ii_pedro_filho.docx_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2473/requerimento_36o_sessao-_30.10.2023_-_req_12_-_requer_informacoes_sobre_a__nao_regularidade_na_coleta_de_lixo_de_bairros.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1223/indicacao_011-2023_rocagem_do_bairro_dos_jardim_do_ipes_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1270/indicacao_031-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_045-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_046-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1286/indicacao_047-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_048-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_053-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1314/indicacao_066-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1316/indicacao_068-23_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_077-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_095-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_096-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_119-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1440/indicacao_146-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_155-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_197-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_198-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_209-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_214-23_-_jairo_g.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_222-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1603/indicacao_254-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_284-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_294-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_303-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_313-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_317-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1705/indicacao_328-23_-_paulo_e_outros.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1706/indicacao_329-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_335-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1785/indicacao_376-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1788/indicacao_379-23_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_382-23_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_385-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_393-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_394-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_395-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_396-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_397-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1815/indicacao_398-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_399-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_400-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_401-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_402-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_403-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_477-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1970/indicacao_493-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacao_510-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_522-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_523-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/indicacao_551-2023_vereador_gabriel_pereira_lopes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/indicacao_554-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/indicacao_555-23_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/indicacao_556-_23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/indicacao_560-23_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2091/indicacao_561-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2105/indicacao_572-23_-_paulo_e_outro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2131/indicacao_-_limpeza_secreta.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2137/indicacao-ati-iii-_pedro-filho_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2160/indicacao_-_manutencao_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2163/indicacao_-_limpeza_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2196/indicacao_-_limpeza_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacao_-_limpeza_secreta_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao_-_revitalizacao_pebinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao_-_redutor_de_velocidade_pebinha.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacao_-_micro_revestimento_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacao_-_placas_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao_-_canaleta_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao_-_retirada_de_arvore_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2324/indicacao_-_micro_revestimento_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao_-__pavimentacao_asfaltica_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao_-_limpeza_jaime.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao_-_lombada_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao_-_meio_fio_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao_-_otb_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao_-_sinalizacao_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2354/indicacao_-_seguranca_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2355/indicacao_-_limpeza_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2356/indicacao_-_brinquedo_praca_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2357/indicacao_-_ati_ze_gota_esste.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2358/indicacao_088-_multirao_de_limpeza_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2366/indicacao_-_fonte_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2372/indicacao-limpeza-_pedro-filho_.doc-01.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2384/indicacao_-_otb_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2385/indicacao_-_otb_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2386/indicacao_-_otb_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2387/indicacao_-_otb_i_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2388/indicacao_-_limpeza_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao_-_limpeza_ii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao_-_limpeza_iii_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao_-_limpeza_iv_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_-_pavimentacapo_-_rua_22_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_-_pavimentacapo_-_rua_wilma_peixoto_de_melo_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_-_quadra_poliesportiva_poda_arvore_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2528/indcacao_-_limpeza_av_perimetral_dr.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacao_-_limpeza_secreta_bike_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacao_-_limpeza_publica_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacao_-_bueiro_este_ze_gota_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacao_-_disritos_pedro_filho.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacao_-_manilhamento_este_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacao_-_manutencao_canteiros_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacao_solicita_limpeza_dos_bueiros_bairros_sao_sebastiao_setor_mariano_e_cristino_cortes_pedro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2153/requerimento_-_caminhao_pipa_jaime.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2157/requerimento_-_patrolamento_vereadores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2380/requerimento_ii_pedro_filho.docx_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2473/requerimento_36o_sessao-_30.10.2023_-_req_12_-_requer_informacoes_sobre_a__nao_regularidade_na_coleta_de_lixo_de_bairros.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="197.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="197" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>