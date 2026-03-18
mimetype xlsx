--- v0 (2026-01-23)
+++ v1 (2026-03-18)
@@ -54,87 +54,87 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETARIA MUNICIPAL DE CULTURA, solicitando a viabilidade de contratação de Professores de Música e Instrumentos Musicais, proporcionando mais alternativas de lazer aos nossos jovens e talvez até mesmo uma profissão futura.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jairo Gehm, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Marques Ferreira, JOICE CAMPOS, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_-_showjairo_gehm_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_-_showjairo_gehm_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente, convocando a Ilma. Sra. MÁRCIA CRISTINA MORAES, Secretária Executiva do Consórcio Intermunicipal de Desenvolvimento Econômico, Social e Ambiental do Portal do Araguaia – CIDESAPA e, com a finalidade de prestar os seguintes esclarecimentos na Sessão de 02.10.2023:</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Guinha/Hadeilton Tanner Araújo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2400/requerimento_guinha_e_vereadores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2400/requerimento_guinha_e_vereadores.pdf</t>
   </si>
   <si>
     <t>Requeremos seja encaminhado expediente convocando à empresa 360 + Digital a apresentar à Câmara Municipal de Barra do Garças-MT todas as provas que esta empresa cumpriu o seu contrato no tocante às publicações/divulgações do show da dupla sertaneja Zé Henrique &amp; Gabriel, ocorrido na data de 15 de setembro de 2023 nesta cidade, na 38ª Expoleste.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -441,67 +441,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_-_showjairo_gehm_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2400/requerimento_guinha_e_vereadores.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_-_showjairo_gehm_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2400/requerimento_guinha_e_vereadores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>