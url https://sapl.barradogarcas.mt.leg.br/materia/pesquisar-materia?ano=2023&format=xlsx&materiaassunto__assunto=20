--- v0 (2026-01-23)
+++ v1 (2026-03-19)
@@ -54,72 +54,72 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_-_mei_murilo_valoes.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_-_mei_murilo_valoes.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, com cópia à Secretaria de Planejamento, solicitando uma área municipal para uso de vendedores autônomos.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_jairo_gehm_1.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_jairo_gehm_1.pdf</t>
   </si>
   <si>
     <t>Requeiro seja encaminhado expediente ao Chefe do Poder Executivo Municipal, com cópias à Secretaria Municipal de Planejamento e à Secretaria Municipal de Finanças, para que realizem as seguintes ações:_x000D_
 _x000D_
 Façam a equiparação salarial entre os cargos de Assistente Social lotados na Secretaria Municipal de Saúde e na Secretaria Municipal de Assistência Social, com fulcro no §2º, do art. 44, da Lei Complementar nº 03, de 04 de dezembro de 1991, prevendo que: “É assegurada a isonomia de vencimento para cargos de atribuições iguais ou assemelhados do mesmo poder ou entre servidores dos Poderes, ressalvados as vantagens de caráter individual e as relativas à natureza ou ao local de trabalho”. _x000D_
 _x000D_
 Como não são determinadas qualquer distinção entre esses profissionais no art. 10, I, Lei Complementar nº 091, de 22 de dezembro de 2005 – Anexo II, que trata do Assistente Social vinculado à Secretaria Municipal de Saúde; e no art. 4º, I, Lei Complementar nº 096, de 09 de junho de 2006 – Anexo I, que trata do Assistente Social vinculado à Secretaria Municipal de Assistência Social, por óbvio que seus vencimentos também não poderão haver qualquer diferenciação, assim requer a equiparação salarial entre esses dois cargos._x000D_
 _x000D_
 A verba para o cumprimento do que acima se requer, já está prevista através das dotações orçamentárias previstas na LOA/2024, no Órgão 11 – Secretaria Municipal de Assistência Social, Elemento de Despesa – 3.1.90.11.00.00 – Vencimentos e Vantagens Fixas-Pessoal Civil e 3.1.90.04.00.00 – Contratação Por Tempo Determinado._x000D_
 _x000D_
  Instituir o Piso Salarial dos profissionais Técnicos em Radiologia no âmbito do Município de Barra do Garças-MT, cuja verba também já está prevista através das dotações orçamentárias previstas na LOA/2024, no Órgão 07 – Secretaria Municipal de Saúde, Elemento de Despesa – 3.1.90.11.00.00 – Vencimentos e Vantagens Fixas-Pessoal Civil e 3.1.90.04.00.00 – Contratação Por Tempo Determinado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -434,67 +434,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_-_mei_murilo_valoes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_jairo_gehm_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_-_mei_murilo_valoes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_jairo_gehm_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>