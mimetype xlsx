--- v0 (2026-01-23)
+++ v1 (2026-03-18)
@@ -54,249 +54,249 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_092-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_092-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao PREFEITO MUNICIPAL com cópias à SECRETARIA MUNICIPAL DE TURISMO, solicitando que estude a possibilidade de ofertar Curso de Arqueologia e Espeologia, aos guias e condutores de turismo de nossa Cidade, atendendo a reivindicação do Sr. Sebastião Araújo Coelho.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_144-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_144-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e ao SECRETÁRIO DE TURISMO, solicitando a construção de um pórtico de boas-vindas nas Entrada da Cidade de Barra do Garças.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_282-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_282-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO ESTADUAL – MAX RUSSI, solicitando que faça gestão junto ao Governador Mauro Mendes, no sentido de fomentar e desenvolver o turismo no Parque Estadual da Serra Azul.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_372-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_372-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a SECRETARIA MUNICIPAL DE TURISMO com cópia ao CHEFE DO PODER EXECUTIVO, solicitando adoção das seguintes providências:_x000D_
 1- Colocação de corrente na rampa náutica do Porto do Baé;_x000D_
 2- Disponibilização de guarda para controlar o embarque e desembarque de veículos aquáticos no Porto do Baé;_x000D_
 3- Instalação de placas sinalizadoras;_x000D_
 4- Convocação de reunião com os barqueiros para organização da Temporada de Praia que está iniciando em nossa região.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho, Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_445-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_445-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo, solicitando a instalação de 02 (dois) chuveiros extras, ao lado dos chuveiros já alocados próximos aos banheiros, no Parque das Águas Quentes, a pedido do munícipe Ciro Gomes.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_457-23_-_secreta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_457-23_-_secreta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Secretário Municipal de Turismo, solicitando a instalação de 02 (dois) Redários para descanso e a reativação do Toboágua no Parque das Águas Quentes.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacao_502-23_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacao_502-23_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE TURISMO, DEFESA CIVIL E O CORPO DE BOMBEIROS MILITAR, a fim de solicitar seja feita a delimitação e demarcação de área de banhistas, instalação de avisos e placas de sinalização e sua fiscalização nas praias de Barra do Garças.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_532-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_532-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS e à SECRETARIA DE TURISMO, com cópia para o CHEFE DO PODER EXECUTIVO MUNICIPAL, a fim de solicitar a prestação do serviço de Organização da Rampa do Rio Garças, no final da Rua Goiás, atendendo à solicitação do munícipe Mauro Maia.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_536-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_536-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao Chefe do Poder Executivo Municipal, solicitando que faça todos os esforços necessários, para garantir o mais breve possível, a disponibilização do valor de R$ 20.000,00 (vinte mil reais) de Emenda Individual Impositiva de minha autoria (Emenda Livre), à Secretaria de Turismo, com fim específico para troca dos Balizadores no Aeroporto de nossa Cidade.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao_-_fit_araguaia_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao_-_fit_araguaia_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao EXCELENTÍSSIMO SENHOR SECRETÁRIO ESTADUAL DE TURISMO FELIPE WELLATON, solicitando a criação do evento “FIT Araguaia”, com Municípios da Região do Vale do Araguaia como anfitriões.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_-_folder_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_-_folder_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Turismo, a solicitação de criação de folder constando o mapeamento de todas áreas turísticas de Barra do Garças-MT, possuindo também sugestão de pontos turísticos da cidade.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_-_parque_serra_azul.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_-_parque_serra_azul.pdf</t>
   </si>
   <si>
     <t>Indico à Gerência do Parque Estadual da Serra Azul na SEMA, a solicitação de implementação de Placas de Sinalização, Lixeiras e itens de Acessibilidade no Parque da Serra Azul.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_-_armarios_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_-_armarios_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, solicitando a disponibilização de um local nas dependências do Parque das Águas Quentes para a colocação de armários individuais com a finalidade dos frequentadores do local guardar os seus pertences._x000D_
 _x000D_
    Justifica-se esta Indicação, pois a colocação dos referidos armários atribuirá segurança aos frequentadores do Parque das Águas Quentes, devido aos furtos ocorridos no local.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_026-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_026-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente a GERENTE REGIONAL DO PARQUE ESTADUAL SERRA AZUL - CRISTIANE SCHNEPFLEITNER, a fim de encaminhe a esta Casa Legislativa o Plano de Manejo do Parque Estadual da Serra Azul.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_-_correios_neto_e_vereadores.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_-_correios_neto_e_vereadores.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE TURISMO, solicitando esclarecimentos sobre possíveis atividades na Arena do Porto do Baé, devendo ser respondidos os seguintes questionamentos:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,67 +603,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_092-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_144-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_282-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_372-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_445-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_457-23_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacao_502-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_532-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_536-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao_-_fit_araguaia_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_-_folder_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_-_parque_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_-_armarios_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_026-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_-_correios_neto_e_vereadores.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1356/indicacao_092-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1438/indicacao_144-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_282-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_372-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_445-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1925/indicacao_457-23_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacao_502-23_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacao_532-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacao_536-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao_-_fit_araguaia_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_-_folder_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_-_parque_serra_azul.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_-_armarios_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_026-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2259/requerimento_-_correios_neto_e_vereadores.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>