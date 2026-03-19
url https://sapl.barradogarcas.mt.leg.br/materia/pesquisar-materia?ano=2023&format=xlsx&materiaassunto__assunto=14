--- v0 (2026-01-23)
+++ v1 (2026-03-19)
@@ -54,348 +54,348 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_028-23_-_jairo_g.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_028-23_-_jairo_g.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente ao EXMO. SENHOR PREFEITO E AO SECRETÁRIO DE PLANEJAMENTO, para que possa atender as reivindicações dos Assistentes Sociais e Psicólogos, vinculados à Secretaria de Ação Social, no tocante a EQUIPARAÇÃO SALARIAL aos Assistentes Sociais e Psicólogos, vinculados à Secretaria de Saúde, uma vez que a diferença salarial é muito grande.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_059-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_059-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja enviado seja enviado expediente EXCELENTÍSSIMO SENHOR LUIZ INÁCIO LULA DA SILVA - DD. PRESIDENTE DA REPÚBLICA FEDERATIVA DO BRASIL, solicitando providências urgentes quanto a conclusão das obras dos Conjuntos Habitacionais Carvalho I, II e III, nesta Cidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_150-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_150-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e SECRETÁRIA MUNICIPAL DE AÇÃO SOCIAL, solicitando estudos de viabilidade para implantação de um Restaurante Popular, nas imediações dos bairros São José e Vila Maria, para atender pessoas de baixa renda.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_183-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_183-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao GOVERNADOR DE MATO GROSSO, com cópias ao DEPUTADO ESTADUAL - MAX RUSSI e a SECRETÁRIA ESTADUAL DE ASSISTÊNCIA SOCIAL, que viabilize, a aquisição bem como o fornecimento de kit maternidade às gestantes hipossuficientes de nossa Cidade.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_245-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_245-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR MAURO MENDES - GOVERNADOR DE MATO GROSSO, solicitando adoção de medidas necessárias visando a construção de casas populares, para atender a comunidade carente do município de Barra do Garças - MT.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_247-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_247-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR MAURO MENDES - GOVERNADOR DE MATO GROSSO, com cópias ao DEPUTADO ESTADUAL - MAX RUSSI e a SECRETÁRIA DE ESTADO DE ASSISTÊNCIA SOCIAL E CIDADANIA (SETASC) - ROSAMARIA CARVALHO, solicitando que viabilize recursos financeiros por intermédio de uma Emenda Parlamentar para disponibilização e doação de um veículo para a Cozinha Solidária da Neura, entidade civil, sem fins lucrativos que presta um valoroso serviço voluntário à comunidade Barra-garcense.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_253-23_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_253-23_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR MAURO MENDES - GOVERNADOR DE MATO GROSSO, com cópias ao DEPUTADO ESTADUAL - MAX RUSSI e a SECRETÁRIA DE ESTADO DE ASSISTÊNCIA SOCIAL E CIDADANIA (SETASC) - ROSAMARIA CARVALHO, versando sobre a necessidade de doação mensal de 500 (quinhentas) cestas básicas, para a Cozinha Solidária da Neura, entidade civil, sem fins lucrativos que presta um valoroso serviço voluntário à comunidade Barra-garcense.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_280-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_280-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e a SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL solicitando adoção das medidas cabíveis para inclusão e cadastramento do Município de Barra do Garças no Programa Ser Família Habitação, criado pelo Governo do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_405-23_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_405-23_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, da necessidade de disponibilização de Aulas de Ballet gratuita às crianças de nosso município. Atendendo a pedido de Deynne Cavalcanti.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_429-23_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_429-23_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente ao PODER EXECUTIVO, em especial à SECRETARIA DE AÇÃO SOCIAL, para, assim que possível, apresente informações que permitam o entendimento de como vem ocorrendo o sepultamento de indigentes no Município; no que tange a:_x000D_
 a)	Disponibilidade de caixão;_x000D_
 b)	Tempo para sepultamento;_x000D_
 c)	Responsabilidades determinadas às funerárias.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto, Carpegiane Gonzaga, Dr. José Maria/José Maria Alves Vilar, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1913/indicacao_451-23_-_neto_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1913/indicacao_451-23_-_neto_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL DE BARRA DO GARÇAS-MT, com cópia para SECRETÁRIA MUNICIPAL DE AÇÃO SOCIAL, solicitando a viabilização de Cobertores para Moradores de Rua e Aldeias Indígenas.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_453-23_-_neto_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_453-23_-_neto_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL DE BARRA DO GARÇAS-MT, solicitando a doação de uma Tenda, de medida 10X10, com seus respectivos toldos laterais à “Associação Mãos Criativas do Vale do Araguaia”.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>Jairo Marques Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_467-23_-_jairo_m.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_467-23_-_jairo_m.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DEPUTADO ESTADUAL Beto Dois a Um (PSB), a fim de solicitar que seja destinado uma Emenda Parlamentar no valor de R$ 70.000,00 (setenta mil reais) para o “Projeto Cultural: Aquisição de Roupas para Apresentações de Dança da APAE de Barra do Garças/MT”.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1938/indicacao_468-23_-_jairo_m.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1938/indicacao_468-23_-_jairo_m.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DEPUTADO ESTADUAL Beto Dois a Um (PSB), a fim de solicitar que seja destinado uma Emenda Parlamentar no valor de R$ 500.000,00 (quinhentos mil reais) para o “Programa Melhor em Casa”, no qual visa custear 20 (vinte) kits para pacientes que se beneficiem deste.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacao_500-23_-_ze_gota_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacao_500-23_-_ze_gota_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à EXMA. PRIMEIRA DAMA DO ESTADO DE MATO GROSSO, Sra. Virginia Mendes, com cópia para a EXMA. SECRETÁRIA DE ESTADO DE ASSISTÊNCIA SOCIAL E CIDADANIA, Sra. Grasielle Paes Silva Bugalho, solicitando a doação de cobertores e cestas básicas destinados a pessoas carentes no Município de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_-_cestas_basicas_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_-_cestas_basicas_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente a EXCELENTÍSSIMA SENHORA SECRETÁRIA ESTADUAL DE ASSISTÊNCIA SOCIAL VIRGINIA MENDES, solicitando a doação de cestas básicas para o final deste ano, destinadas à Associação Mundo Azul Araguaia, Associação dos Cegos e Igreja Assembleia de Deus Jardim Toledo, a serem distribuídas da seguinte forma:</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_-_acao_social_dr._neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_-_acao_social_dr._neto.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Ação Social, solicitando que o Projeto Social de Batismo Comunitário e Casamento Comunitário entrem em funcionamento novamente.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2389/indicacao_-_conselho_tutelar_paulo_bento.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2389/indicacao_-_conselho_tutelar_paulo_bento.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Assistência Social, com cópias ao Chefe do Poder Executivo Municipal, que providencie um número fixo para o plantão do Conselho Tutelar, vez que a numeração provisória vem causando transtornos à população devido à falta de informação sobre a numeração correta.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_neura_2_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_neura_2_jaime.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito de Barra do Garças, que, se possível atenda ao pedido da instituição COZINHA SOLIDÁRIA DA NEURA, a qual, necessita de recursos financeiros na ordem de R$ 3.000,00 (três mil reais) mensais. A mesma trata-se de uma instituição de sociedade civil, de direito privado, sem fins lucrativos, inscrita no CNPJ sob n° 44.369.527/0001-63, com sede na Rua Diamantina, Quadra 50, Lote 28, Jardim dos Ipês, nesta Cidade de Barra do Garças-MT.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>Murilo Valoes Metello, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_-_apobag_murilo_valores_e_vereadores..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_-_apobag_murilo_valores_e_vereadores..pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal de Barra do Garças-MT, a realização de parceria voluntária coma a Associação aos Pacientes Oncológicos de Barra do Garças – APOBAG.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_-_sine_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_-_sine_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Unidade Matriz do SINE- Sistema Nacional de Emprego em Cuiabá-MT, com cópia para Unidade Local do SINE- Sistema Nacional de Emprego, a solicitação de adequação das suas diretrizes à Lei Federal n° 14.542/2023, que versa sobre a reserva de 10% (dez por cento) das vagas ofertadas pelo Sine para mulheres em situação de violência doméstica e familiar.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao-associacao-_pedro-filho_.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao-associacao-_pedro-filho_.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao Chefe do Poder Executivo Municipal, a fim de solicitar que seja realizado levantamento de áreas/terrenos propriedades do Município, na região Nova Barra Sul, e em existindo, que seja verificada a viabilidade de doação e disponibilização para construção da sede da Associação de Moradores do Jardim Nova Barra Sul.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacao_-_albergue_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacao_-_albergue_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Assistência Social, a solicitação para que seja construído albergue com o fito de atender e apoiar moradores de rua, bem como aqueles que utilizam das vias públicas para a realização de atividades social e moralmente reprováveis, em específico nas Ruas Moreira Cabral e Santo Antônio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -702,67 +702,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_028-23_-_jairo_g.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_059-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_150-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_183-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_245-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_247-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_253-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_280-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_405-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_429-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1913/indicacao_451-23_-_neto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_453-23_-_neto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_467-23_-_jairo_m.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1938/indicacao_468-23_-_jairo_m.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacao_500-23_-_ze_gota_e_outros.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_-_cestas_basicas_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_-_acao_social_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2389/indicacao_-_conselho_tutelar_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_neura_2_jaime.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_-_apobag_murilo_valores_e_vereadores..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_-_sine_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao-associacao-_pedro-filho_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacao_-_albergue_pebinha.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_028-23_-_jairo_g.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_059-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_150-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1491/indicacao_183-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_245-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_247-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_253-23_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_280-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_405-23_-_neto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_429-23_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1913/indicacao_451-23_-_neto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_453-23_-_neto_e_outros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1937/indicacao_467-23_-_jairo_m.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1938/indicacao_468-23_-_jairo_m.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacao_500-23_-_ze_gota_e_outros.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao_-_cestas_basicas_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2367/indicacao_-_acao_social_dr._neto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2389/indicacao_-_conselho_tutelar_paulo_bento.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_neura_2_jaime.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_-_apobag_murilo_valores_e_vereadores..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_-_sine_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao-associacao-_pedro-filho_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacao_-_albergue_pebinha.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>