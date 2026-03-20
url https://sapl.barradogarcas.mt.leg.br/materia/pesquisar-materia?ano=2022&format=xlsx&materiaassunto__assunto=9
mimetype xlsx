--- v0 (2026-01-23)
+++ v1 (2026-03-20)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_358-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_358-22_-_secreta.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente a SECRETARIA DE TRANSPORTE E SERVIÇOS PÚBLICOS, solicitando a instalação de placas de informações para os caminhoneiros que trafegam pela Avenida Salomé José Rodrigues esquina com a Dom Aquino.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_361-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_361-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimentos das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO EXECUTIVO MUNICIPAL e a SECRETARIA MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar a viabilidade de estudos para desenvolvimento de campanhas de conscientização ou de implementação de medidas que garantam o correto uso dos espaços de estacionamentos em ruas de nossa cidade, impedindo o estacionamento irregular de carros e motocicletas em vagas inapropriadas, em especial durante o horário comercial, em atendimento à solicitação da Senhora Andreia Zacari.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_362-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_362-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimentos das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO EXECUTIVO MUNICIPAL e a SECRETARIA MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar sinalização, por meio de placas, para direcionar o fluxo de veículos, principalmente carretas, do início da Av. Gabriel Ferreira (Ministro João Alberto) até a saída para Araguaiana, indicando pontos como a Friboi, as Águas Quentes, Araguaiana, e outros que por ventura sejam de interesse público, atendendo demanda do munícipe Izaque.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_401-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_401-22_-_secreta.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja enviado expediente a SECRETARIA DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando a instalação de placas de sinalização no cruzamento da Rua Dom Bosco, com a Avenida Cristal, Bairro São José, bem como reparos do canteiro Central da Avenida Cristal e placas de sinalização e faixas de pedestre no cruzamento da Rua Dona Delvita com Avenida Cristal no bairro São José.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Guinha/Hadeilton Tanner Araújo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_464-22_-_guinha.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_464-22_-_guinha.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao COORDENADOR DE TRÂNSITO, solicitando providências para instalação de um Semáforo no Cruzamento da Rua Goiás com a Avenida Gabriel Ferreira, Centro de Barra do Garças.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_469-22_-_pebinha.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_469-22_-_pebinha.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SUPERINTENDENTE DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES – DNIT/MT, solicitando que faça estudos com o máximo de urgência, para melhorias na sinalização de trânsito, tais como, pintura e remarcação de faixas de pedestre, lombada, sinalização horizontal, vertical e pare da Avenida Ministro João Alberto, Senador Valdon Varjão perímetro urbano no âmbito deste Município de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_613-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_613-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DNIT - DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES, solicitando imediato reparo do semáforo instalado no cruzamento da Rua Carlos Gomes com a Avenida Ministro João Alberto, que apresenta dois sinais diferentes ao mesmo tempo: um farol vermelho e verde simultaneamente, gerando confusão na comunicação, além de verificar a viabilidade de multas aplicadas de forma indevida por conta de mal funcionamento do equipamento (segue imagens e localização anexa).</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_617-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_617-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DNIT - DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES, solicitando a retirada dos radares de toda a Avenida Ministro João Alberto, intervalo de via compreendido entre o Barra Center Shopping e a Praça do Relógio ou, caso não seja possível, que seja suspenso o registro de multas por tais equipamentos até a conclusão das obras e efetivação do Contorno Viário, quando os transportes pesados e grandes serão retirados do centro de Barra do Garças.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_649-22_-_paulo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_649-22_-_paulo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES - DNIT/MT, solicitando que providencie o atendimento com regime de urgência, MANUTENÇÃO E INSTITUIÇÃO DE TEMPO NOS SEMÁFAROS DA AVENIDA MINISTRO JOÃO ALBERTO PARA OS PEDESTRES DE 15 SEGUNDOS, POIS OS MESMOS NÃO POSSUEM E INVIABILIZAM OU ATÉ MESMO CAUSAM ACIDENTES.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>Carpegiane Gonzaga, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Jaime Rodrigues Neto, Jairo Gehm, Murilo Valoes Metello, Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_697_sessao_16-11-22_-_paulo_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_697_sessao_16-11-22_-_paulo_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETARIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência LIBERAÇÃO/ALTERNATIVA DO TRÂNSITO das Ruas:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,67 +525,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_358-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_361-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_362-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_401-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_464-22_-_guinha.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_469-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_613-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_617-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_649-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_697_sessao_16-11-22_-_paulo_e_outros.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/360/indicacao_358-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao_361-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_362-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_401-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_464-22_-_guinha.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_469-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_613-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/894/indicacao_617-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_649-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/indicacao_697_sessao_16-11-22_-_paulo_e_outros.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>