--- v0 (2026-01-23)
+++ v1 (2026-03-20)
@@ -54,415 +54,415 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_359-22_-_pebinha.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_359-22_-_pebinha.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE URBANISMO E PAISAGISMO, solicitando que providencie junto ao Setor Competente, a poda de árvores ao longo da Rua Francisco Lira, a fim de facilitar e viabilizar o trânsito de veículos e a locomoção dos pedestres, na referida via.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_372-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_372-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE PAISAGISMO E URBANISMO, solicitando que providencie a limpeza na Avenida Perimetral no Bairro de Vila Maria, pois existe muito mato e sujeira naquele local.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Dr. José Maria/José Maria Alves Vilar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_393-22_-_paulo_e_outro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_393-22_-_paulo_e_outro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO E CLEAN MASTER, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, limpeza do Distrito de Toricueije, no mês de agosto devido ao Festival que ocorrerá no Distrito.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_410-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_410-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO para solicitarem serviços de limpeza nas calçadas e nas ruas do Bairro União, com capinação e varrição dos pavimentos e coleta de detritos como galhos de árvores e outros, em atendimento à solicitação do Sr. Antônio Alves.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_422-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_422-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISSAGISMO, solicitando que proceda a limpeza na Rua M, no Bairro Cidade Universitária, pois, existe uma grande quantidade de lixo jogada as suas margens, conforme, imagens em anexo.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Dr. José Maria/José Maria Alves Vilar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_426-22_-_ze_maria.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_426-22_-_ze_maria.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, com cópia ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, solicitando que estude a possibilidade de tomadas de providências para a revitalização, bem como a criação de espaço destinado às crianças na Praça localizada na Rua Perimetral Leste, esquina com a Rua B no bairro Solar Ville.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_494-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_494-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO e a SECRETARIA DE URBANISMO E PAISAGISMO, a necessidade de ser instalado, na entrada da Cidade e em pontos turísticos estratégicos, um letreiro de identificação do Município com a frase “Eu Amo Barra do Garças”.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_502-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_502-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE URBANISMO E PAISAGISMO para ser disponibilizado um caminhão pipa para molhar as ruas que não são asfaltadas no Bairro Nova Barra, a pedido dos moradores.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_509-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_509-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO, solicitando a manutenção do parque infantil da Praça da Matriz.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_518-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_518-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando adoção de providências para o asfaltamento da Quadra 387, Lote 26, da Avenida Amazonas, no Jardim Nova Barra do Garças. Atendendo ao pedido do munícipe Thiago Henrique Farias da Silva.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_526-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_526-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO e SECRETARIA DE TRANSPORTES E SERVIÇO PÚBLICOS solicitando a lavagem da Avenida Presidente Vargas nas proximidades da Quadra 173, Jardim Nova Barra, bem como, o plantio de grama e jardinagem dos canteiros centrais da Avenida, em atendimento à solicitação da cidadã Srª. Vaneuza Lopes.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_527-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_527-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO e SECRETARIA DE TRANSPORTES E SERVIÇO PÚBLICOS solicitando a varrição costumeira das ruas do Bairro Novo Horizonte, bem como, a capinação de terrenos baldios e retirada de entulhos nas ruas ou terrenos vazios, em atendimento à solicitação do cidadão Sr. Ilson Ramos.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_528-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_528-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE URBANISMO E PAISAGISMO e SECRETARIA DE TRANSPORTES E SERVIÇO PÚBLICOS solicitando a varrição costumeira das ruas do Bairro São José, bem como, a capinação de terrenos baldios e retirada de entulhos nas ruas ou terrenos vazios, em atendimento à solicitação do cidadão Sr. Ilson Ramos.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_531-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_531-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, para ser realizado a manutenção da arborização no canteiro central da Avenida Paulo Delmondes, Bairro Jardim Piracema e da segunda rotatória (próximo à Escola Básica de Educação Arlinda Gomes da Silva), a pedido dos moradores daquela Comunidade.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_532-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_532-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO para ser disponibilizado um caminhão pipa para molhar a Rua Fidalgo e as demais ruas   que não são asfaltadas no Bairro Nova Barra Sul, a pedido dos moradores.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_538-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_538-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE URBANISMO E PAISAGISMO, solicitando que providencie junto ao Setor Competente, a poda de árvore, localizada na Rua Carajás, 632, Centro, nesta Cidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_557-22_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_557-22_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO, solicitando providências para que o munícipe Márcio Gonçalves Lopes, residente no Distrito de Taba Azul, possa realizar a limpeza de seus lotes, vez que, existe uma grande quantidade de árvores de médio/grande porte, em seus terrenos.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_560-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_560-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DE BARRA DO GARÇAS, solicitando autorizar o serviço de limpeza e revitalização da Travessa Girassol, bairro Mangueiras.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_563-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_563-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO, SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS, e SECRETARIA DE URBANISMO a fim de solicitar que seja instalado lixeiras na Avenida Salomé José Rodrigues no limite da esquina da Rua XV de Novembro até a Avenida Gabriel Ferreira.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_567-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_567-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS e SECRETÁRIO MUNICIPAL DE PAISAGISMO E URBANISMO, a fim de solicitar a limpeza e revitalização da praça no PORTO DO BAÉ, onde se localiza a academia e a lanchonete Subway.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_596-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_596-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias à EMPRESA CLEAN MASTER AMBIENTAL, solicitando, que seja feita a retirada de lixo na estrada de acesso à Comunidade de Voadeira ao Bairro Jardim Palmares, nesta Cidade de Barra do Garças – MT.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_601-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_601-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a SECRETARIA MUNICIPAL DE URBANISMO E PAISAGISMO, da necessidade de providenciar em regime de urgência a manutenção, bem como aguamento, dos canteiros por toda a extensão da MT 070.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_637-22_-_valdei.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_637-22_-_valdei.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE URBANISMO E PAISAGISMO, que determine ao Setor Competente que providencie a Limpeza e a Manutenção da Praça Dr. Marcelo Paes Leme, localizada no Bairro BNH.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_644-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_644-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DE BARRA DO GARÇAS, solicitando a retirada de resto de concreto derramado na Av. Atílio Fontana esquina com a Rua das Hortências próximo ao restaurante do Cascatinha, bairro BNH.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_659-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_659-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO, que determine ao Setor Competente que providencie a Revitalização e Manutenção da Praça Belmiro Gomes de Sousa, localizada no Bairro Ouro Fino.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_675-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_675-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PAISAGISMO E URBANISMO DE BARRA DO GARÇAS, solicitando realizar o serviço de poda das plantas dos canteiros no início da Rua Goiás próximo a Av. Beira Rio.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_724-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_724-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE URBANISMO E PAISAGISMO e ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, para adoção de providencias na Avenida Paulo Delmondes – Jardim Piracema, no sentido de:_x000D_
 •	Realizar a revitalização/manutenção do Canteiro Central;_x000D_
 •	Plantio de novas mudas de flores e árvores;_x000D_
 •	Pintura das faixas de trânsito e quebra-molas;_x000D_
 •	Poda das árvores.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_737-22_-_jairo_gehm.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_737-22_-_jairo_gehm.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à Secretaria de Paisagismo e Urbanismo do Município de Barra do Garças, solicitando a limpeza e revitalização da Rua Amazonas no Jardim Amazonas II.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -769,67 +769,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_359-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_372-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_393-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_410-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_422-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_426-22_-_ze_maria.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_494-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_502-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_509-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_518-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_526-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_527-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_528-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_531-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_532-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_538-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_557-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_560-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_563-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_567-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_596-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_601-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_637-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_644-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_659-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_675-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_724-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_737-22_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_359-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_372-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_393-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_410-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_422-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_426-22_-_ze_maria.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_494-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_502-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_509-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_518-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_526-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_527-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_528-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_531-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_532-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_538-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_557-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_560-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_563-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/796/indicacao_567-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_596-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_601-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_637-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_644-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/968/indicacao_659-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/indicacao_675-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1113/indicacao_724-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/indicacao_737-22_-_jairo_gehm.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>