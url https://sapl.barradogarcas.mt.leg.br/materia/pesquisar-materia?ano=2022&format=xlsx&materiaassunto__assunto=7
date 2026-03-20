--- v0 (2025-12-09)
+++ v1 (2026-03-20)
@@ -54,1046 +54,1046 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_348-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_348-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EMPRESA RESPONSÁVEL PELAS OBRAS DO ANÉL VIÁRIO, solicitando que molhe a Rua Padre Leandro e outras ao entorno do canteiro de obras, regularmente pois, devido aos desvios que ali foram realizados e a estiagem aumentou consideravelmente a quantidade de poeira naquele local.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_349-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_349-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, solicitando que proceda operação tapa-buracos, bem como, determine ao Setor Competente que averigue se o Lava Jato situado na Rua São Benedito, no bairro São João, está realizando o descarte da água diretamente no passeio público.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_350-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_350-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para fazer o recapeamento asfáltico na AV. BRASÍLIA e na Rua ALPES que dão acesso ao Residencial Toledo, a pedido dos moradores.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_351-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_351-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para fazer o recapeamento asfáltico na AVENIDA JK no bairro São João, a pedido dos moradores.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_352-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_352-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para realizar a operação tapa-buracos no bairro ZECA RIBEIRO, a pedido dos moradores.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_353-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_353-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para realizar a operação tapa-buracos no bairro SOLAR VILE, a pedido dos moradores.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_354-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_354-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para realizar a operação tapa-buracos no bairro WILMAR PERES, a pedido dos moradores.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_355-22_-_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_355-22_-_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, solicitando a reconstrução do meio-fio na Avenida Ana Lira altura do número 340, no bairro União.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_356-22_-_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_356-22_-_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que proceda com operação tapa-buracos nos seguintes logradouros de nossa Cidade:_x000D_
 _x000D_
 1- Avenida Amazonas no Bairro de Vila Maria;_x000D_
 2- Avenida Paulo Luiz da Assunção até à esquina com a Avenida Presidente Vargas no Bairro de Vila Maria;_x000D_
 3- Avenida Presidente Vargas no Bairro São José;</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_364-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_364-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimentos das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente a SECRETARIA MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS a fim de solicitar a implantação de manta asfáltica na Av. Perimetral, no bairro Nova Barra.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_377-22_-_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_377-22_-_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL com cópia ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS e ao SECRETÁRIO PLANEJAMENTO URBANO E OBRAS, solicitando que providencie a recuperação da manta asfáltica da Avenida Gabriel Ferreira no Bairro de Santo Antônio, principal via de acesso daquela localidade.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_378-22_-_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_378-22_-_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL com cópia ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS e ao SECRETÁRIO PLANEJAMENTO URBANO E OBRAS, solicitando que providencie a recuperação da manta asfáltica ao longo Rua Basílio Dourado, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_379-22_-_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_379-22_-_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que providencie a recuperação da Via não pavimentada que dá acesso ao Sindicato dos Trabalhadores em Transporte Rodoviário e Motoristas Profissionais (SINTTRO) – Avenida Águas Quentes – Chácara Cata-vento.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_380-22_ronair.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_380-22_ronair.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que proceda em regime de urgência uma operação tapa-buracos, na Avenida Perimetral próximo ao cruzamento com a Avenida Amazonas no Bairro de Vila, pois, os buracos estão invadindo a pista, apresentando risco eminente de acidentes.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_383-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_383-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar a implantação de manta asfáltica no Bairro Jardim dos Ipês, principalmente na Rua São Pedro (fotos acostadas), atendendo demanda do munícipe Noel Rosa.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Paulo Bento de Morais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_389-22__-_paulo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_389-22__-_paulo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, OPERAÇÃO TAPA-BURACOS, nas Ruas 33, 34 e 35, esquina com a 37, no Setor Abel Lira.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_398-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_398-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS a fim de solicitar a implantação de manta asfáltica no Bairro Cidade Universitária, atendendo demanda do munícipe José Domingos.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_404-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_404-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, que seja realizada a pavimentação asfáltica na rua General Vaz Curvo, no bairro Nova Barra do Norte.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_408-22_-_murilo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_408-22_-_murilo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente a ÁGUAS DE BARRA DO GARÇAS com cópias ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que adote providências para correção da manta asfáltica em frente à residência nº 80, na Rua 7 ou Cacildo Fraga Filho no Jardim Piracema.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_412-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_412-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimentos das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO EXECUTIVO MUNICIPAL e a SECRETARIA MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e a SECRETARIA DE PLANEJAMENTO URBANO E OBRAS a fim de solicitar a manutenção da Rua Lírios, no Jardim Paraíso.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_424-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_424-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO, ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para realizar o asfalto na Rua Cosme e Damião no bairro Vila Maria, a pedido dos moradores.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_440-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_440-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando a inclusão no próximo programa municipal de pavimentação asfáltica, às ruas abaixo relacionadas, todas, localizadas no Bairro Jardim Nova Barra:_x000D_
 1- Rua São Lucas;_x000D_
 2- Rua Diamante;_x000D_
 3- Rua Ezequiel de Carvalho;_x000D_
 4- Rua Lambari;_x000D_
 5- Rua Diamantina;_x000D_
 6- Rua Alameda Industrial;_x000D_
 7- Avenida Cristal próximo à Praia do Bosque.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_441-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_441-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando o recapeamento asfáltico na Avenida Ana Lira.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/563/indicacao_450-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/563/indicacao_450-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao PREFEITO MUNICIPAL, com cópia ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando o a implantação de manta asfáltica na Rua Aurora, Jardim Nova Barra, caso não seja possível em curto prazo, que a rua seja encascalhada, atendendo assim demanda do munícipe Sérgio Rodrigues.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/585/indicacao_457-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/585/indicacao_457-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS solicitando providências para o asfaltamento da Rua 202, quadra 54/A, Bairro Solar Ville.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/588/indicacao_460-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/588/indicacao_460-22_-_secreta.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao Secretário de Planejamento Urbano e Obras, solicitando a realização do asfaltamento da Rua do Orvalho, Jardim Nova Barra. A realização desse serviço beneficiará os moradores desta rua e do setor que a muito tempo sofrem com a poeira essa é uma solicitação dos moradores da localidade, especialmente do Sr. Nelson Vieira Brito.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/589/indicacao_461-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/589/indicacao_461-22_-_secreta.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, solicitando a realização do reparo no asfalto e limpeza da Rua W5 Bairro Residencial Tamburi; a realização desse serviço beneficiará os moradores desta rua e do setor que a muito tempo sofrem com a sujeira e os buracos na via, essa é uma solicitação dos moradores da localidade, especialmente do Sr. Lucimar Batista Alcantis.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/591/indicacao_463-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/591/indicacao_463-22_-_neto.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando a inclusão no próximo programa municipal de pavimentação asfáltica, os seguintes logradouros:_x000D_
 _x000D_
 1- Travessa I (lateral do Clube da Polícia Rodoviária Federal) no Bairro Jardim Ouro Fino, atendo a solicitação dos moradores: Pedro Maia, Raísa Wasconcelos, Jheymison Ramon, Stefania Cristina e Flávio;_x000D_
 _x000D_
 2- Rua Padre Leandro, Jardim Nova Barra;_x000D_
 _x000D_
 3- Rua Fidalgo, Jardim Nova Barra.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_475-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_475-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, que seja finalizada a abertura da rua Grande Universo até a BR 070 e posteriormente realizada a pavimentação asfáltica, a pedido dos moradores.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_483-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_483-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para que seja realizado a encascalhamento e patrolamento da rua General Vaz Curvo, Bairro Jardim Nova Barra do Norte e que posteriormente seja realizado a pavimentação asfáltica, a pedido dos moradores.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_484-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_484-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, que seja realizada a operação tapa-buraco e o recapeamento asfáltico na rua D no bairro Solar Vile, a pedido dos moradores.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_487-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_487-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES (DNIT) com cópias ao CHEFE DO PODER EXECUTIVO, solicitando o reparo na pavimentação asfáltica e reconstrução do meio-fio na Avenida Presidente Vargas no Bairro Jardim Nova Barra;</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_488-22_-_murilo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_488-22_-_murilo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação_x000D_
 do Plenário, que seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO DE OBRAS E PLANEJAMENTO e ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando que proceda uma operação tapa-buracos na Rua Carlos Gomes  próximo à esquina com a Rua Castro Alves no Bairro Campinas, em atendimento a solicitação do Senhor Ademar.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_489-22_-_murilo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_489-22_-_murilo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação_x000D_
 do Plenário, que seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO DE OBRAS E PLANEJAMENTO, a solicitação de manutenção asfáltica (tapa-buracos), da Rua D, bairro Solar Ville, CEP: 78.600-546.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_490-22_-_paulo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_490-22_-_paulo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXECELENTÍSSIMO SENHOR PREFEITO com cópias ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS e ao SECRETÁRIO DE TRANSPORTES E SERVIÇOS PÚBLICOS, solicitando providências para que seja realizada a pavimentação asfáltica da Rua Estanislau, no Bairro Jardim Nova Barra Sul. Segue em anexo, abaixo-assinado pelos moradores daquele logradouro, solicitando a adoção de medidas em caráter de urgência.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_491-22_-_paulo.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_491-22_-_paulo.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETARIO MUNICIPAL DE TRANSPORTE, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência DESVIO DE ÁGUA NO ASFALTO na RUA DAS ROSAS ESQUINA COM A RUA DOS BURITIS NO BAIRRO RECANTO DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_496-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_496-22_-_secreta.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, solicitando a realização de recapeamento asfáltico na Rua José Francisco de Souza esquina 18 General Carneiro número 97 Bairro Santo Antônio. Essa é uma solicitação dos moradores, dos que utilizam a rua e especialmente do Sr. Pedro Candido de Almeida.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_501-22_-_ze_gota.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_501-22_-_ze_gota.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e a SECRETARIO DE PLANEJAMENTO URBANO E DE OBRAS, para ser realizada a pavimentação asfáltica na rua Grande Universo no bairro Nova Barra.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_504-22_-_jairo_g..docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_504-22_-_jairo_g..docx</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE OBRAS DO MUNICÍPIO DE BARRA DO GARÇAS e a EMPRESA BARRALUZ, solicitando a implantação de iluminação pública na Rua São José, bairro Jardim Nova Barra Norte.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>Jairo Marques Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_511-22_-_jairo_m..docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_511-22_-_jairo_m..docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar que seja realizado a abertura de um portão na lateral do Parque das Águas Quentes.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_514-22_-_pebinha.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_514-22_-_pebinha.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando adoção de providências para o asfaltamento da Rua Ana Lira, no Setor Cristino Cortes, a fim de facilitar a mobilidade urbana naquela localidade.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_517-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_517-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando adoção de providências para o asfaltamento da Quadra 387, Lote 26, da Avenida Amazonas, no Jardim Nova Barra do Garças. Atendendo ao pedido do munícipe Thiago Henrique Farias da Silva.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_519-22_-_jairo_g..docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_519-22_-_jairo_g..docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE PLANEJAMENTO URBANO E OBRAS DO MUNICÍPIO DE BARRA DO GARÇAS, solicitando a implantação de malha asfáltica da rua São João, bairro São José.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_521-22_-_secreta.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_521-22_-_secreta.docx</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_533-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_533-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e para a SECRETARIA MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, para ser realizado a pavimentação asfáltica na Rua Diamante, Jardim Nova Barra Sul, a pedido dos moradores.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_534-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_534-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, para que seja realizado a pavimentação asfáltica na Rua Fidalgo no bairro Nova Barra Sul.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_535-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_535-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, para ser realizado o recapeamento asfáltico na Rua 18 General Carneiro no Bairro Santo Antônio, localizada entre a rua Brasília Dourado e a rua Amazônia.  Caso a referida rua não esteja incluída na atual etapa do projeto de micro revestimento asfáltico, solicitamos que ela seja priorizada na próxima etapa, a pedido dos moradores.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_541-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_541-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando adoção das seguintes providências:_x000D_
 1- Implantação de manta asfáltica e recapeamento da Rua São Benedito, no Setor Cristino Cortes;_x000D_
 _x000D_
 2- Implantação de manta asfáltica na Rua Gerson Alves Nascimento, na Vila Varjão.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_543-22_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_543-22_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, com cópia ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS solicitando providências para o asfaltamento da Rua Coronel Elias Galvão, Quadra 42, Lote 08, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_548-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_548-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar o estudo e a viabilidade de Construção de uma pista de caminhada e ciclismo na Av. Otacílio José dos Santos (Av. Pedro F. Déo). Com início na rotatória dos Bairros Jardim Toledo e Residencial São Conrado até o início do Bairro Jardim Nova Barra atendendo ao pedido do munícipe Marcos Relva.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_549-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_549-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para que seja realizado a encascalhamento e patrolamento da estrada do antigo Abobrinha (fotos anexas) que dá acesso as Fazendas até a Serra, atendendo ao pedido do munícipe Cleuber José.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_551-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_551-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar a implantação de malha asfáltica na Rua José Antônio dos Santos, Bairro Cristino Cortes.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_552-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_552-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE TRANSPORTE E SERVIÇOS PÚBLICOS, a fim de solicitar que seja feito o microrrevestimento, e reconstrução de meio-fio, no Distrito do Vale dos Sonhos.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_561-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_561-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE TRANSPORTES DE BARRA DO GARÇAS, solicitando autorizar o serviço de implantação de iluminação pública, encascalhamento e patrolamento da Travessa Girassol, bairro Mangueiras.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_564-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_564-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, seja realizado estudos de viabilização da restauração das calçadas com retirada dos troncos das árvores que foram cortadas em torno da Escola SECITECI antigo CEPROTEC localizado na Rua Xavantes, esquina com a rua Independência, no Centro dessa cidade.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_595-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_595-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS solicitando providências para o asfaltamento da Comunidade denominada de Voadeira.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_599-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_599-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando adoção de implementação de manta asfáltica na Rua Liberdade, Bairros São João, Centro e São Benedito.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_608-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_608-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e a SECRETARIA DE PLANEJAMENTO URBANO E OBRAS PÚBLICAS, solicitando a viabilidade de desenvolver coberturas para pontos de ônibus estilizados em formatos de naves espaciais, a serem instalados em pontos estratégicos e de maior fluxo na cidade, servindo de abrigo e fomento cultural místico típico de Barra do Garças (sugestão de modelo em anexo).</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_621-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_621-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS e ao SECRETÁRIO DE TRANSPORTE E SERVIÇO PÚBLICO, solicitando a viabilidade de estudos para a construção de rótula/rotatória em frente ao Posto Dume, na Avenida Ana Lira, Bairro União, nesta cidade. (Localização em anexo)</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_639-22_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_639-22_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando que providencie o micro revestimento asfáltico da Rua Eva Gomes de Castro, no Bairro Jardim São João.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_643-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_643-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à SECRETARIA DE TRANSPORTES DO MUNICÍPIO DE BARRA DO GARÇAS, solicitando autorizar o serviço de reconstrução de parte do asfalto sobre o Córrego na saída do Bairro Recanto das Acácias sentido Araguaiana na MT 100.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_647-22_-_paulo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_647-22_-_paulo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO MUNICIPAL DE TRANSPORTES E SERVIÇOS PÚBLICOS, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, IMPLANTAÇÃO DE UMA ROTATÓRIA NA RUA INDEPENDÊNCIA ESQUINA COM A AVENIDA JARDIM ARAGUAIA, E RUA DO CONTORNO.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_658-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_658-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, a fim de solicitar que seja feita a reconstrução do asfalto e reconstrução do meio-fio, na Rua São Benedito, no Bairro São João, atendendo à pedidos de inúmeros munícipes.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_662-22_-_secreta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_662-22_-_secreta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente à SECRETARIA DE PLANEJAMENTO URBANO E OBRAS e a SECRETARIA DE TRANSPORTES E SERVIÇOS PÚBLICOS, a fim de solicitar a implantação de manta asfáltica na Rua Otávio Pitaluga, Quadra 224, no Bairro de Vila Maria.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_663-22_-_murilo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_663-22_-_murilo.pdf</t>
   </si>
   <si>
     <t>Venho à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja reiterado em expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, sugerindo o Recapeamento Asfáltico em toda extensão da Rua B no bairro Solar Ville e que o mesmo determine ao Setor Competente para as devidas providências.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_665-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_665-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS solicitando providências para o asfaltamento da Rua Luciene dos Santos Tavares, no Bairro Abel Lira.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_673-22_-_pebinha.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_673-22_-_pebinha.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO com cópia ao SECRETÁRIO MUNICIPAL DE TRANSPORTE E SERVIÇOS PÚBLICOS e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, solicitando que determine ao Setor Competente a reconstrução do meio-fio em toda a extensão da Avenida Brasília.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_677-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_677-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, para que seja realizado o encascalhamento e patrolamento da Rua Arapongas no Jardim Nova Barra (fotos em anexo), com devido desvio lateral para escoamento da água da chuva, atendendo ao pedido da munícipe Ana Paula.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_686-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_686-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando a pavimentação asfáltica da Avenida Brasil, próximo à Escola Helena Esteves no Bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_688-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_688-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, solicitando o micro revestimento asfáltico nos seguintes logradouros:_x000D_
 _x000D_
 1- Nas Ruas do Bairro Cristino Cortes;_x000D_
 _x000D_
 2- Na Avenida Dupla em frente a Unidade de Pronto Atendimento (UPA) de Barra do Garças – MT;</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_709-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_709-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS que adote providencias para implantação de um Porto para embarcações na Praia do Jardim Toledo.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_712-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_712-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente à Secretaria de Transportes do Município de Barra do Garças, solicitando a implantação de malha asfáltica na rua Otávio Pitaluga, bairro São José.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_726-22_-_paulo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_726-22_-_paulo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETARIO MUNICIPAL DE TRANSPORTES, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento com regime de urgência, IMPLANTAÇÃO DE QUEBRAS MOLAS na Rua Moreira Cabral, entre as ruas R j c/ Rua Perimetral B. Cidade Universitária c/ B. Solar Ville.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_732-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_732-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, a fim de solicitar a previsão e viabilização para a instalação de vidros, de modo que feche todo o espaço da Casa de Velório (imagem em anexo), assim como o redimensionamento do Sistema de Ar Condicionado, ratificando Indicação de nº 271/2018, aprovada por unanimidade na sessão de 17 de setembro de 2018 e Indicação de nº 579/2021, aprovada por unanimidade na sessão de 04 de outubro de 2021, ambas de minha autoria.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_734-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_734-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE TRANSPORTE E SERVIÇO PÚBLICO, solicitando a viabilidade de implantação de um quebra-molas na Rua X, próximo ao cruzamento entre com a Rua Arnaldo Martins, no Bairro COHAB, como se vê em imagem anexa, em atendimento à solicitação do cidadão Cícero.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_740-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_740-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao SECRETÁRIO DE PLANEJAMENTO URBANO E OBRAS, (1) solicitando informações da continuidade das ações do Projeto Mutirão de Limpeza, que contemplou os bairros mais afastados do Centro de Barra do Garças, e (2) verificar a viabilidade de que as ações deste projeto atendam outros bairros também, a pedido da cidadã Thattiane.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_024-22_-_todos_vereadores.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_024-22_-_todos_vereadores.docx</t>
   </si>
   <si>
     <t>Requeremos à Mesa, após cumprimento das formalidades regimentais e deliberação em Plenário, seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E OBRAS, para que informe quais ruas serão beneficiadas com aplicação do micro revestimento asfáltico, nesta primeira etapa em nossa Cidade.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/522/projeto_de_lei_075_de_09_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/522/projeto_de_lei_075_de_09_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona".</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/525/projeto_de_lei_078_de_09_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/525/projeto_de_lei_078_de_09_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona" .</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Suplementar no orçamento vigente para os fins que menciona''.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1397,67 +1397,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_348-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_349-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_350-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_351-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_352-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_353-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_354-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_355-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_356-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_364-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_377-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_378-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_379-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_380-22_ronair.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_383-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_389-22__-_paulo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_398-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_404-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_408-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_412-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_424-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_440-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_441-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/563/indicacao_450-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/585/indicacao_457-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/588/indicacao_460-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/589/indicacao_461-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/591/indicacao_463-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_475-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_483-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_484-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_487-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_488-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_489-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_490-22_-_paulo.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_491-22_-_paulo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_496-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_501-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_504-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_511-22_-_jairo_m..docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_514-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_517-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_519-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_521-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_533-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_534-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_535-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_541-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_543-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_548-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_549-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_551-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_552-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_561-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_564-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_595-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_599-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_608-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_621-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_639-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_643-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_647-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_658-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_662-22_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_663-22_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_665-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_673-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_677-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_686-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_688-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_709-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_712-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_726-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_732-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_734-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_740-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_024-22_-_todos_vereadores.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/522/projeto_de_lei_075_de_09_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/525/projeto_de_lei_078_de_09_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_348-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_349-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_350-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_351-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_352-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_353-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_354-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_355-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_356-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/373/indicacao_364-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_377-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_378-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_379-22_-_ronair.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_380-22_ronair.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/405/indicacao_383-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_389-22__-_paulo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_398-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_404-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/439/indicacao_408-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_412-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_424-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_440-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_441-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/563/indicacao_450-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/585/indicacao_457-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/588/indicacao_460-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/589/indicacao_461-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/591/indicacao_463-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_475-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_483-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_484-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_487-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_488-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_489-22_-_murilo.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_490-22_-_paulo.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_491-22_-_paulo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_496-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_501-22_-_ze_gota.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_504-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_511-22_-_jairo_m..docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_514-22_-_pebinha.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_517-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_519-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_521-22_-_secreta.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_533-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_534-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_535-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_541-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_543-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_548-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_549-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_551-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_552-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_561-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_564-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_595-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_599-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/885/indicacao_608-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_621-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_639-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_643-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/943/indicacao_647-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/967/indicacao_658-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/971/indicacao_662-22_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/972/indicacao_663-22_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_665-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_673-22_-_pebinha.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_677-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_686-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1019/indicacao_688-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_709-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_712-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1115/indicacao_726-22_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1149/indicacao_732-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1151/indicacao_734-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/indicacao_740-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_024-22_-_todos_vereadores.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/522/projeto_de_lei_075_de_09_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/525/projeto_de_lei_078_de_09_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>