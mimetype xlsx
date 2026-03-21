--- v0 (2025-12-10)
+++ v1 (2026-03-21)
@@ -54,188 +54,188 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Dr. José Maria/José Maria Alves Vilar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_391-22_-_paulo_e_outro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_391-22_-_paulo_e_outro.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO ESTADUAL – DELEGADO CLAUDINEI DE SOUZA LOPES, solicitando a disponibilização de recursos financeiros por meio de uma Emenda Parlamentar, para atender a festa do caju, nesta Cidade de Barra do Garças/MT.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Dr. José Maria/José Maria Alves Vilar, Jairo Marques Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_394-22_-_paulo_e_outros.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_394-22_-_paulo_e_outros.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente aos SECRETARIOS/AS MUNICIPAIS:_x000D_
 - EDUCAÇÃO;_x000D_
 - SAÚDE;_x000D_
 - ASSISTÊNCIA SOCIAL;_x000D_
 - URBANISMO E PAISAGISMO;_x000D_
 - ADMINISTRAÇÃO;_x000D_
 - FINANÇAS;_x000D_
 - INDUSTRIA E COMÉRCIO EXTERIOR/ DESENVOLVIMENTO RURAL/ PESCA E AQUICULTURA;_x000D_
 - MEIO AMBIENTE;_x000D_
 - PLANEJAMENTO;_x000D_
 - PLANEJAMENTO URBANO E OBRAS;_x000D_
 - TRANSPORTE SERVIÇOS PÚBLICOS;_x000D_
 - TURISMO;_x000D_
 - ESPORTES;_x000D_
 - CULTURA; e_x000D_
 COMUNICAÇÃO SOCIAL, com cópias ao CHEFE DO PODER EXECUTIVO, solicitando que providencie o atendimento na, REALIZAÇÃO DE MULTIRÃO NO DISTRITO DE TORICUEIJE NO MÊS DE AGOSTO EM UMA DAS DATAS 12, 13 E 14 DE AGOSTO onde acontecerá o Festival da Padroeira do Distrito.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_400-22_-_vereadores.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_400-22_-_vereadores.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao SECRETÁRIO MUNICIPAL DE CULTURA com cópia ao CHEFE DO PODER EXECUTIVO, sugerindo seja concedida aos comerciantes de nossa Cidade:_x000D_
 1- Autorização para colocação de bandeirolas na Rua Mato Grosso espaço entre a Rua Valdir Rabelo e a Rua Presidente Vargas em comemoração as festividades de São João (24/6) e São Pedro (29/6);_x000D_
 _x000D_
 2- Que no mês de junho seja restringida a circulação de caminhões e coletivo no trecho acima citado, a fim de minimizar os danos para a ornamentação da rua, ocasionada por estes veículos;_x000D_
 _x000D_
 3- Autorizar o fechamento da Rua Mato Grosso, no trecho mencionado a partir das 18:00 horas nos dias 24 e 29 de junho do corrente ano, a fim de que os comerciantes possam exporem seus produtos, buscando movimentar o comercio local.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_474-22_-_jairo_g..docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_474-22_-_jairo_g..docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao PROCURADOR GERAL DO MUNICÍPIO, solicitando que estude a possibilidade de mudança na Lei Municipal nº 3.752, de 08 de agosto de 2016, a fim de regulamentar o horário para realização de eventos de som automotivo na Arena do Complexo Turístico do Porto do Baé, cuja minuta sugestiva segue em anexo.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_476-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_476-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO com cópia ao SECRETÁRIO MUNICIPAL DE CULTURA, solicitando a viabilidade de implantação de um centro de ensaios na propriedade da Prefeitura Municipal localizada à Rua D, Bairro São Sebastião II, com possíveis adequações estruturais e prediais, dotado de estúdios com revestimento acústico, climatização, bebedouro e acomodação a fim de uso permanente da Banda de Música Municipal “Professora Ofélia Ruth Gonçalves Dondo” para, no mínimo, 40 músicos.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_678-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_678-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO com cópia ao SECRETÁRIO DE CULTURA, para que seja realizado o deslocamento da Pedra SS. ARRAYA, atualmente localizada na Travessa Alexandrina Gomes em frente ao Restaurante Churrascaria Beira Rio, Centro, para a praça da Matriz, promovendo a restauração da pedra e disposta em uma redoma de vidro (com a possível instalação da garrafa de diamantes) com placa contando a história do monumento, atendendo ao pedido do munícipe artista plástico Jean Renato.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Suplementar no orçamento vigente para os fins que menciona''.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona".</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/519/projeto_de_lei_117_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/519/projeto_de_lei_117_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Cria no calendário oficial de eventos de Barra do Garças, as festividades que menciona".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -542,67 +542,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_391-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_394-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_400-22_-_vereadores.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_474-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_476-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_678-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/519/projeto_de_lei_117_de_20_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_391-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_394-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/431/indicacao_400-22_-_vereadores.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_474-22_-_jairo_g..docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_476-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1003/indicacao_678-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_de_lei_083_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_de_lei_084_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/519/projeto_de_lei_117_de_20_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>