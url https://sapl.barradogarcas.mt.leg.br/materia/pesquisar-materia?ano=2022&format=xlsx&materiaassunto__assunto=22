--- v0 (2026-01-23)
+++ v1 (2026-03-18)
@@ -54,231 +54,231 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_622-22_-_ze_gota.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_622-22_-_ze_gota.pdf</t>
   </si>
   <si>
     <t>Proponho à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, para ser encaminhado expediente ao CHEFE DO PODER EXECUTIVO, para que o mesmo viabilize a doação de computadores para a Associação de Pais e Amigos dos Excepcionais de Barra do Garças (APAE).</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_623-22_-_jaime.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_623-22_-_jaime.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, versando sobre a possibilidade de realizar a doação de 01 (um) computador ao Conselho Tutelar da Cidade de General Carneiro.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_624-22_-_murilo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_624-22_-_murilo.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, versando sobre a possibilidade de realizar a doação de computador para a Associação Espírita a Caminho da Luz.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_625-22_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_625-22_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, versando sobre a possibilidade de realizar a doação de computadores para a Associação Mundo Azul Araguaia.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>Secreta Bike/Wanderli Vilela dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_626-22_-_secreta.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_626-22_-_secreta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, para ser encaminhado expediente ao CHEFE DO PODER EXECUTIVO, para que o mesmo viabilize a doação de computadores para a Associação Casa da Tia Sônia.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>Ronair de Jesus Nunes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_629-22_-_ronair.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_629-22_-_ronair.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL, versando sobre a possibilidade de realizar a doação de computadores para a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_632-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_632-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, que providencie um computador equipado para o Centro Regional de Referência em Especialidades (CECAP) a fim de que os funcionários da unidade possam realizar consultas e cadastros dos usuários daquela unidade de saúde.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>Jairo Gehm</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_636-22_-_jairo_g..pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_636-22_-_jairo_g..pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao PREFEITO MUNICIPAL, solicitando a viabilidade de encaminhamento de um Computador para a APOBAG-Associação aos Pacientes Oncológicos de Barra do Garças, situada à Rua Moreira Cabral, 389, Setor Campinas, Barra do Garças-MT, atendendo demanda daquela associação.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_679-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_679-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO, solicitando procedimentos de estudos da viabilidade de se estabelecer Termo de Cooperação com o Projeto Mirim administrado e desenvolvido pela Polícia Penal, com (1) repasse mensal no valor de R$ 1.500,00 (Hum mil e quinhentos reais); (2) parcela única no valor de R$ 10.000,0 (Dez mil reais); e (3) a disponibilidade de um espaço físico para que seja possível a realização das atividades que ocorrem uma vez na semana aos sábados.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_684-22_-_jaime_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_684-22_-_jaime_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXECELENTÍSSIMO SENHOR PREFEITO, ao SECRETÁRIO DE FAZENDA e ao GOVERNADOR DO ESTADO DE MATO GROSSO, para que não seja retirado o Posto Fiscal do Município de Barra do Garças, seja construído através de desapropriação ou aquisição de uma área antes da Ponte do Rio Garças, evitando assim uma evasão de receita (tributo) para nossa cidade e por conseguinte melhorar a arrecadação, já que é a principal saída do município e do estado, por essa região.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_685-22_-_jaime_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_685-22_-_jaime_e_outros.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXECELENTÍSSIMO SENHOR PREFEITO, da necessidade de restrição da circulação de caminhões na área central de nossa Cidade, tendo como sentido obrigatório o Anel Viário, salvo para carga e descarga de mercadorias.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_710-22_-_neto.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_710-22_-_neto.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, para que seja providenciado os enfeites e iluminação natalina, também nos postes e Praças dos Bairros e Distritos de nosso Município, a fim de alavancar o comércio local.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_713-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_713-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao PROCURADOR GERAL DO MUNICÍPIO, solicitando que estude a possibilidade de propor as alterações em anexo no Código de Postura de Barra do Garças, atendendo à solicitação do munícipe Marcos Relva.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_733-22_-_pedro.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_733-22_-_pedro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO MUNICIPAL, solicitando a possibilidade de encaminhar 05 (cinco) computadores em boas condições de uso para a Delegacia Regional da Policial Judiciária Civil a fim de que os profissionais daquela Unidade possam manter o desempenho e a agilidade na prestação de serviço à comunidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -585,67 +585,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_622-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_623-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_624-22_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_625-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_626-22_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_629-22_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_632-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_636-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_679-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_684-22_-_jaime_e_outros.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_685-22_-_jaime_e_outros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_710-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_713-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_733-22_-_pedro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_622-22_-_ze_gota.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_623-22_-_jaime.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_624-22_-_murilo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_625-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_626-22_-_secreta.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/916/indicacao_629-22_-_ronair.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_632-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_636-22_-_jairo_g..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1004/indicacao_679-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1015/indicacao_684-22_-_jaime_e_outros.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1016/indicacao_685-22_-_jaime_e_outros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_710-22_-_neto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_713-22_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/1150/indicacao_733-22_-_pedro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>