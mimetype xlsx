--- v0 (2025-12-09)
+++ v1 (2026-03-19)
@@ -54,468 +54,468 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/584/indicacao_456-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/584/indicacao_456-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao CHEFE DO PODER EXECUTIVO com cópias ao SECRETÁRIO MUNICIPAL DE INDÚSTRIA E COMÉRCIO; DESENVOLVIMENTO RURAL; PESCA E AQUICULTURA, solicitando a tomada de providências cabíveis para criação/implantação de uma Feira de Rua no Bairro Jardim Toledo.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Suplementar no orçamento vigente para os fins que menciona".</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona".</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_de_lei_085_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_de_lei_085_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/0, Lote 5, com área de 2.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_086_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_086_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/0, Lote 3, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_087_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_087_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/6, Lotes 1, 4 e 7, com área de 9.000m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_de_lei_088_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_de_lei_088_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/0, Lote 7, com área de 2.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_de_lei_089_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_de_lei_089_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/1, Lotes 7, 8, 13 e 14, com área de 10.800m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_090_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_090_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/3, Lotes 15, 16, 17, 18, 19 e 20, com área de 16.200m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_de_lei_091_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_de_lei_091_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra DEP 1/2, Lote 7 e 8, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_lei_092_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_lei_092_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/0, Lotes 4, 5 e 6, com área de 8.730m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_093_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_093_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra DEP 1/1, Lote 18, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências."</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_de_lei_094_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_de_lei_094_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra DEP1/1, Lote 1, 2, 19 e 20, com área de 10.800m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_lei_095_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_lei_095_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/7, Lote 12, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_096_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_096_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/0, Lote 1, com área de 2.120m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_lei_097_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_lei_097_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/1, Lote 3, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências".</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_de_lei_098_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_de_lei_098_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/1, Lotes 1 e 2, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_de_lei_099_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_de_lei_099_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/7B-A, Lote 8, com área de 2.520m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_de_lei_100_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_de_lei_100_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/3, Lote 4, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_de_lei_101_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_de_lei_101_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/3, Lote 3, com área de 2.700m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_de_lei_102_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_de_lei_102_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/3, Lotes 9 e 10, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_de_lei_103_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_de_lei_103_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/3, Lotes 7 e 8, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_de_lei_104_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_de_lei_104_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra DEP 1/2, Lotes 5 e 6, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_lei_105_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_lei_105_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/2, Lote A, com área de 9.364m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_de_lei_106_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_de_lei_106_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/0, Lote 03, com área de 2.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_de_lei_107_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_de_lei_107_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/5, Lotes 03, com área de 20.000m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_de_lei_108_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_de_lei_108_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/4, Lotes 5,6,7,12,13 e 14, com área de 16.200m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências."</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_de_lei_109_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_de_lei_109_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/6, Lotes 02 e 03, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_de_lei_110_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_de_lei_110_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/4, Lotes 08 e 09, com área de 5.400 m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/513/projeto_de_lei_111_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/513/projeto_de_lei_111_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/4, Lotes 02,03 e 04, com área de 8.100m 2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_de_lei_112_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_de_lei_112_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/8, Lotes 11 e 12, com área de 5.400 m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_de_lei_113_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_de_lei_113_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/6, Lotes 05 e 06, com área de 5.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_de_lei_114_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_de_lei_114_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/8, Lotes 01, 02, 03, 04, 05, 06 e 07, com área de 21.600m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências."</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/517/projeto_de_lei_115_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/517/projeto_de_lei_115_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra IND 1/4, Lotes 18,19 e 20, com área de 8.101 m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/518/projeto_de_lei_116_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/518/projeto_de_lei_116_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de procedimento licitatório para a venda da Quadra SER 1/0, Lote 04, com área de 2.400m2, no Setor Distrito Industrial de Barra do Garças e dá outras providências ."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -822,68 +822,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/584/indicacao_456-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_de_lei_085_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_086_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_087_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_de_lei_088_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_de_lei_089_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_090_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_de_lei_091_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_lei_092_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_093_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_de_lei_094_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_lei_095_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_096_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_lei_097_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_de_lei_098_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_de_lei_099_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_de_lei_100_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_de_lei_101_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_de_lei_102_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_de_lei_103_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_de_lei_104_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_lei_105_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_de_lei_106_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_de_lei_107_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_de_lei_108_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_de_lei_109_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_de_lei_110_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/513/projeto_de_lei_111_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_de_lei_112_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_de_lei_113_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_de_lei_114_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/517/projeto_de_lei_115_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/518/projeto_de_lei_116_de_20_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/584/indicacao_456-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_de_lei_085_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_086_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_lei_087_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_de_lei_088_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_de_lei_089_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_de_lei_090_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_de_lei_091_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_de_lei_092_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/495/projeto_de_lei_093_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_de_lei_094_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_lei_095_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_096_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_lei_097_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_de_lei_098_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_de_lei_099_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_de_lei_100_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_de_lei_101_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_de_lei_102_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_de_lei_103_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_de_lei_104_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_lei_105_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_de_lei_106_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_de_lei_107_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_de_lei_108_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_de_lei_109_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_de_lei_110_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/513/projeto_de_lei_111_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_de_lei_112_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_de_lei_113_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_de_lei_114_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/517/projeto_de_lei_115_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/518/projeto_de_lei_116_de_20_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>