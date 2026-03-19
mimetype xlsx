--- v0 (2026-01-23)
+++ v1 (2026-03-19)
@@ -54,126 +54,126 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jairo Marques Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_429-22_-_jairo_m..docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_429-22_-_jairo_m..docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao DEPUTADO FEDERAL DE MATO GROSSO, Juarez Alves da Costa (MDB), a fim de solicitar um veículo do tipo camionete para atender as necessidades da Secretaria Municipal de Planejamento de Barra do Garças/MT, nas atividades de regularização fundiária urbana e rural, deslocamento da equipe, protocolo de documentações, transporte do equipamento, visitas técnicas até as áreas regularizadas, eventual viagem aos distritos de Barra do Garças.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Guinha/Hadeilton Tanner Araújo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/546/indicacao_445-22_-_guinha.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/546/indicacao_445-22_-_guinha.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao PREFEITO MUNICIPAL e ao SECRETÁRIO MUNICIPAL DE PLANEJAMENTO, para que proceda a apuração do remanescente da área Matrícula nº 57.308, bem como o levantamento do perímetro da ocupação da Gleba Fundão, com o cadastro dos ocupantes com a mediação (mapa, memorial, croqui e ART), para fins de expedição de certidão de regularização fundiária, até a emissão do título definitivo como a fase registral, devendo a presente indicação ser utilizada para todas as áreas em semelhança.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao PROCURADOR GERAL DO MUNICÍPIO, solicitando que estude a possibilidade de implantação e regulamentação no âmbito da Administração Pública realizar pagamentos e recebimento de tributos/taxas por meio de operações com cartão de débito, crédito e sistemas de pagamento instantâneo (Pix), com a utilização de QR Code vinculado ao documento de arrecadação. Segue em anexo, minuta sugestiva do Projeto Lei.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_562-22_-_pedro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_562-22_-_pedro.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, que seja encaminhado expediente ao CHEFE DO PODER EXECUTIVO e ao SECRETÁRIO MUNICIPAL DE PAISAGISMO E URBANISMO, a viabilidade de se empenhar esforços no sentido de adquirir para  esta municipalidade as Quadras de lotes localizada entre as Ruas Vaticano, Fidalgo, Major Otávio Pitaluga e Ezequiel de Carvalho e anexá-las ao Cemitério do Bairro Jardim Nova Barra, interrompendo as ruas da parte interna (Rua Fidalgo) e unido os lotes em uma só área (imagens em anexo), reiterando o que consta na Indicação de nº 286/2018 e nº 536/2021, de minha autoria e devidamente aprovadas em suas respectivas épocas.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Suplementar no orçamento vigente para os fins que menciona".</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de crédito adicional Especial no orçamento vigente para os fins que menciona".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -480,68 +480,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_429-22_-_jairo_m..docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/546/indicacao_445-22_-_guinha.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_562-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_429-22_-_jairo_m..docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/546/indicacao_445-22_-_guinha.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_562-22_-_pedro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/526/projeto_de_lei_081_de_15_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/527/projeto_de_lei_082_de_15_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>