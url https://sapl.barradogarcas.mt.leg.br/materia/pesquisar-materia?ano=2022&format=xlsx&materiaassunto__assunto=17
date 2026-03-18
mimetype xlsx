--- v0 (2026-01-23)
+++ v1 (2026-03-18)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Pebinha/Valdeí Leite Guimarães, Pedro Ferreira da Silva Filho, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_387-22_-_paulo_e_outros.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_387-22_-_paulo_e_outros.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO ESTADUAL – DELEGADO CLAUDINEI DE SOUZA LOPES, solicitando a disponibilização de recursos financeiros por meio de uma Emenda Parlamentar, para aquisição de cofres para atender a Delegacia Especializada em Roubos e Furtos - DERF, nesta Cidade de Barra do Garças/MT.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_392-22_-_paulo_e_outros.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_392-22_-_paulo_e_outros.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO ESTADUAL – DELEGADO CLAUDINEI DE SOUZA LOPES, solicitando a disponibilização de recursos financeiros por meio de uma Emenda Parlamentar, para aquisição de mobílias, utensílios e equipamento para a Delegacia Especializada de Roubos e Furtos - DERF, nesta Cidade de Barra do Garças/MT.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Paulo Bento de Morais, Pedro Ferreira da Silva Filho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_396-22_-_paulo_e_outro.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_396-22_-_paulo_e_outro.docx</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO ESTADUAL – DELEGADO CLAUDINEI DE SOUZA LOPES, solicitando a disponibilização de recursos financeiros por meio de uma Emenda Parlamentar, para aquisição de equipamentos e mobiliários para a Delegacia da Polícia Judiciária Civil, nesta Cidade de Barra do Garças/MT.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Paulo Bento de Morais, Pebinha/Valdeí Leite Guimarães, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_430-22_-_pedro_e_outros.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_430-22_-_pedro_e_outros.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópia ao PROCURADOR GERAL DO MUNICÍPIO, sugerindo a inserção na Lei Municipal nº 4.363, de 22 de dezembro de 2021, que regulamenta o Plano Plurianual do Município de Barra do Garças, às disposições contidas na Emenda à Lei Orgânica nº 036/2021, no que diz a inclusão das emendas individuais do Poder Legislativo na Lei Orçamentaria Anual para os próximos exercícios financeiros a partir de 2023, cuja cópia segue em anexo.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Jaime Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/586/indicacao_458-22_-_jaime.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/586/indicacao_458-22_-_jaime.docx</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO DEPUTADO ESTADUAL MAX RUSSI, solicitando providências para aquisição e disponibilização de recursos financeiros, por meio de uma emenda parlamentar no valor de R$ 250.000,00 (duzentos e cinquenta mil reais), para aquisição de um veículo do tipo van, para a Secretaria Municipal de Saúde de Barra do Garças-MT, com a finalidade de atender os pacientes que necessitam de tratamento fora de domicílio (TFD).</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_555-22_-_valdei.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_555-22_-_valdei.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO FEDERAL – EMANUEL PINHEIRO NETO, solicitando a disponibilização de recursos financeiros, através de uma Emenda Parlamentar para implantação de 01 (um) Parquinho Infantil e 01 (uma) Academia de ATI, na Associação dos Servidores Públicos Municipais de Barra do Garças – MT, devidamente inscrita no CNPJ sob nº 15.372.386/0001-30.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_556-22_-_valdei.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_556-22_-_valdei.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao DEPUTADO FEDERAL – EMANUEL PINHEIRO NETO, solicitando providências para aquisição e disponibilização de recursos financeiros, por meio de uma emenda parlamentar, para aquisição de um veículo do tipo van, para a Secretaria Municipal de Saúde de Barra do Garças-MT, para atender o setor de epidemiologia, a fim de realizar o transporte de vacinas e insumos.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>Pedro Ferreira da Silva Filho, BATISTAO DA VILA MARIA, Carpegiane Gonzaga, Dr. Florizan/Florizan Luiz Esteves, Dr. José Maria/José Maria Alves Vilar, Dr. Neto/Geralmino Alves Rodrigues Neto, Guinha/Hadeilton Tanner Araújo, Jaime Rodrigues Neto, Jairo Gehm, Jairo Marques Ferreira, Murilo Valoes Metello, Pebinha/Valdeí Leite Guimarães, Ronair de Jesus Nunes, Secreta Bike/Wanderli Vilela dos Santos, Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_619-22_pedro_e_outros.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_619-22_pedro_e_outros.pdf</t>
   </si>
   <si>
     <t>Indicamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviado expediente ao EXCELENTÍSSIMO SENHOR PREFEITO, com cópias ao SECRETÁRIO MUNICIPAL DE FINANÇAS, solicitando que sejam feitas tratativas junto ao Fórum desta Comarca para instituição de parceria visando o envio à esta Casa Legislativa, de um Projeto de Lei criando neste município de Barra do Garças - MT, o Programa de Recuperação Fiscal – REFIS para este ano, a fim de que aqueles que encontram-se em débito com a Administração Pública possam renegociarem seus débitos com isenção de juros e multas.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adilson Gonçalves de Macedo</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_de_lei_076_de_09_de_junho_de_2022.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_de_lei_076_de_09_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 1° da Lei Municipal n° 4.398, de 22 de Março de 2022. "</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,68 +525,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_387-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_392-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_396-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_430-22_-_pedro_e_outros.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/586/indicacao_458-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_555-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_556-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_619-22_pedro_e_outros.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_de_lei_076_de_09_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_387-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_392-22_-_paulo_e_outros.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_396-22_-_paulo_e_outro.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_430-22_-_pedro_e_outros.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/586/indicacao_458-22_-_jaime.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_555-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_556-22_-_valdei.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_619-22_pedro_e_outros.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_de_lei_076_de_09_de_junho_de_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>