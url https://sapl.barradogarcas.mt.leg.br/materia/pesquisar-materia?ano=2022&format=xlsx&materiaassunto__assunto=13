--- v0 (2025-12-10)
+++ v1 (2026-03-18)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Dr. Neto/Geralmino Alves Rodrigues Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/620/mocao_de_pesar_113-22_-_neto.docx</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/620/mocao_de_pesar_113-22_-_neto.docx</t>
   </si>
   <si>
     <t>Apresento à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviada MOÇÃO DE PESAR, aos familiares do Ilustre Senhor AGOSTINHO PEREIRA NETO, em razão do seu falecimento, ocorrido no último dia 06 de julho de 2022, nesta Cidade de Barra do Garças-MT, em decorrência de complicações pulmonares.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/877/mocao_de_pesar_148-22_-_murilo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/877/mocao_de_pesar_148-22_-_murilo.pdf</t>
   </si>
   <si>
     <t>Apresentamos à Mesa, após cumprimento das formalidades regimentais e deliberação do Plenário, seja enviada MOÇÃO DE PESAR, aos familiares do Ilustre Senhor WILSON LIONES DUARTE, em razão do seu falecimento, ocorrido na data hoje, 19 de setembro de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,68 +420,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/620/mocao_de_pesar_113-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/877/mocao_de_pesar_148-22_-_murilo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/620/mocao_de_pesar_113-22_-_neto.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2022/877/mocao_de_pesar_148-22_-_murilo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>