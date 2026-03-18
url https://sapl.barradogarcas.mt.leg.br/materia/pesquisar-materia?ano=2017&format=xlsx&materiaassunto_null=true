--- v0 (2025-12-11)
+++ v1 (2026-03-18)
@@ -51,579 +51,579 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/53/projeto_de_lei_001_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/53/projeto_de_lei_001_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe natureza sobre a verba de indenizatória pelo exercício parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dr. Cleber</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/54/projeto_de_lei_003_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/54/projeto_de_lei_003_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de eco pontos, para coleta de objetos inservíveis e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gustavo Nolasco</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/55/projeto_de_lei_006_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/55/projeto_de_lei_006_-_2.017.pdf</t>
   </si>
   <si>
     <t>Estabelece norma quanto à disponibilidade da estrutura de proteção nas instituições bancárias e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Miguelão</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/56/projeto_de_lei_008_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/56/projeto_de_lei_008_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a entidade que menciona. (Associação Educativa Agostini / Centro Educativo Imaculada Conceição).</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Dr. Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/57/projeto_de_lei_009_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/57/projeto_de_lei_009_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação das Leis Municipais nº 2.420/2002 e 3.126/2010.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Zé Gota/Gabriel Pereira Lopes</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/58/projeto_de_lei_010_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/58/projeto_de_lei_010_-_2.017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Conscientização sobre o Autismo e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Murilo Valoes Metello</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/59/projeto_de_lei_011_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/59/projeto_de_lei_011_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal à entidade que menciona. (Utilidade Pública Municipal Igis-Instituto Global Intervenção Social).</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/60/projeto_de_lei_012_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/60/projeto_de_lei_012_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.682, de 23 de outubro de 2015. (autismo).</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/61/projeto_de_lei_013_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/61/projeto_de_lei_013_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Publica Municipal à entidade que menciona. (Associação Mãos Criativas do Vale do Araguaia).</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/62/projeto_de_lei_014_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/62/projeto_de_lei_014_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilidade de profissionais da saúde para a ação que menciona. (palestras de primeiros socorros nas escolas e creches).</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Julio Cesar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/63/projeto_de_lei_018_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/63/projeto_de_lei_018_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará de funcionamento de empresas estabelecidas no município que revenderam carnes oriundas de furto e roubo.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/64/projeto_de_lei_020_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/64/projeto_de_lei_020_-_2.017.pdf</t>
   </si>
   <si>
     <t>Estabelece normas à comercialização de carnes.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/65/projeto_de_lei_021_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/65/projeto_de_lei_021_-_2.017.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a isentas os doares de medula óssea do pagamentos das taxas de inscrição em concurso público municipal</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Prof. Alex Matos/Alessandro Matos do Nascimento</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/66/projeto_de_lei_022_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/66/projeto_de_lei_022_-_2.017.pdf</t>
   </si>
   <si>
     <t>Institui o dia da paz e da conciliação.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Celson Sousa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/67/projeto_de_lei_023_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/67/projeto_de_lei_023_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal n° 3752, de 08 de agosto de 2016.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/68/projeto_de_lei_025_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/68/projeto_de_lei_025_-_2.017.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a entrega de medicamentos da rede pública de saúde, aos pacientes que menciona.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/69/projeto_de_lei_028_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/69/projeto_de_lei_028_-_2.017.pdf</t>
   </si>
   <si>
     <t>Estabelece normas quanto à renovação de Alvará de licença ao estabelecimento que menciona. (bares, hotéis e lanchonetes)</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/70/projeto_de_lei_030_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/70/projeto_de_lei_030_-_2.017.pdf</t>
   </si>
   <si>
     <t>Autoriza do poder público municipal a receber, por doação, medicamentos, em decuso, nos termos que menciona.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/71/projeto_de_lei_034_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/71/projeto_de_lei_034_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a presença de “DOULAS” durante o trabalho de parto, parto e pós-parto imediato, nas maternidades, casas de parto e estabelecimentos hospitalares congêneres da rede pública e privada.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/72/projeto_de_lei_035_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/72/projeto_de_lei_035_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera e atualiza as disposições contidas na lei municipal n.° 3272, de 23 de fevereiro de 2012, que consolida a legislação da estrutura administrativa e do plano de cargos e salários da câmara municipal.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/73/projeto_de_lei_036_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/73/projeto_de_lei_036_-_2.017.pdf</t>
   </si>
   <si>
     <t>Transforma cargo comissionado em cargo efetivo.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/74/projeto_de_lei_037_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/74/projeto_de_lei_037_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a lei n.° 3272/2012 que consolida a legislação da estrutura administrativa e do plano de cargos e salários da Câmara municipal.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/75/projeto_de_lei_038_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/75/projeto_de_lei_038_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público. (Unidade básica de saúde LENIR PEREIRA DE OLIVEIRA).</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/76/projeto_de_lei_045_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/76/projeto_de_lei_045_-_2.017.pdf</t>
   </si>
   <si>
     <t>O projeto institui a avaliação periódica dos prédios escolares e creches da rede municipal de ensino da cidade.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade de vagas nas escolas municipais, para alunos portadores de necessidade especiais.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/78/projeto_de_lei_047_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/78/projeto_de_lei_047_-_2.017.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a repassar aos agentes comunitários de saúde e aos agentes de combate às endemias, incentivo financeiro adicional.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/79/projeto_de_lei_048_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/79/projeto_de_lei_048_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público. (Creche municipal Dra. CARLOTA SOARES OLIVEIRA)</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Dr. Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/80/projeto_de_lei_049_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/80/projeto_de_lei_049_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a entidade Grande união fraterna no roncador – Unifrater.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/81/projeto_de_lei_050_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/81/projeto_de_lei_050_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal n.° 3528, de 01 de abril de 2014.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/82/projeto_de_lei_051_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/82/projeto_de_lei_051_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal o grupo missionário bom samaritano.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/83/projeto_de_lei_052_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/83/projeto_de_lei_052_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a Associação BARRA DO GARÇAS-MAMMA.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/84/projeto_de_lei_053_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/84/projeto_de_lei_053_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a disposições contidas na lei municipal n.° 3272, de 23 de fevereiro de 2012, que consolida a legislação da estrutura administrativa e do plano de cargos e salários da Câmara municipal de Barra do Garças.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/85/projeto_de_lei_054_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/85/projeto_de_lei_054_-_2.017.pdf</t>
   </si>
   <si>
     <t>Transforma estradas vicinais em estradas municipais.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Garrincha dos Animais</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/86/projeto_de_lei_055_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/86/projeto_de_lei_055_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a preservação, cadastramento, monitoramento e recuperação das nascentes existentes.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/87/projeto_de_lei_056_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/87/projeto_de_lei_056_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal n.° 2740 de 27 de março de 2006.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/88/projeto_de_lei_057_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/88/projeto_de_lei_057_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a Associação rede de enfrentamento à violência doméstica contra a mulher-rede de frente.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/89/projeto_de_lei_058_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/89/projeto_de_lei_058_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I, da lei municipal n.° 3272/2012, que consolida a legislação da estrutura administrativa e do plano de cargos e salários da Câmara municipal.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/90/projeto_de_lei_059_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/90/projeto_de_lei_059_-_2.017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 2.899, de 14 de março de 2008.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/91/projeto_de_lei_060_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/91/projeto_de_lei_060_-_2.017.pdf</t>
   </si>
   <si>
     <t>Autoriza a exploração de construção publicidade nos pontos de ônibus do Município.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Jaime Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/92/projeto_de_lei_061_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/92/projeto_de_lei_061_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de projeto de descentralização de Assentamento Sustentável passando a denominar “Governador Wilmar Peres de Farias”.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/93/projeto_de_lei_063_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/93/projeto_de_lei_063_-_2.017.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a disponibilidade deequipes de plantão, nos serviços que mencionae dá outras providências. (serviços de água, esgoto, energia elétrica e telefonia).</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/94/projeto_de_lei_064_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/94/projeto_de_lei_064_-_2.017.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade Pública Municipal a entidade Igreja de Cristo Ministério Nova Terra de Barra do Garças.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/95/projeto_de_lei_065_-_2.017.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/95/projeto_de_lei_065_-_2.017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouropúblico.(COMPLEXO POLICIAL DR. ALDEMAR ARAÚJO GUIRRA)</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Barra do Garças - PMBG</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/321/projeto_de_lei_001_-_2.017_-_executivo.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/321/projeto_de_lei_001_-_2.017_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público nos termos do inciso IX do Art. 37 da Constituição Federal e dá outras providências. (Secretaria Municipal de Assistência Social).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -930,68 +930,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/53/projeto_de_lei_001_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/54/projeto_de_lei_003_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/55/projeto_de_lei_006_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/56/projeto_de_lei_008_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/57/projeto_de_lei_009_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/58/projeto_de_lei_010_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/59/projeto_de_lei_011_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/60/projeto_de_lei_012_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/61/projeto_de_lei_013_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/62/projeto_de_lei_014_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/63/projeto_de_lei_018_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/64/projeto_de_lei_020_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/65/projeto_de_lei_021_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/66/projeto_de_lei_022_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/67/projeto_de_lei_023_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/68/projeto_de_lei_025_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/69/projeto_de_lei_028_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/70/projeto_de_lei_030_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/71/projeto_de_lei_034_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/72/projeto_de_lei_035_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/73/projeto_de_lei_036_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/74/projeto_de_lei_037_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/75/projeto_de_lei_038_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/76/projeto_de_lei_045_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/78/projeto_de_lei_047_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/79/projeto_de_lei_048_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/80/projeto_de_lei_049_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/81/projeto_de_lei_050_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/82/projeto_de_lei_051_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/83/projeto_de_lei_052_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/84/projeto_de_lei_053_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/85/projeto_de_lei_054_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/86/projeto_de_lei_055_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/87/projeto_de_lei_056_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/88/projeto_de_lei_057_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/89/projeto_de_lei_058_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/90/projeto_de_lei_059_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/91/projeto_de_lei_060_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/92/projeto_de_lei_061_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/93/projeto_de_lei_063_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/94/projeto_de_lei_064_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/95/projeto_de_lei_065_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/321/projeto_de_lei_001_-_2.017_-_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/53/projeto_de_lei_001_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/54/projeto_de_lei_003_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/55/projeto_de_lei_006_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/56/projeto_de_lei_008_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/57/projeto_de_lei_009_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/58/projeto_de_lei_010_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/59/projeto_de_lei_011_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/60/projeto_de_lei_012_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/61/projeto_de_lei_013_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/62/projeto_de_lei_014_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/63/projeto_de_lei_018_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/64/projeto_de_lei_020_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/65/projeto_de_lei_021_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/66/projeto_de_lei_022_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/67/projeto_de_lei_023_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/68/projeto_de_lei_025_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/69/projeto_de_lei_028_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/70/projeto_de_lei_030_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/71/projeto_de_lei_034_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/72/projeto_de_lei_035_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/73/projeto_de_lei_036_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/74/projeto_de_lei_037_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/75/projeto_de_lei_038_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/76/projeto_de_lei_045_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/78/projeto_de_lei_047_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/79/projeto_de_lei_048_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/80/projeto_de_lei_049_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/81/projeto_de_lei_050_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/82/projeto_de_lei_051_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/83/projeto_de_lei_052_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/84/projeto_de_lei_053_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/85/projeto_de_lei_054_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/86/projeto_de_lei_055_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/87/projeto_de_lei_056_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/88/projeto_de_lei_057_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/89/projeto_de_lei_058_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/90/projeto_de_lei_059_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/91/projeto_de_lei_060_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/92/projeto_de_lei_061_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/93/projeto_de_lei_063_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/94/projeto_de_lei_064_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/95/projeto_de_lei_065_-_2.017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2017/321/projeto_de_lei_001_-_2.017_-_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="224" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>