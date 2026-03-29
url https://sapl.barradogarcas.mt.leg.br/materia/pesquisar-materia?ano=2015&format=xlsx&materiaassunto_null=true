--- v0 (2025-12-09)
+++ v1 (2026-03-29)
@@ -51,566 +51,566 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/126/projeto_de_lei_001_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/126/projeto_de_lei_001_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a verba de natureza indenizatória pelo exercício da atividade parlamentar e dá outras providências."</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mandioquinha</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/127/projeto_de_lei_002_-_2.015_-.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/127/projeto_de_lei_002_-_2.015_-.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n.0 3.584, de 29 de outubro de 2014."</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Comandante Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/128/projeto_de_lei_004_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/128/projeto_de_lei_004_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n.º 3.085, de 28 d dezembro de 2009".</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Miguelão</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/129/projeto_de_lei_006_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/129/projeto_de_lei_006_-_2.015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal aentidadeASSOCIAÇÃO BARRA GARCENSE DE APOIO E DESENVOLVIMENTO DA ARTE CAPOEIRA-ABADAC.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/130/projeto_de_lei_007_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/130/projeto_de_lei_007_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o repasse de recursos pelo Poder Executivo Municipal à conta da Associação Mato-grossense dos Municípios e da mesma forma à União das Câmaras Municipais do Estado de Mato Grosso e dá outras providências."</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/131/projeto_de_lei_008_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/131/projeto_de_lei_008_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n.º 3.085, de 28 de dezembro de 2009."</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Julio Cesar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/132/projeto_de_lei_009_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/132/projeto_de_lei_009_-_2.015.pdf</t>
   </si>
   <si>
     <t>Institui a "ficha limpa municipal" na nomeação de servidores a cargos comissionados no âmbito da administração direta, autárquica e fundacional do Poder Executivo e do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/133/projeto_de_lei_012_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/133/projeto_de_lei_012_-_2.015.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Diagnóstico da Situação da Pessoa Idosa e o Índice de_x000D_
 Qualidade de Vida da Pessoa Idosa no Município de Barra do Garças e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/134/projeto_de_lei_013_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/134/projeto_de_lei_013_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública Municipal a entidade MOTOCLUBE ARAGUAIA CROSS BARRA”.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/135/projeto_de_lei_015_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/135/projeto_de_lei_015_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre implantação de sistema de localização de rede de distribuição de_x000D_
 água, nos novos loteamentos de Barra do Garças."</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/136/projeto_de_lei_016_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/136/projeto_de_lei_016_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de lista das linhas nos pontos de ônibus, e dá outras providências".</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/137/projeto_de_lei_017_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/137/projeto_de_lei_017_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Cria o Dia Do Feirante Barra-garcense e dá outras providências".</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dr. Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/138/projeto_de_lei_019_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/138/projeto_de_lei_019_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição de participação em celebração com o Poder Público Municipal de contratos administrativos de obras, serviços,compras, alienações e locações por empresas que respondam a processos criminais."</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/139/projeto_de_lei_020_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/139/projeto_de_lei_020_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera o Parágrafo Único, do Art. I da Lei Municipal n. 0 2.160/99".</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/140/projeto_de_lei_022_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/140/projeto_de_lei_022_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade das instituições financeiras a disponibilizar serviços de coleta e transporte de valores, na forma que especifica."</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/141/projeto_de_lei_024_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/141/projeto_de_lei_024_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de logradouros públicos."</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/142/projeto_de_lei_026_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/142/projeto_de_lei_026_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Institui a política municipal para a população em situação de rua, e dá outras providências."</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/143/projeto_de_lei_027_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/143/projeto_de_lei_027_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal 3.605, de 05 de Fevereiro de 2015."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/144/projeto_de_lei_028_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/144/projeto_de_lei_028_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública Municipal a Entidade Igreja Transmundial da Glória De Deus”.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/145/projeto_de_lei_029_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/145/projeto_de_lei_029_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o uso de Espaços Públicos de publicidade para Campanhas Educativas, sobre atos de violência contra a mulher."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/146/projeto_de_lei_030_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/146/projeto_de_lei_030_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Institui data comemorativa e dá outras providências".</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/147/projeto_de_lei_031_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/147/projeto_de_lei_031_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Obriga os órgãos públicos e os estabelecimentos privados a dar preferência no atendimento, não retendo, em filas, pessoas portadoras do transtorno do espectro do autismo (TEA) e dá outras providências."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/148/projeto_de_lei_034_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/148/projeto_de_lei_034_-_2.015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Entidade CASA PASTORAL DA IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS Ministério Madureira.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Joãozinho Cego</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/149/projeto_de_lei_035_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/149/projeto_de_lei_035_-_2.015.pdf</t>
   </si>
   <si>
     <t>Estabelece normas quanto à inserção de escrita em braile nos cardápios de restaurantes, bares e similares.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/150/projeto_de_lei_036_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/150/projeto_de_lei_036_-_2.015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a entidade ASSOCIAÇÃO DE MORADORES DO BAIRRO JARDIM PIRACEMA.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/151/projeto_de_lei_037_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/151/projeto_de_lei_037_-_2.015.pdf</t>
   </si>
   <si>
     <t>Ratifica a denominação da via pública, fica denominada RUA ODÍLIA RÊGO FLORES.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/152/projeto_de_lei_038_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/152/projeto_de_lei_038_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera de Lei Municipal n.2 3.625 de 13 de maio de 2015".</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/153/projeto_de_lei_039_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/153/projeto_de_lei_039_-_2.015.pdf</t>
   </si>
   <si>
     <t>Assegura a publicidade das informações referentes a contratos de locação por_x000D_
 órgãos e entidades da administração pública direta e indireta do Poder Executivo Municipal.'</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/154/projeto_de_lei_040_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/154/projeto_de_lei_040_-_2.015.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal do Controle de Natalidade de Cães e Gatos e dá Outras Providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/155/projeto_de_lei_041_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/155/projeto_de_lei_041_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Institui o sistema de reuso da água da chuva no Município de BARRA DO GARÇAS, para utilização não potável em condomínios, clubes, entidades, conjuntos habitacionais e demais imóveis residenciais, industriais e comerciais".</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/156/projeto_de_lei_042_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/156/projeto_de_lei_042_-_2.015.pdf</t>
   </si>
   <si>
     <t>Cria no calendário oficial de eventos, a festividade a FESTA DO PEÃO DE BOIADEIRO DO BAIRRO JARDIM NOVA BARRA SUL.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/157/projeto_de_lei_043_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/157/projeto_de_lei_043_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transformação da Feira Livre, em Feira Municipal de Barra do_x000D_
 Garças".</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/158/projeto_de_lei_045_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/158/projeto_de_lei_045_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas quanto ao transporte de cargas no centro da cidade”.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/159/projeto_de_lei_047_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/159/projeto_de_lei_047_-_2.015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a entidade INSTITUTO DE PROMOÇÃO SOCIAL, CULTURAL E EDUCACIONAL DOS PAIS E AMIGOS DOS SURDOS DO VALE DO ARAGUAIA-IPASVA.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/160/projeto_de_lei_048_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/160/projeto_de_lei_048_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas quanto à adequação dos estabelecimentos comerciais, no que se refere à acessibilidade e dá outras providências".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/161/projeto_de_lei_049_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/161/projeto_de_lei_049_-_2.015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a entidade SINDICATO DOS TRABALHADORES EM TRANSPORTES RODOVIÁRIO E MOTORISTAS PROFISSIONAIS DE BARRA DO GARÇAS E REGIÃO – SINTTRO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/162/projeto_de_lei_051_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/162/projeto_de_lei_051_-_2.015.pdf</t>
   </si>
   <si>
     <t>Cria no calendário oficial de eventos, as festividades FESTA DE ANIVERSÁRIO DO BAIRRO VILA MARIA.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/163/projeto_de_lei_052_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/163/projeto_de_lei_052_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Cria no calendário oficial de eventos, a festividade FESTA DE ANIVERSÁRIO DO BAIRRO JARDIM PIRACEMA”.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Dr. Joãozinho</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/164/projeto_de_lei_053_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/164/projeto_de_lei_053_-_2.015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização e consumo de bebidas alcoólicas fermentadas nos estádios de futebol localizados no município de Barra do Garças.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/165/projeto_de_lei_054_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/165/projeto_de_lei_054_-_2.015.pdf</t>
   </si>
   <si>
     <t>"Altera o Artigo 1º da Lei Municipal n.0 2.303/2001, de 23 de março de 2001".</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/166/projeto_de_lei_055_-_2.015.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/166/projeto_de_lei_055_-_2.015.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público. (Praça Ivo Moreira)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -917,68 +917,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/126/projeto_de_lei_001_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/127/projeto_de_lei_002_-_2.015_-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/128/projeto_de_lei_004_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/129/projeto_de_lei_006_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/130/projeto_de_lei_007_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/131/projeto_de_lei_008_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/132/projeto_de_lei_009_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/133/projeto_de_lei_012_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/134/projeto_de_lei_013_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/135/projeto_de_lei_015_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/136/projeto_de_lei_016_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/137/projeto_de_lei_017_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/138/projeto_de_lei_019_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/139/projeto_de_lei_020_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/140/projeto_de_lei_022_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/141/projeto_de_lei_024_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/142/projeto_de_lei_026_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/143/projeto_de_lei_027_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/144/projeto_de_lei_028_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/145/projeto_de_lei_029_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/146/projeto_de_lei_030_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/147/projeto_de_lei_031_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/148/projeto_de_lei_034_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/149/projeto_de_lei_035_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/150/projeto_de_lei_036_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/151/projeto_de_lei_037_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/152/projeto_de_lei_038_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/153/projeto_de_lei_039_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/154/projeto_de_lei_040_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/155/projeto_de_lei_041_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/156/projeto_de_lei_042_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/157/projeto_de_lei_043_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/158/projeto_de_lei_045_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/159/projeto_de_lei_047_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/160/projeto_de_lei_048_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/161/projeto_de_lei_049_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/162/projeto_de_lei_051_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/163/projeto_de_lei_052_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/164/projeto_de_lei_053_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/165/projeto_de_lei_054_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/166/projeto_de_lei_055_-_2.015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/126/projeto_de_lei_001_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/127/projeto_de_lei_002_-_2.015_-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/128/projeto_de_lei_004_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/129/projeto_de_lei_006_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/130/projeto_de_lei_007_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/131/projeto_de_lei_008_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/132/projeto_de_lei_009_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/133/projeto_de_lei_012_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/134/projeto_de_lei_013_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/135/projeto_de_lei_015_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/136/projeto_de_lei_016_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/137/projeto_de_lei_017_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/138/projeto_de_lei_019_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/139/projeto_de_lei_020_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/140/projeto_de_lei_022_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/141/projeto_de_lei_024_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/142/projeto_de_lei_026_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/143/projeto_de_lei_027_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/144/projeto_de_lei_028_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/145/projeto_de_lei_029_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/146/projeto_de_lei_030_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/147/projeto_de_lei_031_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/148/projeto_de_lei_034_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/149/projeto_de_lei_035_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/150/projeto_de_lei_036_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/151/projeto_de_lei_037_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/152/projeto_de_lei_038_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/153/projeto_de_lei_039_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/154/projeto_de_lei_040_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/155/projeto_de_lei_041_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/156/projeto_de_lei_042_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/157/projeto_de_lei_043_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/158/projeto_de_lei_045_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/159/projeto_de_lei_047_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/160/projeto_de_lei_048_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/161/projeto_de_lei_049_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/162/projeto_de_lei_051_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/163/projeto_de_lei_052_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/164/projeto_de_lei_053_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/165/projeto_de_lei_054_-_2.015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2015/166/projeto_de_lei_055_-_2.015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="202.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>