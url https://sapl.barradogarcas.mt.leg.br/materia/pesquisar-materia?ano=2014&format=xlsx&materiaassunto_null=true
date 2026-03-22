--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -51,363 +51,363 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/167/projeto_de_lei_001_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/167/projeto_de_lei_001_-_2.014.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial nos vencimentos e proventos dos servidores do Quadro Geral de cargos do Plano de carreira e dos cargos comissionados da Câmara Municipal de Barra do Garças.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mandioquinha</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/168/projeto_de_lei_002_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/168/projeto_de_lei_002_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e a venda de cachimbo conhecido como narguilé aos menores de 18 anos.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/169/projeto_de_lei_003_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/169/projeto_de_lei_003_-_2.014.pdf</t>
   </si>
   <si>
     <t>Institui no município de Barra do Garças o disque pichação.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/170/projeto_de_lei_005_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/170/projeto_de_lei_005_-_2.014.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de cartão a saúde para as pessoas portadoras de doenças consideradas como crônicas.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Comandante Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/171/projeto_de_lei_006_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/171/projeto_de_lei_006_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de código de barras, nas contas de água.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Pebinha/Valdeí Leite Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/172/projeto_de_lei_007_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/172/projeto_de_lei_007_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das escolas e creches da rede municipal de ensino fornecer alimentação diferenciada aos diabéticos e hipertensos em sua merenda escolar.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/173/projeto_de_lei_008_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/173/projeto_de_lei_008_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação a via pública, a rua doa Ipês, bairro Jardim Amazônia passa a denominar-se RUA SEBASTIANA SOUZA FARIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/174/projeto_de_lei_009_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/174/projeto_de_lei_009_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reaproveitamento de água pluvial nos órgãos públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ronaldo Couto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/175/projeto_de_lei_010_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/175/projeto_de_lei_010_-_2.014.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único, ao art. 1º, da lei Ordinária municipal nº 1253, de 10 de outubro de 1989.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Miguelão</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/176/projeto_de_lei_011_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/176/projeto_de_lei_011_-_2.014.pdf</t>
   </si>
   <si>
     <t>Cria a Feira livre do Distrito de Indianópolis.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/177/projeto_de_lei_012_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/177/projeto_de_lei_012_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o trânsito de bicicletas nas ruas de Barra do Garças e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Celson Sousa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/178/projeto_de_lei_014_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/178/projeto_de_lei_014_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova denominação de unidade de saúde, a unidade de saúde PSF passa a denominar-se PSF MARIA NATIVIDADE GOMES COELHO.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/179/projeto_de_lei_015_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/179/projeto_de_lei_015_-_2.014.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 2899, de 14 de março de 2008.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/180/projeto_de_lei_016_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/180/projeto_de_lei_016_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da semana Expedição Garças - Araguaia, Calendário Ambiental.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/181/projeto_de_lei_017_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/181/projeto_de_lei_017_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de multa cidadão que for flagrado jogando lixo nos logradouros públicos fora dos equipamentos destinados para este fim.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/182/projeto_de_lei_018_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/182/projeto_de_lei_018_-_2.014.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 3085, de 28 de dezembro de 2009.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/183/projeto_de_lei_019_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/183/projeto_de_lei_019_-_2.014.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a entidade Igreja Evangélica Pentecostal Assembleia Eleitos de Deus – IEPAED.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/184/projeto_de_lei_021_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/184/projeto_de_lei_021_-_2.014.pdf</t>
   </si>
   <si>
     <t>Institui medida de prevenção à violência nos estabelecimentos de saúde e de ensino do município de Barra do Garças.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/185/projeto_de_lei_022_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/185/projeto_de_lei_022_-_2.014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prazo para o corte no fornecimento de água.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/186/projeto_de_lei_023_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/186/projeto_de_lei_023_-_2.014.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3272 de 23 de fevereiro de 2012.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_025_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_025_-_2.014.pdf</t>
   </si>
   <si>
     <t>Obriga as farmácias do município de Barra do Garças, que participam do programa federal “ farmácia popular”, a afixarem em suas dependências a relação de remédios contemplados por esse programa.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_027_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_027_-_2.014.pdf</t>
   </si>
   <si>
     <t>Cria a feira livre do bairro Jardim Nova Barra.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_029_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_029_-_2.014.pdf</t>
   </si>
   <si>
     <t>Institui a política de qualidade na gestão pública e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/190/projeto_de_lei_030_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/190/projeto_de_lei_030_-_2.014.pdf</t>
   </si>
   <si>
     <t>Regulamenta o art. 71, de lei complementar n.º 150, de 02 de maio de 2013.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/191/projeto_de_lei_031_-_2.014.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/191/projeto_de_lei_031_-_2.014.pdf</t>
   </si>
   <si>
     <t>Cria a feira livre de Hortifruti granjeiros e artesanatos do bairro Sena Marques.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -714,68 +714,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/167/projeto_de_lei_001_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/168/projeto_de_lei_002_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/169/projeto_de_lei_003_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/170/projeto_de_lei_005_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/171/projeto_de_lei_006_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/172/projeto_de_lei_007_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/173/projeto_de_lei_008_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/174/projeto_de_lei_009_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/175/projeto_de_lei_010_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/176/projeto_de_lei_011_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/177/projeto_de_lei_012_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/178/projeto_de_lei_014_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/179/projeto_de_lei_015_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/180/projeto_de_lei_016_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/181/projeto_de_lei_017_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/182/projeto_de_lei_018_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/183/projeto_de_lei_019_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/184/projeto_de_lei_021_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/185/projeto_de_lei_022_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/186/projeto_de_lei_023_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_025_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_027_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_029_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/190/projeto_de_lei_030_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/191/projeto_de_lei_031_-_2.014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/167/projeto_de_lei_001_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/168/projeto_de_lei_002_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/169/projeto_de_lei_003_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/170/projeto_de_lei_005_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/171/projeto_de_lei_006_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/172/projeto_de_lei_007_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/173/projeto_de_lei_008_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/174/projeto_de_lei_009_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/175/projeto_de_lei_010_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/176/projeto_de_lei_011_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/177/projeto_de_lei_012_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/178/projeto_de_lei_014_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/179/projeto_de_lei_015_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/180/projeto_de_lei_016_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/181/projeto_de_lei_017_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/182/projeto_de_lei_018_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/183/projeto_de_lei_019_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/184/projeto_de_lei_021_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/185/projeto_de_lei_022_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/186/projeto_de_lei_023_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/187/projeto_de_lei_025_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/188/projeto_de_lei_027_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/189/projeto_de_lei_029_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/190/projeto_de_lei_030_-_2.014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2014/191/projeto_de_lei_031_-_2.014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="179.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>