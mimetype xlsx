--- v0 (2025-12-10)
+++ v1 (2026-03-23)
@@ -54,594 +54,594 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (origem: Legislativo)</t>
   </si>
   <si>
     <t>Mandioquinha</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/192/projeto_de_lei_003_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/192/projeto_de_lei_003_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Rua ErniAlciLissner.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Julio Cesar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/193/projeto_de_lei_004_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/193/projeto_de_lei_004_-_2.013.pdf</t>
   </si>
   <si>
     <t>Obrigam os postos de gasolina a exibirem com valor percentual do litro do etanol comum em relação ao litro de gasolina comum.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ronaldo Couto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/194/projeto_de_lei_005_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/194/projeto_de_lei_005_-_2.013.pdf</t>
   </si>
   <si>
     <t>Retifica a Lei Municipal n.º 2033, de 29 de janeiro de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dr. Neto</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/195/projeto_de_lei_006_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/195/projeto_de_lei_006_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 3337, de 21 de fevereiro de 2013.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Miguelão</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/196/projeto_de_lei_008_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/196/projeto_de_lei_008_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Avenida Wilmar Peres de Farias, no Distrito Indianópolis.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/197/projeto_de_lei_010_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/197/projeto_de_lei_010_-_2.013.pdf</t>
   </si>
   <si>
     <t>Declara utilidade pública municipal a entidade de Associação Barra-Garcense de Abate bovino, ovino e suíno - Ababos.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/198/projeto_de_lei_011_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/198/projeto_de_lei_011_-_2.013.pdf</t>
   </si>
   <si>
     <t>Cria o Dia do Mototaxista em Barra do Garças.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/199/projeto_de_lei_013_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/199/projeto_de_lei_013_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei municipal n.º 3119, de 10 de maio de 2010.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Celson Sousa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/200/projeto_de_lei_014_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/200/projeto_de_lei_014_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do calendário Ambiental.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/201/projeto_de_lei_015_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/201/projeto_de_lei_015_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o peso bruto máximo ao material escolar dos alunos de estabelecimentos de ensino da rede municipal.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/202/projeto_de_lei_016_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/202/projeto_de_lei_016_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição e coleta de sacos e sacolas plásticas em estabelecimentos comerciais localizados em Barra do Garças, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/203/projeto_de_lei_018_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/203/projeto_de_lei_018_-_2.013.pdf</t>
   </si>
   <si>
     <t>Regula o acesso a informações previsto no inciso XXXIII do art. 5º, inciso II do § 3º do art. 37 e no § 2º do art. 216 da Constituição Federal.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/204/projeto_de_lei_019_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/204/projeto_de_lei_019_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da ouvidoria do município e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/205/projeto_de_lei_020_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/205/projeto_de_lei_020_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Coleta seletiva de Óleo vegetal usado, nas creches, escolas públicas e particulares, restaurantes, lanchonetes e bares do município.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/206/projeto_de_lei_022_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/206/projeto_de_lei_022_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos proprietários de cães do município recolher as fezes de seus animais ao passearem em logradouros públicos.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/207/projeto_de_lei_023_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/207/projeto_de_lei_023_-_2.013.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal o Sindicato dos servidores públicos municipais de Barra do Garças.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/208/projeto_de_lei_024_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/208/projeto_de_lei_024_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de brinquedos adaptados em praças, escolas e creches municipais, bem como locais de diversão em geral, ao aberto público.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Dr. Paulo Raye/Paulo Cesar Raye de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/209/projeto_de_lei_026_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/209/projeto_de_lei_026_-_2.013.pdf</t>
   </si>
   <si>
     <t>Institui o DIA DA GESTANTE BARRA-GARCENSE.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Biroska</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/210/projeto_de_lei_027_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/210/projeto_de_lei_027_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 2896 de 27 de fevereiro de 2008.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/211/projeto_de_lei_028_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/211/projeto_de_lei_028_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das concessionárias de automóveis plantarem árvores para mitigação do efeito estufa.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/212/projeto_de_lei_029_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/212/projeto_de_lei_029_-_2.013.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório ao Município de Barra do Garças a cobrança dos danos causados ao patrimônio público e ao meio ambiente de condutor causador de acidente de trânsito.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/213/projeto_de_lei_030_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/213/projeto_de_lei_030_-_2.013.pdf</t>
   </si>
   <si>
     <t>Estabelece normas de atendimento ao público, pelas Casas Lotéricas de Barra do Garças.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/214/projeto_de_lei_031_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/214/projeto_de_lei_031_-_2.013.pdf</t>
   </si>
   <si>
     <t>Autoriza a Secretaria Municipal do Meio Ambiente a manejar material oriundo da retirada de árvores, na forma que estabelece e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/215/projeto_de_lei_032_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/215/projeto_de_lei_032_-_2.013.pdf</t>
   </si>
   <si>
     <t>Cria a semana Municipal de valorização dos profissionais da educação no município de Barra do Garças.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/216/projeto_de_lei_033_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/216/projeto_de_lei_033_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política de prevenção, redução e compensação de emissões de dióxido de carbono e demais gases veiculares de efeito estufa e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/217/projeto_de_lei_034_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/217/projeto_de_lei_034_-_2.013.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que menciona a agropecuária florestal Paraná LTDA-ME.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/218/projeto_de_lei_035_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/218/projeto_de_lei_035_-_2.013.pdf</t>
   </si>
   <si>
     <t>Institui a política de fomento à economia solidária, e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/219/projeto_de_lei_036_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/219/projeto_de_lei_036_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dá denominação à unidade de saúde do bairro Piracema passa a denominar-se PSF Deputado Dr. Sebastião Alves Junior.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/220/projeto_de_lei_037_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/220/projeto_de_lei_037_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e a punição a atos de poluição e de agressão ao meio ambiente no âmbito do Município de Barra do Garças.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Comandante Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/221/projeto_de_lei_038_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/221/projeto_de_lei_038_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal de Mulher rural e da outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/222/projeto_de_lei_040_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/222/projeto_de_lei_040_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao parque, passa a denominar Parque Municipal TIA BIA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/223/projeto_de_lei_041_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/223/projeto_de_lei_041_-_2.013.pdf</t>
   </si>
   <si>
     <t>Estabelece normas quanto à realização de eventos festivos e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/224/projeto_de_lei_042_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/224/projeto_de_lei_042_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 3º, das Leis Municipais que menciona.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/225/projeto_de_lei_043_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/225/projeto_de_lei_043_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único das Leis Municipais que menciona.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/226/projeto_de_lei_044_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/226/projeto_de_lei_044_-_2.013.pdf</t>
   </si>
   <si>
     <t>Moderniza o estacionamento Rotativo Faixa verde, cria os estacionamentos especiais e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/227/projeto_de_lei_045_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/227/projeto_de_lei_045_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Conjunto Habitacional José Antonio Theodoro Filho.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/228/projeto_de_lei_046_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/228/projeto_de_lei_046_-_2.013.pdf</t>
   </si>
   <si>
     <t>Estabelece normas quanto às placas denominativas em Barra do Garças.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/229/projeto_de_lei_047_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/229/projeto_de_lei_047_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o controle do desperdício de água potável distribuída para uso, institui o programa municipal de conservação e uso racional da água em edificações e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/230/projeto_de_lei_049_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/230/projeto_de_lei_049_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do logradouro público. (PSF JURACY TEIXEIRA).</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/231/projeto_de_lei_051_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/231/projeto_de_lei_051_-_2.013.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a exibição de vídeos educativos antidrogas nas aberturas de shows, sessões de cinema, eventos culturais feiras agropecuárias e similares com aglomeração de pessoas no município de Barra do Garças.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/232/projeto_de_lei_052_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/232/projeto_de_lei_052_-_2.013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei municipal n.º 2599, de 27 de agosto de 2004.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/233/projeto_de_lei_053_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/233/projeto_de_lei_053_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/234/projeto_de_lei_055_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/234/projeto_de_lei_055_-_2.013.pdf</t>
   </si>
   <si>
     <t>Estabelece normas quanto os termos de doação de áreas pública, da forma que específica.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/235/projeto_de_lei_056_-_2.013.pdf</t>
+    <t>http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/235/projeto_de_lei_056_-_2.013.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação à via pública. (Avenida Paulo Luis da Assunção).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -948,68 +948,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/192/projeto_de_lei_003_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/193/projeto_de_lei_004_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/194/projeto_de_lei_005_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/195/projeto_de_lei_006_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/196/projeto_de_lei_008_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/197/projeto_de_lei_010_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/198/projeto_de_lei_011_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/199/projeto_de_lei_013_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/200/projeto_de_lei_014_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/201/projeto_de_lei_015_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/202/projeto_de_lei_016_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/203/projeto_de_lei_018_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/204/projeto_de_lei_019_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/205/projeto_de_lei_020_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/206/projeto_de_lei_022_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/207/projeto_de_lei_023_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/208/projeto_de_lei_024_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/209/projeto_de_lei_026_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/210/projeto_de_lei_027_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/211/projeto_de_lei_028_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/212/projeto_de_lei_029_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/213/projeto_de_lei_030_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/214/projeto_de_lei_031_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/215/projeto_de_lei_032_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/216/projeto_de_lei_033_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/217/projeto_de_lei_034_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/218/projeto_de_lei_035_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/219/projeto_de_lei_036_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/220/projeto_de_lei_037_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/221/projeto_de_lei_038_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/222/projeto_de_lei_040_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/223/projeto_de_lei_041_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/224/projeto_de_lei_042_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/225/projeto_de_lei_043_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/226/projeto_de_lei_044_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/227/projeto_de_lei_045_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/228/projeto_de_lei_046_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/229/projeto_de_lei_047_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/230/projeto_de_lei_049_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/231/projeto_de_lei_051_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/232/projeto_de_lei_052_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/233/projeto_de_lei_053_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/234/projeto_de_lei_055_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/235/projeto_de_lei_056_-_2.013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/192/projeto_de_lei_003_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/193/projeto_de_lei_004_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/194/projeto_de_lei_005_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/195/projeto_de_lei_006_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/196/projeto_de_lei_008_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/197/projeto_de_lei_010_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/198/projeto_de_lei_011_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/199/projeto_de_lei_013_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/200/projeto_de_lei_014_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/201/projeto_de_lei_015_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/202/projeto_de_lei_016_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/203/projeto_de_lei_018_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/204/projeto_de_lei_019_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/205/projeto_de_lei_020_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/206/projeto_de_lei_022_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/207/projeto_de_lei_023_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/208/projeto_de_lei_024_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/209/projeto_de_lei_026_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/210/projeto_de_lei_027_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/211/projeto_de_lei_028_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/212/projeto_de_lei_029_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/213/projeto_de_lei_030_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/214/projeto_de_lei_031_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/215/projeto_de_lei_032_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/216/projeto_de_lei_033_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/217/projeto_de_lei_034_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/218/projeto_de_lei_035_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/219/projeto_de_lei_036_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/220/projeto_de_lei_037_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/221/projeto_de_lei_038_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/222/projeto_de_lei_040_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/223/projeto_de_lei_041_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/224/projeto_de_lei_042_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/225/projeto_de_lei_043_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/226/projeto_de_lei_044_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/227/projeto_de_lei_045_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/228/projeto_de_lei_046_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/229/projeto_de_lei_047_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/230/projeto_de_lei_049_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/231/projeto_de_lei_051_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/232/projeto_de_lei_052_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/233/projeto_de_lei_053_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/234/projeto_de_lei_055_-_2.013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barradogarcas.mt.leg.br/media/sapl/public/materialegislativa/2013/235/projeto_de_lei_056_-_2.013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="194.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>